--- v0 (2025-10-21)
+++ v1 (2026-03-15)
@@ -6,167 +6,159 @@
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="svg" ContentType="image/svg+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/commentAuthors.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.commentAuthors+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...5 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout49.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
-    <p:sldMasterId id="2147483648" r:id="rId1"/>
+    <p:sldMasterId id="2147483926" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId30"/>
+    <p:notesMasterId r:id="rId20"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId31"/>
+    <p:handoutMasterId r:id="rId21"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="256" r:id="rId2"/>
-[...26 lines deleted...]
-    <p:sldId id="284" r:id="rId29"/>
+    <p:sldId id="792" r:id="rId2"/>
+    <p:sldId id="851" r:id="rId3"/>
+    <p:sldId id="825" r:id="rId4"/>
+    <p:sldId id="794" r:id="rId5"/>
+    <p:sldId id="826" r:id="rId6"/>
+    <p:sldId id="853" r:id="rId7"/>
+    <p:sldId id="784" r:id="rId8"/>
+    <p:sldId id="862" r:id="rId9"/>
+    <p:sldId id="868" r:id="rId10"/>
+    <p:sldId id="867" r:id="rId11"/>
+    <p:sldId id="864" r:id="rId12"/>
+    <p:sldId id="863" r:id="rId13"/>
+    <p:sldId id="861" r:id="rId14"/>
+    <p:sldId id="856" r:id="rId15"/>
+    <p:sldId id="865" r:id="rId16"/>
+    <p:sldId id="866" r:id="rId17"/>
+    <p:sldId id="804" r:id="rId18"/>
+    <p:sldId id="869" r:id="rId19"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -278,73 +270,81 @@
     </p:extLst>
   </p:cmAuthor>
 </p:cmAuthorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="FFFFFF"/>
     <a:srgbClr val="023A53"/>
     <a:srgbClr val="007268"/>
+    <a:srgbClr val="164368"/>
     <a:srgbClr val="D40F45"/>
     <a:srgbClr val="D31145"/>
     <a:srgbClr val="053B53"/>
     <a:srgbClr val="D31146"/>
     <a:srgbClr val="943092"/>
     <a:srgbClr val="9542D6"/>
-    <a:srgbClr val="9ADCD2"/>
-    <a:srgbClr val="00A298"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
+</file>
+
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{B7B60C4D-AC20-D0D4-2EDF-D3DAC93DBFCC}" v="26" dt="2026-01-28T21:28:42.341"/>
+  </p1510:revLst>
+</p1510:revInfo>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
   <a:tblStyle styleId="{073A0DAA-6AF3-43AB-8588-CEC1D06C72B9}" styleName="Medium Style 2">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:prstClr val="black"/>
         </a:fontRef>
         <a:schemeClr val="dk1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:left>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:left>
           <a:right>
             <a:ln w="12700" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
@@ -664,111 +664,111 @@
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-  <p:normalViewPr horzBarState="maximized">
-[...1 lines deleted...]
-    <p:restoredTop sz="94660"/>
+  <p:normalViewPr>
+    <p:restoredLeft sz="15750" autoAdjust="0"/>
+    <p:restoredTop sz="82809" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="101" d="100"/>
-          <a:sy n="101" d="100"/>
+          <a:sx n="91" d="100"/>
+          <a:sy n="91" d="100"/>
         </p:scale>
-        <p:origin x="126" y="306"/>
+        <p:origin x="396" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="3" d="2"/>
         <a:sy n="3" d="2"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr varScale="1">
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="84" d="100"/>
-          <a:sy n="84" d="100"/>
+          <a:sx n="77" d="100"/>
+          <a:sy n="77" d="100"/>
         </p:scale>
-        <p:origin x="2976" y="90"/>
+        <p:origin x="2550" y="96"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/commentAuthors" Target="commentAuthors.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -780,152 +780,117 @@
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
-[...34 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Slide Number Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{949E9193-B337-4E1F-A788-4C0EEA4B41D0}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3635726747"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
 </p:handoutMaster>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
@@ -949,119 +914,119 @@
           <p:cNvPr id="2" name="Header Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Date Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{008CF385-4583-448F-8705-34129DF5B2C4}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>1/9/2025</a:t>
+              <a:t>2/25/2026</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:prstClr val="black"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notes Placeholder 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="4400550"/>
             <a:ext cx="5486400" cy="3600450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle/>
@@ -1107,86 +1072,86 @@
           <p:cNvPr id="6" name="Footer Placeholder 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Slide Number Placeholder 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>‹#›</a:t>
             </a:fld>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3236884341"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:notesStyle>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
@@ -1249,3349 +1214,19500 @@
     </a:lvl7pPr>
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
+<file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/notesSlide1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>1</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3620083259"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>10</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4294158002"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>11</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2608150565"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>12</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="810263725"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>13</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3644825000"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>14</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3034526512"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>15</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3444824506"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>16</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1798858664"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>17</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="247941882"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>18</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2853412533"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>2</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2430445421"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>3</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3139237832"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="512414088"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>5</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="312238366"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2399531892"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>7</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="216389439"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2961628678"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{0DCB2A13-6495-4AD3-9924-78B841E5777F}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>9</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2137538412"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quartzbenefits.my.workfront.com/home" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quartzbenefits.webdamdb.com/bp/#/folder/11803319/152252149" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quartzbenefits.workfrontdam.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quartzbenefits.workfrontdam.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...27 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="New Slide Instructions">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Directions Layout">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{928FB837-DFFD-4037-8808-F62D61DB7D60}"/>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4BB4CA91-77B8-B3EA-6E67-58B93111F789}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="Graphical user interface&#10;&#10;Description automatically generated with medium confidence">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE39A98B-1172-2FF9-12A1-0627DDA4EC23}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...2 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="screen">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6121878" y="1172976"/>
-            <a:ext cx="4570020" cy="4176301"/>
+            <a:off x="5965818" y="2856969"/>
+            <a:ext cx="5366578" cy="1842794"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Rectangle 6">
-[...6 lines deleted...]
-          <p:cNvSpPr/>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3735058-F74B-FB6B-381B-8D0F6DEB9A7D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6849439" y="1277927"/>
-            <a:ext cx="410964" cy="629729"/>
+            <a:off x="1572770" y="642210"/>
+            <a:ext cx="3255262" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="50800">
-[...2 lines deleted...]
-            </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Styles to use in this presentation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6A12121-26A2-50BE-221F-F615E68073EF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1572769" y="1606034"/>
+            <a:ext cx="3901599" cy="4806798"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="70000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="60000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Font: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Poppins</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Text point size: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Maintain original sizes.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Header: 44pt.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Subhead: 18pt.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Body: 14pt.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Text spacing: </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Spacing: 6pt before</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Multiple line spacing: 1.2 </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Color for all text and graphics:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Quartz brand color palette. They can be found in Theme Colors in the color selection tools on the </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>top row. If you do not have the Quartz brand color palette set up, see: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Creating a custom palette.pdf</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Alignment:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Do not adjust the alignment of text boxes.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Photography:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Submit a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>Workfront</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t> request for additional </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>photo needs</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3843390726"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - ACA Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...52 lines deleted...]
-            <a:spLocks/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A34D89CF-6692-8848-9043-FBEF95938073}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
-[...8 lines deleted...]
-          </a:prstGeom>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="0">
-            <a:normAutofit/>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...164 lines deleted...]
-          <a:p>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
-[...6 lines deleted...]
-              <a:t>Navigate to the “slides” panel in the ribbon and select “new slide” to choose different approved layout options.</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
             </a:r>
           </a:p>
-          <a:p>
-[...46 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="TextBox 16">
-[...374 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04F196C0-647F-0E79-A204-AA0128D2595D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192001" cy="1820788"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AFB8F32-E5A7-6442-8878-DB2BCE6BF1B3}"/>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0EBCEF8-2654-4A5E-FF5A-69FA8EC57190}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4373931" y="5177557"/>
-            <a:ext cx="4410339" cy="676627"/>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr tIns="0" anchor="b" anchorCtr="0">
+          <a:bodyPr anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...52 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Date here</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8984F6E6-B6AB-EF44-958F-C39B7595DAF2}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD6B55B6-38A3-EE6C-C7A1-4360065D2D6D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30730" t="6638" r="32887"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F75C933F-27EA-DDF4-FA81-2970082EFAAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-1"/>
-            <a:ext cx="12192000" cy="6857997"/>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
-[...92 lines deleted...]
-          <p:cNvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{855754F3-6118-56BF-D5DD-64C82E61F9BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="28051" r="25169"/>
+          <a:srcRect l="30730" t="6638" r="32887"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="56449" y="726228"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="rect">
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2884792990"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3209238096"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Title - MA image">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - ETF Image">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192001" cy="1820788"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AFB8F32-E5A7-6442-8878-DB2BCE6BF1B3}"/>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2136173D-F9F1-A58D-FDFB-231F9B707869}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4373931" y="5177557"/>
-            <a:ext cx="4410339" cy="676627"/>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr tIns="0" anchor="b" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...7 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Presentation title</a:t>
+              <a:t>Presentation Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="Text Placeholder 15">
-[...48 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8984F6E6-B6AB-EF44-958F-C39B7595DAF2}"/>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{245A97E3-CA4E-A3ED-9132-BA5CDA47DA37}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F07BF006-2C86-3A1D-442B-2B319E988921}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
-[...6 lines deleted...]
-          <p:cNvPicPr>
+          <p:cNvPr id="12" name="Picture 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4848917D-CCCC-1E1A-AEE2-DE212D9AA0C7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4245594" y="1679364"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="rect">
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="TextBox 11">
-[...117 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57E1FE55-C752-9417-B63D-A132361EFEC8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2" y="5067385"/>
-            <a:ext cx="12192001" cy="1820788"/>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...102 lines deleted...]
-          <p:cNvSpPr/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AE76131-C5C7-C52B-5B1F-CBF123BED7A4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
-        </p:nvSpPr>
-[...3 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2051010834"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - BC+ Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0195FD0C-89F7-1289-246C-8B12D0992015}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{596D3CCD-F843-3CDB-9FBE-7565D97C2E09}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6238E32B-AC29-03F9-BA2C-BCEBFF9B1DF0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
-[...6 lines deleted...]
-          <p:cNvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B208E55-06D1-700E-698D-C67AEF321B25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="22197" r="38834"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CA86C35-4C4F-BFD1-852A-BE240B87499B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{557BF3C3-6283-5442-2FF9-C729286E78A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
-        <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...85 lines deleted...]
-          <a:srcRect/>
+          <a:srcRect l="22197" r="38834"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="58941" y="763602"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="rect">
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1790018787"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3950651319"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="TItle no image">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - AbleTo Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D98FB484-3FBD-8E42-A7F3-BBAAFAC53AB7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE341CFC-5DE4-F08C-7974-A2E42E2737A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B2D4F0E7-8B10-F1D8-EC10-005A1C3F755D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08E4CD2A-71B8-DF6D-944E-F43376959984}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="48272" r="14626"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{557FF0C5-BF0E-F67A-4B94-DEB44BBE114F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E19C908-9B13-95F3-D7A9-056C03E7AC46}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="48272" r="14626"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2308506945"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - Virta Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F240D97-1949-2C0E-F1F0-A18C3407D5A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC439171-3780-423D-A83E-858AEF7D4D56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67FCB9F9-985A-64EF-AC98-750C6D03BCE0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F7E56FD-8406-FDCB-1B5D-5DC83D292026}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="11778" r="49252"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B090D87-A2F5-6521-0D21-47F33A0E7D29}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{98EF624C-9B09-F6AF-88AA-AA1F41635293}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="11778" r="49252"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="150249463"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="1_Title - Foodsmart Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E5A0AC4-746F-D4C8-387E-34FFD9DB674B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2580F854-2BF8-E171-A8CA-20ED06E225BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB95EF7D-F1EE-3930-FE84-08C689C29241}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="36442" t="1680" r="25899" b="1680"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AC75540-D139-A2CE-B964-B76D1A81E071}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07BCD04A-2179-1129-15E9-1A78BFE51DCA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="36442" t="1680" r="25899" b="1680"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2649331619"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="TItle - Pattern BG">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDC7886C-37CC-454E-878C-156180A29684}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="645358" y="4398088"/>
+            <a:ext cx="4410339" cy="244169"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FCB4141-2E85-4F2D-9BA2-998E6D0F72B2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="645358" y="4036321"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Picture 16" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E9BB393-02C1-4FB9-A0FF-6024D36BB1A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="499979" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9505E88A-2222-009E-79F9-2B174203F35A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="645357" y="3133725"/>
+            <a:ext cx="9975017" cy="677108"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4FBF243C-50FB-410E-C3C7-1871E7C43D6A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="645358" y="4036321"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1B695BFB-3B50-680D-20A5-9572F6BDF230}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="645358" y="4036321"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1707907777"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="White section break">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A9FF49D-037F-6841-ADE0-A5EF667F9AC1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C43141A0-1A47-4C6C-AEA2-2BEA2B7DC59D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2789975"/>
+            <a:ext cx="8345827" cy="1001556"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="7800"/>
+              </a:lnSpc>
+              <a:defRPr sz="7000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A8BB74-78B0-463C-96E5-0C214E0D0F34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{235BD9B5-AA0F-20AA-CDCE-626E39E63904}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E971C7C7-7EF1-1796-F4A9-B4B0A64D553B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2198E69-DBCB-372A-08DC-B447366BCA8E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA77F59D-C7E4-1324-4221-2AA3FC96A78C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2">
+              <a:lumMod val="40000"/>
+              <a:lumOff val="60000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94013FBD-1C71-8EAD-F384-7D9426095482}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="171426109"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Red section break">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8871303F-2C74-4507-B0CE-B1F0F6777EFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1066DDB-04B8-435B-8700-BDBFF7AA2004}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D08E8F-E7B9-4BB6-8A88-8FF00CEFA55D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AFB7562-85A0-084E-8B54-A6A2BAF1C2F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2789975"/>
+            <a:ext cx="8345827" cy="1001556"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="7800"/>
+              </a:lnSpc>
+              <a:defRPr sz="7000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6341B2B7-F285-4E4C-B4C5-B5BFD8C81C49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F928F00F-CD7F-9DD3-58F8-311F543E932E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FF53AC9-020B-E05A-932B-CEF13E489B62}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BA5E0462-2F83-13C7-F4BE-F1E39D548F66}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F14FDCD-2CF2-DB68-6B8B-AF271971BF57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33603366-3432-90CE-4B5C-CD6A4001E707}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCF3A582-478F-A28B-4DE7-92257E910456}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21853C46-764F-9D9B-E590-BEC625E76681}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FDF54BF-2838-5123-E885-51FE83084507}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{69A1F6A4-B9FE-5E5F-70E0-858A0D5A639F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5C1A820B-BC5B-4775-4F28-84A55993C70F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33F6C56E-EBE6-43E5-CB62-07386F5CECCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1619587989"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Red Section Break - Image">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F080B3D-A82A-AA5A-E6A7-CE0765B4643C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30900" r="13389" b="17511"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9FE92E7-79E0-45E3-82FB-E9012D652D0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329280"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A50561B-F52D-40D6-9018-C7D5FE584AF8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657751"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{430E31C2-1AEF-3D43-ADB3-9870F404FDBD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A86E0ECB-6B85-43FA-B93D-763FEF3FC9A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413085" y="3070053"/>
+            <a:ext cx="5423277" cy="830997"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="5400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" panose="00000600000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins Medium" panose="00000600000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{531973C0-4D9F-9568-E095-3FC529982211}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C75B6D25-5A83-A492-BC71-FE8BC11F12A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30900" r="13389" b="17511"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D398FA95-05E1-D2FA-DD8E-E7F5D02E2DB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329280"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65527C56-70C3-CF7B-E5D2-00CC87D1E57A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657751"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3413D292-FFB8-6BC1-60A3-F77539002E65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{090D77CC-2E66-F75B-2277-326D1F9E1794}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705575" y="685800"/>
+            <a:ext cx="3979860" cy="5486400"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B052DE1-5F59-A302-3D28-CF44D88920F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30900" r="13389" b="17511"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A26F7ED-E520-9D72-E50F-7EDDEFC3E2E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329280"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="TextBox 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{193DCED9-1085-A7C1-EE0E-786B8AE56AE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657751"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A52F8248-9362-5C85-D6C0-E63EF8C8E69C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1885229361"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="New Slide Instructions">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{065BF840-CD77-9846-B308-922F77D31DA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6849439" y="1277927"/>
+            <a:ext cx="410964" cy="629729"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="8" name="Straight Connector 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{97935F8B-A086-EA44-8E1C-6EDD38B89B9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="5835721" y="1155345"/>
+            <a:ext cx="453865" cy="1"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F7C0B8D-9599-414D-947A-29AC7A38FF4E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1572769" y="2902600"/>
+            <a:ext cx="3460497" cy="3817146"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="70000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="60000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Navigate to the “slides” panel in the ribbon and select “new slide” to choose different approved layout options.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Layout options are displayed in the following slides. You can add a new slide from the “Slides” panel in the ribbon above.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>NOTE: this is how you can select different layout options and image options. (i.e. cover slide with different images)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F73178C-7C83-C04B-B085-7B42CB4AB150}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1572770" y="1481576"/>
+            <a:ext cx="2855392" cy="861774"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>How to add a new slide</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="18" name="Straight Connector 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ADF4A17C-6AFD-EA4E-A77A-DE110AF08568}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="5844282" y="1147661"/>
+            <a:ext cx="0" cy="2629892"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="20" name="Straight Connector 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54683E58-B09B-CB4F-84D0-96C5DDC90524}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="1572769" y="3777553"/>
+            <a:ext cx="4300625" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDE64E97-6D61-4444-BC36-133F5C187B5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EFB7CDA-5245-5CD9-EDD7-4B7E01F6A4FD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="-111" t="533" r="-97" b="-533"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6342579" y="861932"/>
+            <a:ext cx="4657927" cy="5467345"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{586B3F7B-BA13-3A5A-7868-E26040708959}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6289586" y="832797"/>
+            <a:ext cx="410964" cy="629729"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Straight Connector 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ACA7C8D2-8965-E5BE-B953-50D51CCAF220}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="1572769" y="3777553"/>
+            <a:ext cx="4300625" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2CDF5D7-4E21-EC81-BC1A-FF837D4EC5A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D300927-7A92-AB6A-5B49-A4DB4C0D92E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="-111" t="533" r="-97" b="-533"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6342579" y="861932"/>
+            <a:ext cx="4657927" cy="5467345"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E151AEE9-2B9B-1732-EB7B-572FEA049506}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6289586" y="832797"/>
+            <a:ext cx="410964" cy="629729"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Straight Connector 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{185D0C68-9D7B-D174-3958-55964EA919C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="1572769" y="3777553"/>
+            <a:ext cx="4300625" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8AA4FE5-087C-5136-433B-78A9A5B18ADD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="19" name="Picture 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0003EB9-8BAF-9181-A1A2-DD1134510717}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="896831910"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Blue Section Break">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8871303F-2C74-4507-B0CE-B1F0F6777EFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1066DDB-04B8-435B-8700-BDBFF7AA2004}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D08E8F-E7B9-4BB6-8A88-8FF00CEFA55D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AFB7562-85A0-084E-8B54-A6A2BAF1C2F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2789975"/>
+            <a:ext cx="8345827" cy="1001556"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="7800"/>
+              </a:lnSpc>
+              <a:defRPr sz="7000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6341B2B7-F285-4E4C-B4C5-B5BFD8C81C49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F749418E-8FD5-2368-C1FD-807D83897BAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{794FB27F-BA7A-D64C-8476-07832EEFAB8F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7962D27F-5DE4-F29E-DEE0-702FEC83FEC8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{023219A7-CA5D-75EE-AF87-1949363B353D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC0FFD13-1CB6-7C50-FC5B-ACE5DE450093}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B72FC4A8-5FD4-59D2-86FE-6D995F5D271A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA471144-B5BC-799C-0C0C-C76FAD08E431}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F79DFEF2-B11D-13E4-7A77-39B26521C56D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A26C1A5-F08F-D721-CB84-C3720BB9219C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F6B4D2F3-FD04-4594-7516-41A812AF40DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC4CC048-6357-9243-9584-79C858AD2E4C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1919939353"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Blue Section Break - Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5764D4A-F290-93FA-6A22-B0D99736FE04}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="36586" r="12587" b="24000"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A037C1DC-B044-A248-A0C6-635A7733ECC4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="TextBox 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{430E31C2-1AEF-3D43-ADB3-9870F404FDBD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{854EED9D-2FD1-4DE3-8BF5-3A13B45FDFBD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413085" y="3070053"/>
+            <a:ext cx="5423277" cy="830997"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="5400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" panose="00000600000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins Medium" panose="00000600000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB58A1E9-C685-2400-3ADF-6D9FA5173CDE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D5F5E1F-70C4-E2B2-D318-E51AE24F09B2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="36586" r="12587" b="24000"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4B060B0F-59BD-69A4-825F-F1A319615B2F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDE58D49-A511-9977-3B93-BB5C10A07226}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD39BC9E-4FAE-AD76-2C63-E5AAAFCAF7CC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2839C7FB-8CCD-85AA-B7BF-7EC3BC01AF01}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705575" y="685800"/>
+            <a:ext cx="3979860" cy="5486400"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78EBFD5A-EBDA-5593-4694-FD5337FF2998}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="36586" r="12587" b="24000"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2B8B12CA-A0BD-092D-9415-68B5C4BAB4FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="TextBox 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C62968B0-ACAA-1459-34FC-54307A90D183}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{031FC81A-F378-AF15-7714-669DCAE08E4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1536371805"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Teal Section Break">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:schemeClr val="bg1"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8871303F-2C74-4507-B0CE-B1F0F6777EFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1066DDB-04B8-435B-8700-BDBFF7AA2004}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34D08E8F-E7B9-4BB6-8A88-8FF00CEFA55D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AFB7562-85A0-084E-8B54-A6A2BAF1C2F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2789975"/>
+            <a:ext cx="8345827" cy="1001556"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="7800"/>
+              </a:lnSpc>
+              <a:defRPr sz="7000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6341B2B7-F285-4E4C-B4C5-B5BFD8C81C49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7108D677-4542-DA6A-E195-62DC199079CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D9147A-1DDB-F5AC-4244-006C756E7A26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{46EE0C02-2A3A-F69B-7E40-B14F04B54379}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{625A60AF-F6FF-D043-9923-77E8A6C5F1E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Rectangle 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F39764FA-4227-032D-2F31-BAECD29C8020}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{606B7951-2D07-8207-3823-03B228E6E99B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C6F8E81-FB98-4EB6-7222-5A9C78293B37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:blipFill>
+            <a:blip r:embed="rId2"/>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </a:blipFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E59D20E-134F-17CD-121A-4FBFE7E434F8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55507FA4-A700-0E72-997C-BDE34EC6F772}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61EECC8C-4DE1-EDA6-88FE-37A68D7B84B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D1F07E7-1EEF-30F3-9B58-E2DF8E8AD684}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4088579788"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Teal Section Break - Image">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5DEBA54E-4DCA-C75E-27E5-5C3A272CA1A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="19983" r="19983"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F06EF30-D8A6-410E-BDE3-436296C2CCAF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="TextBox 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43FF0309-B3EB-4E5A-8140-9C53F82709AD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9509673F-1579-490F-AA3A-B6826D5E6C0E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5413085" y="3070053"/>
+            <a:ext cx="5423277" cy="830997"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="5400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" panose="00000600000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins Medium" panose="00000600000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Section break</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4165765-4DFC-CF29-855E-D09F8D98D6C6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FE580F0-9B55-1CB2-AF4C-A1BFA3869794}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="19983" r="19983"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5B8577D-F2F2-827C-D694-FB6C388D7F13}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18F1EF1D-E8D2-0687-6846-FFB89CDF30B1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A30A6114-C793-DF0B-7B02-1D07AC180F56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AC0BE0C-7DF2-09C0-082D-7CDC2490E936}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705575" y="685800"/>
+            <a:ext cx="3979860" cy="5486400"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F3CE3F2-5BC4-4E53-0700-C641FD6E5E26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="19983" r="19983"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3957785" y="0"/>
+            <a:ext cx="8234214" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0284C38E-5508-B4B1-2826-97D1DAD68A0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A38B694-2F2B-5B0A-1890-DF21F9ACD02F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Picture 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5826EBF7-3F2C-B0E2-8B4B-95C7B655EC51}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2783140813"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="White Big Idea">
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Straight Connector 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{657FCB35-F474-D849-AD2B-FE304109010C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524847" y="2008414"/>
+            <a:ext cx="0" cy="4849586"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="79375">
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Picture 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E15BACB-5F43-6243-B65E-6230C4319FE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{906451BD-1311-4B65-A7AA-15B6614CD335}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4A2C007E-7352-451D-8BEC-713F0C7DC310}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2076634" y="2008414"/>
+            <a:ext cx="8345827" cy="2954655"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:defRPr sz="4800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Big idea. Bring the attention of your audience to a key concept using big text, numbers or icons.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="3" name="Straight Connector 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4760C40-8773-5901-B091-0352CD488F91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524847" y="2008414"/>
+            <a:ext cx="0" cy="4849586"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="79375">
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{92E0E387-D969-3A0F-156F-ED1DD9A47E21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Straight Connector 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{279C70E3-4474-DAE6-39A1-C8FA481C4983}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524847" y="2008414"/>
+            <a:ext cx="0" cy="4849586"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="79375">
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C690CEB7-CC4A-0005-90F3-443E940D771A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9500BE1E-1C75-C9A1-6255-053771FBFD24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3305337472"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Teal Big Idea">
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="accent2"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="43" name="Rectangle 42">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{579E8050-2701-A946-953F-8BB59BAE5EAD}"/>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36F223FF-291B-4F28-8886-21EDA76755B1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...2 lines deleted...]
-          <a:xfrm>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
             <a:off x="0" y="0"/>
-            <a:ext cx="3296356" cy="6857997"/>
+            <a:ext cx="12192000" cy="6857997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{96591272-68CA-114E-8059-38FCE0B43029}"/>
+          <p:cNvPr id="7" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8849C80E-EF63-0042-A14A-0382A35CDC90}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4839496" y="2133657"/>
-            <a:ext cx="6512273" cy="853499"/>
+            <a:off x="2125373" y="1936027"/>
+            <a:ext cx="9315865" cy="2821285"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr tIns="0" anchor="t" anchorCtr="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
+            <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPts val="7860"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:defRPr sz="4400" b="1" i="0">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr sz="4800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPts val="5460"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
-              </a:defRPr>
-[...2 lines deleted...]
-          <a:p>
+              </a:rPr>
+              <a:t>Big Idea. Bring the attention of your audience to a </a:t>
+            </a:r>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Presentation title</a:t>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>key concept </a:t>
             </a:r>
-          </a:p>
-[...38 lines deleted...]
-            <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Date here</a:t>
+              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>using big text, numbers, or icons.</a:t>
             </a:r>
-          </a:p>
-[...41 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="4800" b="1" dirty="0">
+              <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="41" name="Straight Connector 40">
-[...7 lines deleted...]
-          <p:nvPr userDrawn="1"/>
+          <p:cNvPr id="15" name="Straight Connector 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{657FCB35-F474-D849-AD2B-FE304109010C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4839496" y="3919233"/>
-            <a:ext cx="793212" cy="0"/>
+            <a:off x="1524847" y="2008414"/>
+            <a:ext cx="0" cy="4849586"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="19050">
+          <a:ln w="79375">
             <a:solidFill>
-              <a:schemeClr val="bg1"/>
+              <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...14 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="17" name="Picture 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E15BACB-5F43-6243-B65E-6230C4319FE5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="120650" cmpd="sng">
-[...2 lines deleted...]
-            </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{906451BD-1311-4B65-A7AA-15B6614CD335}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A285EBAF-628B-4A15-B0A9-EAD466FA4991}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C91596E5-096E-806F-F7A7-5D2C51178055}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="0" y="0"/>
+            <a:ext cx="12192000" cy="6857997"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="3" name="Straight Connector 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FAB752D1-0F71-C80F-08B2-88908F2B78A7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524847" y="2008414"/>
+            <a:ext cx="0" cy="4849586"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="79375">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Picture 2" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C14F2A3-38D8-9244-9FD5-85D18C09C090}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F817137-15ED-34FF-7446-32240B0C9114}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
-[...4 lines deleted...]
-            </a:extLst>
+          <a:blip r:embed="rId2">
+            <a:lum bright="100000"/>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="327665" y="362350"/>
-            <a:ext cx="2660454" cy="931159"/>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="TextBox 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9FBD27E8-39F0-AE42-B8B7-AF77F1680240}"/>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F962CD2C-C50F-D648-E5CB-3D2C13EEA41F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="TextBox 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FDF62F98-4125-37CD-2FD1-5908E0F64CA8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5060796" y="6657748"/>
             <a:ext cx="7131204" cy="169277"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="r"/>
             <a:r>
               <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="500" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="bg1"/>
               </a:solidFill>
               <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
               <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...42 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86A93D95-B899-074C-8994-A5642AA896B0}"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{35ADF9E5-DB95-114F-1453-70F2F78AAE8F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm>
+          <a:xfrm flipH="1">
             <a:off x="0" y="0"/>
-            <a:ext cx="3957786" cy="6857997"/>
+            <a:ext cx="12192000" cy="6857997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13891387-3497-EB49-8030-3EE0F83A2FEF}"/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Straight Connector 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49722341-7B48-85C1-41F0-6FA117D3B51B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524847" y="2008414"/>
+            <a:ext cx="0" cy="4849586"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="79375">
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Picture 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37EDB067-03FA-C52B-422E-C32C6CA3B561}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:lum bright="100000"/>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBEDA037-A2A5-2427-98EA-C308C1628A25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9373494" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="TextBox 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88C92450-6B46-51D5-5A16-F30FD93A72DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6657748"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2024 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3143766953"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Agenda - Unordered List">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D74340FA-F3E0-5B4D-A30E-F5AD12CC1747}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="pic" sz="quarter" idx="21"/>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="626689" y="680537"/>
-[...51 lines deleted...]
-          </a:ln>
+            <a:off x="1253001" y="2032515"/>
+            <a:ext cx="8207088" cy="4296761"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+          <a:bodyPr anchor="t" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr algn="ctr">
-[...3 lines deleted...]
-                </a:solidFill>
+            <a:lvl1pPr marL="282575" indent="-282575">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="120000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1600" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
-            <a:endParaRPr lang="en-US" noProof="0" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Agenda item</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{006CF719-EC69-1A4E-9D92-008935D615ED}"/>
+          <p:cNvPr id="28" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E443A1A3-2B0F-0248-AB9D-EC61977C0D8C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26113717-933D-A641-BB2B-B80131720D2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5413085" y="3349616"/>
-            <a:ext cx="5423277" cy="2501755"/>
+            <a:off x="1253001" y="915295"/>
+            <a:ext cx="7535608" cy="540971"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...7 lines deleted...]
-                <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Section break</a:t>
+              <a:t>Click to edit title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Rectangle 19">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CBF3C3D-B1B3-2646-BEE9-88E647544B51}"/>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08F70B35-D30E-D551-A468-1B29C2136400}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86E7339A-ABDF-7F2A-4F48-79E9DC0F364C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D19D60E7-886B-0875-F9DA-18983DF192C1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="713949380"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Agenda - Ordered List">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D74340FA-F3E0-5B4D-A30E-F5AD12CC1747}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1253001" y="2032515"/>
+            <a:ext cx="8207088" cy="4296761"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="282575" indent="-282575">
+              <a:buClr>
+                <a:schemeClr val="accent2"/>
+              </a:buClr>
+              <a:buSzPct val="100000"/>
+              <a:buFont typeface="+mj-lt"/>
+              <a:buAutoNum type="arabicPeriod"/>
+              <a:defRPr sz="1600" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Agenda item</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E443A1A3-2B0F-0248-AB9D-EC61977C0D8C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="38" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26113717-933D-A641-BB2B-B80131720D2E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1253001" y="915295"/>
+            <a:ext cx="7535608" cy="540971"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08F70B35-D30E-D551-A468-1B29C2136400}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D239256-BF37-2B27-52AC-66D2CF8834C0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55159316-23C3-E1CB-4CFB-C77101FDFB6E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2497252289"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Text + Image Left">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B0FCE92-7C5D-0099-E03F-E28469697F06}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="9560" t="5427" r="1744" b="7664"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000" flipH="1">
+            <a:off x="-1191301" y="1191299"/>
+            <a:ext cx="6858002" cy="4475404"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0AFFB1F-87D5-0043-A269-56AFFAF8F137}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A52CFED2-ADF9-1440-BC03-0BDCBA059948}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5626639" y="1433561"/>
+            <a:ext cx="5464508" cy="1205586"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="4740"/>
+              </a:lnSpc>
+              <a:defRPr sz="4200" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A7E3992-BFBA-5549-AE07-2D0BCE730281}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5630064" y="3443094"/>
+            <a:ext cx="5464508" cy="2094831"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9DDF81C-221E-C749-8BBE-A3AF6F6F93EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5626639" y="2851717"/>
+            <a:ext cx="2992600" cy="442607"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800" b="1" i="0" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Subtitle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32C02BA0-F5B2-3710-46B0-04545D763B4D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="9560" t="5427" r="1744" b="7664"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000" flipH="1">
+            <a:off x="-1191301" y="1191299"/>
+            <a:ext cx="6858002" cy="4475404"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E26D46CF-F386-0BB3-7EFB-DEB1A58181C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16708DCC-9E74-E7EA-B366-AA0B4E0A8683}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="559170" y="1191297"/>
+            <a:ext cx="4475405" cy="4475404"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E05707E-B428-3F1B-8081-3A11DC58410B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="9560" t="5427" r="1744" b="7664"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm rot="5400000" flipH="1">
+            <a:off x="-1191301" y="1191299"/>
+            <a:ext cx="6858002" cy="4475404"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0410E6E-A049-F029-0C70-23B54DA982E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C70663E7-C945-91AC-404B-BC22E5C680CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="559170" y="1191297"/>
+            <a:ext cx="4475405" cy="4475404"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7214317A-B295-6BCA-9C5D-B5AC26A54F80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1872112093"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="3 Column + Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B3A0A511-4148-7E45-B786-C680C561D735}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1"/>
+            <a:ext cx="5514109" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="22" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7154B201-EE95-464B-A570-90532A7DD248}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="22" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="474192" y="4766662"/>
+            <a:ext cx="4590676" cy="738664"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1200"/>
+              </a:spcBef>
+              <a:defRPr sz="2400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Big idea that relates to the content and image.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847E6CF9-DE6C-CC4E-AC58-7519DE18B22E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04CF7DDE-FEFC-C844-9D2F-A76D36D0F5FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="1139152"/>
+            <a:ext cx="5739951" cy="492443"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3200" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60324B2E-A4FA-44AA-AF4A-836D47E30797}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6095999" y="2358344"/>
+            <a:ext cx="5739951" cy="1310899"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AB4E17E-C948-4F9E-8623-2145DE4A389E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="1845558"/>
+            <a:ext cx="5739950" cy="387343"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800" b="1" i="0" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Subtitle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F0C09C4-67CD-4B4D-9806-D3B958FAEF4E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="24" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="474193" y="5669280"/>
+            <a:ext cx="4590676" cy="253733"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2DD2406C-83FC-4D67-A0C4-0023EB286AE7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="25" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6095999" y="4521435"/>
+            <a:ext cx="5739951" cy="1310899"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D041B8B6-2A12-4BA0-A31A-CBFB7324B7B5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="4008649"/>
+            <a:ext cx="5739950" cy="387343"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800" b="1" i="0" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Subtitle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B514EF0-7913-F1B9-11D2-369F1E044FA2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1"/>
+            <a:ext cx="5514109" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45B5CA3D-EE32-E156-2ACE-F691FB2B09D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{258B3B0A-4040-7622-5DCB-D76A62BA119E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="474183" y="470472"/>
+            <a:ext cx="4590677" cy="4051173"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA14E466-1427-12B7-205C-058FCA44861C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-1"/>
-            <a:ext cx="12192000" cy="6857997"/>
+            <a:off x="0" y="1"/>
+            <a:ext cx="5514109" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent6"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B996AD8-46D5-0F98-A3DF-F18214A30CB2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3BABD80-1DFA-C44E-8CCA-3625809E6D17}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="474183" y="470472"/>
+            <a:ext cx="4590677" cy="4051173"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{537FC210-346E-8236-3F44-B0100510762D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="511073417"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Print Instructions">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F7C0B8D-9599-414D-947A-29AC7A38FF4E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1572769" y="2902600"/>
+            <a:ext cx="3460497" cy="3817146"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="0">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="70000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="60000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:alpha val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Step 1: Find the navigation bar and and under “File”, select “Print”.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Step 2: In the print dialog box, select “Show Details”</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Step 3: Select the paper size. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>The best paper size for printing a presentation is Legal or Tabloid, but the same rules also apply for 8.5x11.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="1200" b="1" i="0" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>Step 4: Change the scale to 90% to ensure nothing gets cut off from the edges in printing.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="1200" b="0" i="0" dirty="0">
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="TextBox 16">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F73178C-7C83-C04B-B085-7B42CB4AB150}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1572770" y="1481576"/>
+            <a:ext cx="2855392" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="120650" cmpd="sng">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" i="0" dirty="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>How to print a presentation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDE64E97-6D61-4444-BC36-133F5C187B5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture 4" descr="Graphical user interface, application&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14E7A717-2021-9F42-852D-B51B171E7880}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5259366" y="331409"/>
+            <a:ext cx="4761162" cy="3041000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Rectangle 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C518DE03-8FC5-BA4D-8771-63E878545294}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6401553" y="2944758"/>
+            <a:ext cx="1126273" cy="540834"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...16 lines deleted...]
-            <a:ext cx="2667000" cy="365125"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="23" name="Picture 22" descr="Graphical user interface&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2431364-4121-164A-8220-76D197B8567E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="38205" t="15892" b="10127"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8149724" y="2146851"/>
+            <a:ext cx="3712180" cy="4069243"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...129 lines deleted...]
-            <a:ext cx="7131204" cy="169277"/>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="27" name="Elbow Connector 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DD19FA3-3779-AB4B-ABD8-2DEAFFD8A3C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="5141843" y="3215175"/>
+            <a:ext cx="1285736" cy="540834"/>
+          </a:xfrm>
+          <a:prstGeom prst="bentConnector3">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Rectangle 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B45AB59A-7638-034F-9559-5B9E2ADBC725}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9080700" y="2229139"/>
+            <a:ext cx="2490657" cy="308025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-        </p:spPr>
-[...228 lines deleted...]
-            <a:noFill/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57077713-A972-B749-8752-6D0385B41C52}"/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="35" name="Straight Connector 34">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D530558-8C3B-1F4D-BCEC-342B2D351D67}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4055165" y="4115210"/>
+            <a:ext cx="6321663" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="40" name="Straight Connector 39">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{73383E69-546F-2C47-A73E-341B1A11E216}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10376828" y="2561878"/>
+            <a:ext cx="0" cy="1578046"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Rectangle 41">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36931D31-9D1C-6447-8C38-E3CB37C6D641}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8542870" y="4692535"/>
+            <a:ext cx="1126273" cy="540834"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="120650" cmpd="sng">
+          <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...16 lines deleted...]
-          <a:prstGeom prst="rect">
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="44" name="Elbow Connector 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE7CEC4A-BB2F-CD4B-BBFF-1E4C160F82A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="4836693" y="4968619"/>
+            <a:ext cx="3706177" cy="459908"/>
+          </a:xfrm>
+          <a:prstGeom prst="bentConnector3">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...120 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A9FF49D-037F-6841-ADE0-A5EF667F9AC1}"/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{648EE04D-0A65-DCBC-14BD-FBB521CF2D42}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -4659,784 +20775,505 @@
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...14 lines deleted...]
-            <a:ext cx="3957786" cy="6857997"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6" descr="Graphical user interface, application&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D5E12D9-DAA2-FDD4-F166-9ADDC3D5F8B7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5259366" y="331409"/>
+            <a:ext cx="4761162" cy="3041000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...3 lines deleted...]
-            <a:noFill/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Rectangle 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9164B841-A9F0-1232-2627-6848CD5A3144}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6401553" y="2944758"/>
+            <a:ext cx="1126273" cy="540834"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57077713-A972-B749-8752-6D0385B41C52}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9" descr="Graphical user interface&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB861BCD-7AF4-3959-7307-08B3F7FEDBC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="38205" t="15892" b="10127"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8149724" y="2146851"/>
+            <a:ext cx="3712180" cy="4069243"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Elbow Connector 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D51E0CA7-2318-C023-0E14-D25F640D407B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="5141843" y="3215175"/>
+            <a:ext cx="1285736" cy="540834"/>
+          </a:xfrm>
+          <a:prstGeom prst="bentConnector3">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DC5247F-EA37-EC72-BABA-01D5BE8F3F6A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9080700" y="2229139"/>
+            <a:ext cx="2490657" cy="308025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="120650" cmpd="sng">
+          <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...20 lines deleted...]
-          <a:custGeom>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="13" name="Straight Connector 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C2F9CC73-6636-F520-8AE8-0AE9618C9B9D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4055165" y="4115210"/>
+            <a:ext cx="6321663" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
             <a:avLst/>
-            <a:gdLst>
-[...59 lines deleted...]
-            <a:noFill/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
           </a:ln>
         </p:spPr>
-        <p:txBody>
-[...33 lines deleted...]
-            <a:ext cx="7131204" cy="169277"/>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Straight Connector 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{489077AC-2E6B-2C1C-6A2C-3843EB8AA786}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10376828" y="2561878"/>
+            <a:ext cx="0" cy="1578046"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Rectangle 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59F8A9DC-5E3E-1EF2-8DE0-2FD0FAA276C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8542870" y="4692535"/>
+            <a:ext cx="1126273" cy="540834"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-        </p:spPr>
-[...273 lines deleted...]
-          <a:ln w="120650" cmpd="sng">
+          <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...46 lines deleted...]
-      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="7" name="Straight Connector 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86B1CEA6-EBD9-1644-BD60-A78726E5466E}"/>
+          <p:cNvPr id="18" name="Elbow Connector 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4ACAE520-85CD-BAA8-16A6-E73281F803BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...3 lines deleted...]
-          <a:prstGeom prst="line">
+          <a:xfrm flipV="1">
+            <a:off x="4836693" y="4968619"/>
+            <a:ext cx="3706177" cy="459908"/>
+          </a:xfrm>
+          <a:prstGeom prst="bentConnector3">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...14 lines deleted...]
-            <a:ext cx="7131204" cy="169277"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Picture 19" descr="A white and blue background with red text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DBAEEAB-2E6F-E3F7-E1A9-415A2E09CA7E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5299845" y="969343"/>
+            <a:ext cx="2119363" cy="1211065"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...72 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A9FF49D-037F-6841-ADE0-A5EF667F9AC1}"/>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C1F70FC-4783-D3F9-E098-0030B815E582}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
@@ -5511,2301 +21348,577 @@
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57077713-A972-B749-8752-6D0385B41C52}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Picture 21" descr="Graphical user interface, application&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A68F7D8-6316-2426-EB53-C18F1E618975}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5259366" y="331409"/>
+            <a:ext cx="4761162" cy="3041000"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E74F0C81-4074-6AE6-DBEE-4D445C53C061}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-1"/>
-            <a:ext cx="12192000" cy="6857997"/>
+            <a:off x="6401553" y="2944758"/>
+            <a:ext cx="1126273" cy="540834"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="120650" cmpd="sng">
+          <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="28" name="Picture 27" descr="Graphical user interface&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{053D243F-E905-ADD2-1627-1C28C7FD2EED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="38205" t="15892" b="10127"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8149724" y="2146851"/>
+            <a:ext cx="3712180" cy="4069243"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="7" name="Straight Connector 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86B1CEA6-EBD9-1644-BD60-A78726E5466E}"/>
+          <p:cNvPr id="29" name="Elbow Connector 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20E53880-AA16-1596-BB4C-18EDE3CCE13A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...3 lines deleted...]
-          <a:prstGeom prst="line">
+          <a:xfrm flipV="1">
+            <a:off x="5141843" y="3215175"/>
+            <a:ext cx="1285736" cy="540834"/>
+          </a:xfrm>
+          <a:prstGeom prst="bentConnector3">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8">
-[...6 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="31" name="Rectangle 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D63C63FF-D73A-4FF5-A221-B3F34A85DFDA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5060796" y="6657748"/>
-            <a:ext cx="7131204" cy="169277"/>
+            <a:off x="9080700" y="2229139"/>
+            <a:ext cx="2490657" cy="308025"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-        </p:spPr>
-[...273 lines deleted...]
-          <a:ln w="120650" cmpd="sng">
+          <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="7" name="Straight Connector 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86B1CEA6-EBD9-1644-BD60-A78726E5466E}"/>
+          <p:cNvPr id="32" name="Straight Connector 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDBA62D4-4678-E07E-9B2B-6A8AFCD58C96}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="636580" cy="0"/>
+          <a:xfrm>
+            <a:off x="4055165" y="4115210"/>
+            <a:ext cx="6321663" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="50800">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...8 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="33" name="Straight Connector 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1628AE98-77AD-68CB-8461-0DBCD4B9EFED}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
-        </p:nvSpPr>
-[...5 lines deleted...]
-          <a:prstGeom prst="rect">
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="10376828" y="2561878"/>
+            <a:ext cx="0" cy="1578046"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...639 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C518DE03-8FC5-BA4D-8771-63E878545294}"/>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rectangle 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA585470-8FC8-7F68-97C2-1A1AC38EF262}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6401553" y="2944758"/>
+            <a:off x="8542870" y="4692535"/>
             <a:ext cx="1126273" cy="540834"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="50800">
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...33 lines deleted...]
-      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="27" name="Elbow Connector 26">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DD19FA3-3779-AB4B-ABD8-2DEAFFD8A3C8}"/>
+          <p:cNvPr id="36" name="Elbow Connector 43">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E6A0F8FD-A5DD-8697-3E00-D0161584F001}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="5141843" y="3215175"/>
-            <a:ext cx="1285736" cy="540834"/>
+            <a:off x="4836693" y="4968619"/>
+            <a:ext cx="3706177" cy="459908"/>
           </a:xfrm>
           <a:prstGeom prst="bentConnector3">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="50800">
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
-            </a:solidFill>
-[...474 lines deleted...]
-              <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="17" name="Picture 16">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E15BACB-5F43-6243-B65E-6230C4319FE5}"/>
+          <p:cNvPr id="37" name="Picture 36" descr="A white and blue background with red text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E43D6AF-4540-DF09-F377-1852F77F256D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-            <a:lum bright="100000"/>
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10905066" y="343554"/>
-            <a:ext cx="930884" cy="298656"/>
+            <a:off x="5299845" y="969343"/>
+            <a:ext cx="2119363" cy="1211065"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...10 lines deleted...]
-          </p:cNvSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="38" name="Picture 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90151909-B96C-DDFE-DB01-6F2B0ADED237}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
-        </p:nvSpPr>
-[...3 lines deleted...]
-            <a:ext cx="2667000" cy="365125"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-        <p:txBody>
-[...215 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1108618765"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4088022520"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Big Idea Red">
-[...7 lines deleted...]
-    </p:bg>
+  <p:cSld name="1_Text + Image Right">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Title 1">
-[...190 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1622525B-5618-E14C-91F6-6BF3020ED9B4}"/>
+          <p:cNvPr id="24" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0AFFB1F-87D5-0043-A269-56AFFAF8F137}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -7873,323 +21986,727 @@
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg2"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg2"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="20" name="Rectangle 19">
-[...12 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+          <p:cNvPr id="32" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A52CFED2-ADF9-1440-BC03-0BDCBA059948}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="789168" y="1433561"/>
+            <a:ext cx="5464508" cy="1205586"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="4740"/>
+              </a:lnSpc>
+              <a:defRPr sz="4200" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A7E3992-BFBA-5549-AE07-2D0BCE730281}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="792593" y="3443094"/>
+            <a:ext cx="5464508" cy="2094831"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9DDF81C-221E-C749-8BBE-A3AF6F6F93EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="789168" y="2851717"/>
+            <a:ext cx="2992600" cy="442607"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800" b="1" i="0" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Subtitle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E26D46CF-F386-0BB3-7EFB-DEB1A58181C2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...21 lines deleted...]
-        </p:style>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
-[...3 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8">
-[...6 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0410E6E-A049-F029-0C70-23B54DA982E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5060796" y="6657748"/>
-            <a:ext cx="7131204" cy="169277"/>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...4 lines deleted...]
-            <a:pPr algn="r"/>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7214317A-B295-6BCA-9C5D-B5AC26A54F80}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25EB0312-B455-3799-1F5E-C0A3EB858CFA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7067046" y="1052052"/>
+            <a:ext cx="4768904" cy="5120148"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF"/>
+          </a:solidFill>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...7 lines deleted...]
-              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to insert your image</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="500" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4266061707"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="95097960"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-    </p:bg>
+<file path=ppt/slideLayouts/slideLayout31.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Square Map">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{084618D6-6937-CC4A-97F0-FCC973B638EB}"/>
+          <p:cNvPr id="39" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48A6C4F6-E94F-584E-8D08-5883EA633908}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="24" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2531776" y="2008414"/>
-            <a:ext cx="8795942" cy="2769989"/>
+            <a:off x="6669474" y="2715573"/>
+            <a:ext cx="3907269" cy="297063"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+          <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...51 lines deleted...]
-                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="1600" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Member satisfaction</a:t>
+              <a:t>Network</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Slide Number Placeholder 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E10667A0-65A7-D246-82FE-D51CD79B6A52}"/>
+          <p:cNvPr id="40" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0BDADD0-5568-B142-9F84-02A092C44E10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6669474" y="2124701"/>
+            <a:ext cx="4447890" cy="588720"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Product title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8AC6B32-689F-7D4C-ADFD-D7E210EC51B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -8257,1116 +22774,4996 @@
             <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg2"/>
+                  <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg2"/>
+                <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...18 lines deleted...]
-          <a:prstGeom prst="line">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C7A3B6E3-23BA-6F47-AB57-491CE13BD3C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6669474" y="3396623"/>
+            <a:ext cx="3048341" cy="1497940"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to add text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D400457E-E126-5740-B723-9D5FE9F3D30F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6669474" y="5223034"/>
+            <a:ext cx="3048341" cy="630997"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Add key details for map here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAC9CAE9-529E-1D45-AEB6-9EDB0ED1B99F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="79375">
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99B55940-8B1F-D713-0D31-F41D25C55616}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A334C24-B7C1-BF04-A1DC-D0965B9E185A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Picture Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E4D920A-C7D6-3B10-440D-F6688C1E1C25}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="642453" y="642938"/>
+            <a:ext cx="5486400" cy="5486400"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln w="25400">
             <a:solidFill>
-              <a:schemeClr val="tx1"/>
+              <a:schemeClr val="accent5"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...13 lines deleted...]
-      </p:cxnSp>
+        <p:txBody>
+          <a:bodyPr anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Download map only graphic from the DAM and click here to insert jpg</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CC7A4F8-647C-ED31-3C90-25C398245C32}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{093D772E-8124-9BBA-29A0-16BF163935D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19" name="Picture 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9090A27C-AE3D-BD40-ABD2-2A415FB62DF4}"/>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{93584E50-38CE-F657-BEC9-F5FE93113DD1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-            <a:lum bright="100000"/>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10905066" y="343554"/>
-            <a:ext cx="930884" cy="298656"/>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...100 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2039056803"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="274893045"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Agenda with numbers">
+<file path=ppt/slideLayouts/slideLayout32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Blank">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D74340FA-F3E0-5B4D-A30E-F5AD12CC1747}"/>
+          <p:cNvPr id="7" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A55A19F-81B4-BA4F-96BA-1857B105F5EB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E369359E-8598-9F46-85F4-BF94B3FB1506}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="343554"/>
+            <a:ext cx="930884" cy="298656"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B0A3FF8-2B4F-149C-8CFE-DF89E6B92F9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{848B19AD-F2CC-575D-D8FB-0534F464BE3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8984A74-BB1D-F964-C348-932C53589A18}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="658280029"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title + Blank">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B721FF85-C0E8-0F44-9363-F240A4F1C589}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF50984A-D86D-1A4D-9F92-541780043E48}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+            <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3839382" y="3028761"/>
-            <a:ext cx="3008149" cy="341855"/>
+            <a:off x="1361766" y="1067853"/>
+            <a:ext cx="9543299" cy="613360"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0">
-[...2 lines deleted...]
-                </a:solidFill>
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{691D2FED-5DA9-8E08-381B-2A9F762AF7B9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F19B74B2-E1C5-BE86-8C9A-FB24AB559D87}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A3712256-8BC3-22B2-EEF7-0FD3734D9411}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1459700631"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout34.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Cobrand Slide - 1 Column ">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B721FF85-C0E8-0F44-9363-F240A4F1C589}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF50984A-D86D-1A4D-9F92-541780043E48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096001" y="1067853"/>
+            <a:ext cx="4809064" cy="613360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1D2050C-84B5-4A7F-9A77-83B7ED12E52F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="1979407"/>
+            <a:ext cx="4809064" cy="1140311"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Regular text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F325B7C8-4FDB-5F4E-E262-CE6E1A6BE14E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7EB25DF1-8917-AAA9-CE02-9E3E66FE3E49}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6096000" y="3447826"/>
+            <a:ext cx="2402541" cy="1140311"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Callout Text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3452BC61-431A-3008-A01F-C6D77FDF5A41}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="8713694" y="3447826"/>
+            <a:ext cx="2375648" cy="1140311"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Callout Text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F9052E3-38C2-662A-2836-F2F4E99F8426}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8686801" y="4850101"/>
+            <a:ext cx="2402541" cy="1140311"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Callout Text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4957D962-D342-523F-C0AA-84C3602F70A9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="20" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="6096000" y="4850100"/>
+            <a:ext cx="2375648" cy="1140311"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="91440" rIns="91440" bIns="91440" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Callout Text</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED324E85-1772-BE14-3910-BDE336B8FFFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B1D11295-5C86-BCA7-F0E3-518EA9393588}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3746217334"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title + Bullets 1 Column">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B721FF85-C0E8-0F44-9363-F240A4F1C589}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF50984A-D86D-1A4D-9F92-541780043E48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1361766" y="1067853"/>
+            <a:ext cx="9543299" cy="613360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1D2050C-84B5-4A7F-9A77-83B7ED12E52F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1361765" y="1979407"/>
+            <a:ext cx="9543299" cy="3810739"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1400">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bullets that describe your chart go here.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>And another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bullet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B09A24B4-AD47-781E-D8AF-FC7EA7D02B6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB488C2C-A5A1-26BA-3234-AC5168DDEEDD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06F1B2B5-2554-4C0F-77DF-D4D0F7D9EAB1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2381284358"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout36.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title + Bullets 2 Column">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B721FF85-C0E8-0F44-9363-F240A4F1C589}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF50984A-D86D-1A4D-9F92-541780043E48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1361766" y="1067853"/>
+            <a:ext cx="9543299" cy="613360"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A14436C6-D7EB-48A9-9EBE-6B366A53B051}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1361765" y="1979407"/>
+            <a:ext cx="4321859" cy="3810739"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1400">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bullets that describe your chart go here.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>And another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bullet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE09DD61-AAB8-49A8-9442-94E9CD30FEE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6583205" y="1970441"/>
+            <a:ext cx="4321859" cy="3810739"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="800"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:defRPr sz="1400"/>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:defRPr sz="1200"/>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="0" indent="-137160">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400"/>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="461963" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1400">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bullets that describe your chart go here.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>And another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet 1</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="5"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub bullet 2</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Bullet</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCC57364-203C-B018-6DEE-B2091EAB7CDB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A982E61C-E19D-B0C4-2484-BC9508EA5E3F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBA65C7A-8BC3-14AE-1275-7446D46BCDC9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="972449775"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="1_3 Column Full Page">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{847E6CF9-DE6C-CC4E-AC58-7519DE18B22E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04CF7DDE-FEFC-C844-9D2F-A76D36D0F5FE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1385642" y="1335807"/>
+            <a:ext cx="9059608" cy="748788"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80D8AB0F-8967-44F0-858B-962B0A77B5A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1391253" y="2900421"/>
+            <a:ext cx="3005377" cy="1310899"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Subtitle</a:t>
+              <a:t>Click to add text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="23" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10245740-A8F9-2742-8D4F-F08BA6599DCF}"/>
+          <p:cNvPr id="17" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{122C9C65-4C68-444D-973F-3743013B8E1D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="28" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3839382" y="3662361"/>
-            <a:ext cx="3008149" cy="341855"/>
+            <a:off x="1391254" y="2387635"/>
+            <a:ext cx="3005376" cy="387343"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0">
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subtitle</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CC9AEAE-FBB2-CA4A-8DF7-847B72F7B819}"/>
+          <p:cNvPr id="18" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4A01099-C55C-4D18-9E7D-C15E592F5B3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3820737" y="4295961"/>
-            <a:ext cx="3008149" cy="341855"/>
+            <a:off x="4674128" y="2893245"/>
+            <a:ext cx="3005377" cy="1310899"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0">
-[...4 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Subtitle</a:t>
+              <a:t>Click to add text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D21F452-A5A0-FF4D-9A89-5EB6BD6BFD0F}"/>
+          <p:cNvPr id="19" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FC72607-090E-4678-A42F-CEC1F4313CEA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="30" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7960080" y="3028761"/>
-            <a:ext cx="3008149" cy="341855"/>
+            <a:off x="4674129" y="2380459"/>
+            <a:ext cx="3005376" cy="387343"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0">
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subtitle</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="27" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4C9B1BA-8ABA-C54A-A3F1-A1EAE729B4F1}"/>
+          <p:cNvPr id="20" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{383C6CA7-796B-47A2-9252-5260AEDAE1D9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="31" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7960080" y="3662361"/>
-            <a:ext cx="3008149" cy="341855"/>
+            <a:off x="7964236" y="2893245"/>
+            <a:ext cx="3005377" cy="1310899"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+          <a:bodyPr>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0">
-[...4 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Subtitle</a:t>
+              <a:t>Click to add text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="30" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{24B6A0A2-C1DE-E140-8229-145839A31104}"/>
+          <p:cNvPr id="22" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E343F4D-AE54-4775-B824-0C38006351BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="20" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7960080" y="4299633"/>
-            <a:ext cx="3008149" cy="341855"/>
+            <a:off x="7964237" y="2380459"/>
+            <a:ext cx="3005376" cy="387343"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0">
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subtitle</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="31" name="Text Placeholder 8">
-[...485 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E443A1A3-2B0F-0248-AB9D-EC61977C0D8C}"/>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A0CFBD5-03ED-79DC-6040-F34B04366AC1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -9448,1471 +27845,355 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C78EA67B-45FA-FB82-1A8A-7C8D5C0F1243}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="29" name="Picture 28">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50505620-BB0C-8744-8930-B3E68577B967}"/>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE2A0245-7589-5C38-ED7D-66D6AEEF00D2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10905066" y="343554"/>
-            <a:ext cx="930884" cy="298656"/>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...194 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1505932162"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2005425232"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
-[...1066 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<file path=ppt/slideLayouts/slideLayout38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="3 Column + Icons">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Picture Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{507902B2-20FD-EC4A-A150-90C4E69C65AF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="20"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1385643" y="2818174"/>
             <a:ext cx="652775" cy="654084"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EBFF822-1B28-AC48-9CE1-C347F52D571A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1385641" y="4235925"/>
             <a:ext cx="3017025" cy="1607462"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to add text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="51" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7264FBA-1C94-8C4E-AEFE-F73EBEE04E69}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -10994,151 +28275,121 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="53" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{702E3DC9-30F8-8E41-B0FF-527DE9884C2B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1385642" y="1335807"/>
             <a:ext cx="9059608" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="4400" b="1" i="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to edit title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="55" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8CD7CD42-DAB7-3247-A973-5CD860762B65}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1385642" y="3640974"/>
-            <a:ext cx="3017024" cy="469507"/>
+            <a:off x="1385642" y="3723138"/>
+            <a:ext cx="3017024" cy="387343"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0" spc="80" baseline="0">
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subtitle</a:t>
@@ -11150,139 +28401,142 @@
         <p:nvSpPr>
           <p:cNvPr id="56" name="Picture Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80D9A728-2A12-AF44-A335-6F7AB320A704}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="24"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4772313" y="2818174"/>
             <a:ext cx="652775" cy="654084"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CEE3501-796E-6444-8256-AEA9D371C056}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="25" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4755375" y="4235925"/>
             <a:ext cx="3017025" cy="1607462"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to add text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="59" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C91FDE9-649D-7E41-9850-FE6E00EC4791}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="26" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4772312" y="3640974"/>
-            <a:ext cx="3017024" cy="532230"/>
+            <a:off x="4772312" y="3723138"/>
+            <a:ext cx="3017024" cy="387344"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0" spc="80" baseline="0">
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subtitle</a:t>
@@ -11294,291 +28548,558 @@
         <p:nvSpPr>
           <p:cNvPr id="60" name="Picture Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B08B265-7633-BE4B-A00F-15563D87CB7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="27"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8125110" y="2818174"/>
             <a:ext cx="652775" cy="654084"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EEB3D258-216C-4B42-A812-A238DD85BA0E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="28" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8125108" y="4235925"/>
             <a:ext cx="3017025" cy="1607462"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1200">
+              <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Click to add text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Text Placeholder 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{469D7B11-F0F1-E744-B12E-6B9A2087FF7A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8125109" y="3640974"/>
-            <a:ext cx="3017024" cy="469508"/>
+            <a:off x="8125109" y="3723138"/>
+            <a:ext cx="3017024" cy="387344"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:defRPr sz="1600" b="1" i="0" spc="80" baseline="0">
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Subtitle</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="TextBox 17">
-[...12 lines deleted...]
-            <a:ext cx="7131204" cy="169277"/>
+          <p:cNvPr id="3" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD184F9D-477D-31E5-75BD-8AA3B1CD24BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...1 lines deleted...]
-                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
-              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
-              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C5C87790-DFD8-0F3D-2BE5-4BD3DBC49C9B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E7B9F92-C2F1-5E41-B9E3-1EAA53AFBE02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="955092171"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3867601445"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Title + Blank">
+<file path=ppt/slideLayouts/slideLayout39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="1 Column Chart">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...34 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B721FF85-C0E8-0F44-9363-F240A4F1C589}"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Chart Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5331B36E-F88F-6541-A9EB-683988B7A6CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="chart" sz="quarter" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1385643" y="2660181"/>
+            <a:ext cx="9206158" cy="2944812"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add chart</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0061C18-BC8E-4843-8B21-50DF5445F87F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -11662,1558 +29183,457 @@
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="11" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF50984A-D86D-1A4D-9F92-541780043E48}"/>
+          <p:cNvPr id="14" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A51B5F6B-FFFD-0C45-85FC-0D92CB8FA519}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067853"/>
-            <a:ext cx="9543299" cy="613360"/>
+            <a:off x="1385642" y="1335807"/>
+            <a:ext cx="9059608" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="4400" b="1" i="0">
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Click to edit title</a:t>
+              <a:t>Chart Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="TextBox 5">
-[...12 lines deleted...]
-            <a:ext cx="7131204" cy="169277"/>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3ADAC9D-E72A-E948-351B-DB41382961CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...6 lines deleted...]
-              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...1 lines deleted...]
-                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
-              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
-              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A6E7196-7F55-63B7-A163-1C91B6025FCE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Picture 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DB35BE2-89E1-12E6-1351-087BFCC94DFB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1549657468"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3416280873"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
-[...1362 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="1_Directions">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DC1A143-2F66-714E-A060-E2C2D9898C84}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1570331" y="2536166"/>
             <a:ext cx="4160617" cy="3441940"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="0">
-            <a:normAutofit/>
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -13440,91 +29860,91 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1300" b="1" i="0" kern="1200" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>Step 2: Double click on the thumbnail image. In the top right corner click on the eye.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D5B6F96-1B1F-3343-8621-331B5C410D7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1572769" y="1481576"/>
             <a:ext cx="5518144" cy="861774"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" i="0" dirty="0">
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:rPr>
               <a:t>How to be sure you have the most current template</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8C3461BA-426B-3749-8999-7F8275A0DCB3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -13606,11376 +30026,1307 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...78 lines deleted...]
-      </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Group 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CD63FAF-B13E-4A8A-BDA0-700D731C0AC9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="7496355" y="1707223"/>
             <a:ext cx="3937901" cy="2956936"/>
             <a:chOff x="7496355" y="1707223"/>
             <a:chExt cx="3937901" cy="2956936"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:grpSp>
           <p:nvGrpSpPr>
             <p:cNvPr id="12" name="Group 11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33F37DB9-EF61-4D8B-A46A-D40FCFBF7E46}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvGrpSpPr/>
-            <p:nvPr userDrawn="1"/>
+            <p:nvPr/>
           </p:nvGrpSpPr>
           <p:grpSpPr>
             <a:xfrm>
               <a:off x="9900923" y="1707223"/>
               <a:ext cx="1533333" cy="1076190"/>
               <a:chOff x="9888931" y="1421253"/>
               <a:chExt cx="1533333" cy="1076190"/>
             </a:xfrm>
           </p:grpSpPr>
           <p:pic>
             <p:nvPicPr>
               <p:cNvPr id="11" name="Picture 10">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{501769DF-5193-4609-BA03-AE8F10CC5610}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvPicPr>
                 <a:picLocks noChangeAspect="1"/>
               </p:cNvPicPr>
-              <p:nvPr userDrawn="1"/>
+              <p:nvPr/>
             </p:nvPicPr>
             <p:blipFill>
-              <a:blip r:embed="rId4"/>
+              <a:blip r:embed="rId3"/>
               <a:stretch>
                 <a:fillRect/>
               </a:stretch>
             </p:blipFill>
             <p:spPr>
               <a:xfrm>
                 <a:off x="9888931" y="1421253"/>
                 <a:ext cx="1533333" cy="1076190"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
             </p:spPr>
           </p:pic>
           <p:sp>
             <p:nvSpPr>
               <p:cNvPr id="14" name="Rectangle 13">
                 <a:extLst>
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F4CBB6B-62B3-4BD4-A0B7-57904F77EBD8}"/>
                   </a:ext>
                 </a:extLst>
               </p:cNvPr>
               <p:cNvSpPr/>
-              <p:nvPr userDrawn="1"/>
+              <p:nvPr/>
             </p:nvSpPr>
             <p:spPr>
               <a:xfrm>
                 <a:off x="10213675" y="1481575"/>
                 <a:ext cx="691391" cy="709533"/>
               </a:xfrm>
               <a:prstGeom prst="rect">
                 <a:avLst/>
               </a:prstGeom>
               <a:noFill/>
               <a:ln w="50800">
                 <a:solidFill>
                   <a:srgbClr val="7030A0"/>
                 </a:solidFill>
               </a:ln>
             </p:spPr>
             <p:style>
               <a:lnRef idx="2">
                 <a:schemeClr val="accent1">
                   <a:shade val="50000"/>
                 </a:schemeClr>
               </a:lnRef>
               <a:fillRef idx="1">
                 <a:schemeClr val="accent1"/>
               </a:fillRef>
               <a:effectRef idx="0">
                 <a:schemeClr val="accent1"/>
               </a:effectRef>
               <a:fontRef idx="minor">
                 <a:schemeClr val="lt1"/>
               </a:fontRef>
             </p:style>
             <p:txBody>
               <a:bodyPr rtlCol="0" anchor="ctr"/>
               <a:lstStyle/>
               <a:p>
                 <a:pPr algn="ctr"/>
-                <a:endParaRPr lang="en-US"/>
+                <a:endParaRPr lang="en-US" dirty="0"/>
               </a:p>
             </p:txBody>
           </p:sp>
         </p:grpSp>
         <p:pic>
           <p:nvPicPr>
             <p:cNvPr id="9" name="Picture 8" descr="Text&#10;&#10;Description automatically generated with medium confidence">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D91CBD2-B61F-4208-AC2E-45D592495BAA}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
-            <p:nvPr userDrawn="1"/>
+            <p:nvPr/>
           </p:nvPicPr>
           <p:blipFill rotWithShape="1">
-            <a:blip r:embed="rId5" cstate="print">
+            <a:blip r:embed="rId4" cstate="print">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:srcRect l="11840"/>
             <a:stretch/>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="7496355" y="2635800"/>
               <a:ext cx="3937901" cy="2028359"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="21" name="Group 20">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43A1A492-B4BF-42A9-8F12-4DAB607D3C2E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="5644688" y="2477078"/>
             <a:ext cx="5008939" cy="2026321"/>
             <a:chOff x="5679192" y="2477078"/>
             <a:chExt cx="5008939" cy="2026321"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="16" name="Straight Connector 15">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CCFF7A8-8405-4ECD-8268-1ED9F627079A}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
-            <p:nvPr userDrawn="1"/>
+            <p:nvPr/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="5679192" y="4503399"/>
               <a:ext cx="5008939" cy="0"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="50800">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
         <p:cxnSp>
           <p:nvCxnSpPr>
             <p:cNvPr id="19" name="Straight Connector 18">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{77396135-C6DC-4704-9B43-3076E9CE98D9}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvCxnSpPr>
               <a:cxnSpLocks/>
             </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="10661499" y="2477078"/>
+              <a:ext cx="0" cy="2026321"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="50800">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E75FA5B-2F67-86D3-B5D3-056A52B7A1E6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="10" name="Group 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{519B792D-FD1F-7D78-62EF-321AE4A30BD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7496355" y="1707223"/>
+            <a:ext cx="3937901" cy="2956936"/>
+            <a:chOff x="7496355" y="1707223"/>
+            <a:chExt cx="3937901" cy="2956936"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="13" name="Group 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16DF3681-48A1-B6BA-93CF-25E45762A42B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="9900923" y="1707223"/>
+              <a:ext cx="1533333" cy="1076190"/>
+              <a:chOff x="9888931" y="1421253"/>
+              <a:chExt cx="1533333" cy="1076190"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="20" name="Picture 19">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9864287E-C341-1EB3-4517-19D653F15FDF}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId3"/>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="9888931" y="1421253"/>
+                <a:ext cx="1533333" cy="1076190"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="22" name="Rectangle 21">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F8A5B2A-3A8E-DB5C-61F4-C7591A25B59C}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="10213675" y="1481575"/>
+                <a:ext cx="691391" cy="709533"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="50800">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:ln>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="accent1">
+                  <a:shade val="50000"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr rtlCol="0" anchor="ctr"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="15" name="Picture 14" descr="Text&#10;&#10;Description automatically generated with medium confidence">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54FAC584-007E-20F1-E4BD-39C38D8E57DC}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId4" cstate="print">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="11840"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7496355" y="2635800"/>
+              <a:ext cx="3937901" cy="2028359"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="23" name="Group 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90084477-E878-3AEA-0F8C-AE78BEDED21D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5644688" y="2477078"/>
+            <a:ext cx="5008939" cy="2026321"/>
+            <a:chOff x="5679192" y="2477078"/>
+            <a:chExt cx="5008939" cy="2026321"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="24" name="Straight Connector 23">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2999DAC-3355-A0C6-B134-5497E46CF0F6}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5679192" y="4503399"/>
+              <a:ext cx="5008939" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="50800">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="25" name="Straight Connector 24">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{68DB5174-147B-5277-9AEB-64CA41B82850}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm flipV="1">
+              <a:off x="10661499" y="2477078"/>
+              <a:ext cx="0" cy="2026321"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="50800">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+      </p:grpSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="27" name="Picture 26" descr="A white and blue background with red text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF602F58-A7B3-C6F4-102E-96E08790841E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7787605" y="2997263"/>
+            <a:ext cx="2305464" cy="1317408"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE389C3C-5C49-C2EC-4CC7-70A98D1D9CD8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="29" name="Group 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B37C32B9-7A30-232E-464B-DE4A12EB10FF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="7496355" y="1707223"/>
+            <a:ext cx="3937901" cy="2956936"/>
+            <a:chOff x="7496355" y="1707223"/>
+            <a:chExt cx="3937901" cy="2956936"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:grpSp>
+          <p:nvGrpSpPr>
+            <p:cNvPr id="30" name="Group 29">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8C9A025-873B-F343-61CE-DB94E2B6CC87}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvGrpSpPr/>
+            <p:nvPr userDrawn="1"/>
+          </p:nvGrpSpPr>
+          <p:grpSpPr>
+            <a:xfrm>
+              <a:off x="9900923" y="1707223"/>
+              <a:ext cx="1533333" cy="1076190"/>
+              <a:chOff x="9888931" y="1421253"/>
+              <a:chExt cx="1533333" cy="1076190"/>
+            </a:xfrm>
+          </p:grpSpPr>
+          <p:pic>
+            <p:nvPicPr>
+              <p:cNvPr id="32" name="Picture 31">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D242776-0C3F-FC5D-B218-F4791672DEFD}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvPicPr>
+                <a:picLocks noChangeAspect="1"/>
+              </p:cNvPicPr>
+              <p:nvPr userDrawn="1"/>
+            </p:nvPicPr>
+            <p:blipFill>
+              <a:blip r:embed="rId3"/>
+              <a:stretch>
+                <a:fillRect/>
+              </a:stretch>
+            </p:blipFill>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="9888931" y="1421253"/>
+                <a:ext cx="1533333" cy="1076190"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+            </p:spPr>
+          </p:pic>
+          <p:sp>
+            <p:nvSpPr>
+              <p:cNvPr id="33" name="Rectangle 32">
+                <a:extLst>
+                  <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                    <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17918447-51B1-0E09-515D-016DA4EAE7A5}"/>
+                  </a:ext>
+                </a:extLst>
+              </p:cNvPr>
+              <p:cNvSpPr/>
+              <p:nvPr userDrawn="1"/>
+            </p:nvSpPr>
+            <p:spPr>
+              <a:xfrm>
+                <a:off x="10213675" y="1481575"/>
+                <a:ext cx="691391" cy="709533"/>
+              </a:xfrm>
+              <a:prstGeom prst="rect">
+                <a:avLst/>
+              </a:prstGeom>
+              <a:noFill/>
+              <a:ln w="50800">
+                <a:solidFill>
+                  <a:srgbClr val="7030A0"/>
+                </a:solidFill>
+              </a:ln>
+            </p:spPr>
+            <p:style>
+              <a:lnRef idx="2">
+                <a:schemeClr val="accent1">
+                  <a:shade val="50000"/>
+                </a:schemeClr>
+              </a:lnRef>
+              <a:fillRef idx="1">
+                <a:schemeClr val="accent1"/>
+              </a:fillRef>
+              <a:effectRef idx="0">
+                <a:schemeClr val="accent1"/>
+              </a:effectRef>
+              <a:fontRef idx="minor">
+                <a:schemeClr val="lt1"/>
+              </a:fontRef>
+            </p:style>
+            <p:txBody>
+              <a:bodyPr rtlCol="0" anchor="ctr"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr algn="ctr"/>
+                <a:endParaRPr lang="en-US" dirty="0"/>
+              </a:p>
+            </p:txBody>
+          </p:sp>
+        </p:grpSp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="31" name="Picture 30" descr="Text&#10;&#10;Description automatically generated with medium confidence">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{375B2C4D-8E83-7346-EDF8-B962B12006A4}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr userDrawn="1"/>
+          </p:nvPicPr>
+          <p:blipFill rotWithShape="1">
+            <a:blip r:embed="rId4" cstate="print">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:srcRect l="11840"/>
+            <a:stretch/>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="7496355" y="2635800"/>
+              <a:ext cx="3937901" cy="2028359"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="34" name="Group 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F211B4B0-1436-53C1-0AD5-1901851F7E02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="5644688" y="2477078"/>
+            <a:ext cx="5008939" cy="2026321"/>
+            <a:chOff x="5679192" y="2477078"/>
+            <a:chExt cx="5008939" cy="2026321"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="35" name="Straight Connector 34">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{573CCCF2-F20C-C072-6398-488DD5154EB2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
+            <p:nvPr userDrawn="1"/>
+          </p:nvCxnSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="5679192" y="4503399"/>
+              <a:ext cx="5008939" cy="0"/>
+            </a:xfrm>
+            <a:prstGeom prst="line">
+              <a:avLst/>
+            </a:prstGeom>
+            <a:ln w="50800">
+              <a:solidFill>
+                <a:srgbClr val="7030A0"/>
+              </a:solidFill>
+            </a:ln>
+          </p:spPr>
+          <p:style>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent1"/>
+            </a:lnRef>
+            <a:fillRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:fillRef>
+            <a:effectRef idx="0">
+              <a:schemeClr val="accent1"/>
+            </a:effectRef>
+            <a:fontRef idx="minor">
+              <a:schemeClr val="tx1"/>
+            </a:fontRef>
+          </p:style>
+        </p:cxnSp>
+        <p:cxnSp>
+          <p:nvCxnSpPr>
+            <p:cNvPr id="36" name="Straight Connector 35">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37273096-F9B0-DC9B-4D21-B77C33A355C2}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvCxnSpPr>
+              <a:cxnSpLocks/>
+            </p:cNvCxnSpPr>
             <p:nvPr userDrawn="1"/>
           </p:nvCxnSpPr>
           <p:spPr>
             <a:xfrm flipV="1">
               <a:off x="10661499" y="2477078"/>
               <a:ext cx="0" cy="2026321"/>
             </a:xfrm>
             <a:prstGeom prst="line">
               <a:avLst/>
             </a:prstGeom>
             <a:ln w="50800">
               <a:solidFill>
                 <a:srgbClr val="7030A0"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:lnRef>
             <a:fillRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="tx1"/>
             </a:fontRef>
           </p:style>
         </p:cxnSp>
       </p:grpSp>
-    </p:spTree>
-[...166 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="25" name="Picture 24">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9C1749E-1CE5-BF43-A2CA-D4558D0DF568}"/>
+          <p:cNvPr id="37" name="Picture 36" descr="A white and blue background with red text&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{557FAA21-6809-E6FA-FD80-1646B7A90979}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId5">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10905066" y="343554"/>
-            <a:ext cx="930884" cy="298656"/>
+            <a:off x="7787605" y="2997263"/>
+            <a:ext cx="2305464" cy="1317408"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...525 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="25" name="Picture 24">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9C1749E-1CE5-BF43-A2CA-D4558D0DF568}"/>
+          <p:cNvPr id="38" name="Picture 37">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4E8ACFDF-DA74-ADA2-AD59-6EC6AC8E14E5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
-[...1756 lines deleted...]
-          <a:blip r:embed="rId3">
+          <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="13190" t="1000" r="27199" b="1000"/>
+          <a:srcRect/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="65049" y="1409775"/>
-[...2988 lines deleted...]
-            <a:ext cx="2968776" cy="2367584"/>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2502881552"/>
-[...2279 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1659826630"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1908860097"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout40.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-[...3121 lines deleted...]
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Chart + Text">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Chart Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5331B36E-F88F-6541-A9EB-683988B7A6CA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="chart" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6773584" y="938944"/>
             <a:ext cx="4536375" cy="4980112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add chart</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25A7217F-514F-5C4F-8652-1D8416D4B884}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -25057,384 +31408,578 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...69 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{02900EE2-C6B8-B940-BCA8-9410B2FF19F1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1385642" y="2719103"/>
             <a:ext cx="4447890" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="4400" b="1" i="0">
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Chart Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="TextBox 9">
-[...52 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{001366E0-3DE0-4AE1-B9AA-837C7397EED1}"/>
+          <p:cNvPr id="13" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDCD4644-7AC5-4C6B-8067-61AA13EF0906}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="3940788"/>
-            <a:ext cx="2905872" cy="404560"/>
+            <a:off x="1361766" y="4411321"/>
+            <a:ext cx="4571998" cy="1983924"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr" anchorCtr="0">
+          <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr>
-[...5 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+            <a:lvl1pPr marL="171450" indent="-171450">
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Chart name</a:t>
+              <a:t>Bullets that describe your chart go here.</a:t>
             </a:r>
           </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Another bullet.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>And another bullet.</a:t>
+            </a:r>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Text Placeholder 9">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDCD4644-7AC5-4C6B-8067-61AA13EF0906}"/>
+          <p:cNvPr id="2" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0227A79-4FA3-1C31-9079-F2B868E94987}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D05843A1-C5A1-1137-BD5A-2704D0367B3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="4411321"/>
-            <a:ext cx="4571998" cy="1983924"/>
+            <a:off x="1361766" y="3875611"/>
+            <a:ext cx="4571998" cy="387343"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:normAutofit/>
+          <a:bodyPr anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
-            <a:lvl1pPr marL="171450" indent="-171450">
-[...5 lines deleted...]
-                </a:solidFill>
+            <a:lvl1pPr>
+              <a:defRPr sz="1800" b="0" i="0" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:defRPr sz="1200"/>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:defRPr sz="1200"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="1200"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Bullets that describe your chart go here.</a:t>
+              <a:t>Subtitle</a:t>
             </a:r>
           </a:p>
-          <a:p>
-[...12 lines deleted...]
-          </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4B75894-339B-FC52-C096-0A350D430423}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9C5F7ED9-78CF-61AD-2CC3-E5EA0ACA4662}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1618327891"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2758761773"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout46.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+<file path=ppt/slideLayouts/slideLayout41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
   <p:cSld name="Schedule/Roadmap">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F860443-FD8D-C647-9981-2101967BE972}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5850824" y="-1580244"/>
             <a:ext cx="365125" cy="9269230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:alpha val="4000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -25455,51 +32000,51 @@
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Rectangle 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{569ACF0B-29CC-444C-B342-4E55A2FBDDAA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5850824" y="-1123044"/>
             <a:ext cx="365125" cy="9269230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:alpha val="4000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -25520,51 +32065,51 @@
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8131DCF3-B764-9941-8237-3C2696AE4F39}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5850823" y="-665846"/>
             <a:ext cx="365125" cy="9269229"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:alpha val="4000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -25585,51 +32130,51 @@
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Rectangle 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{217B8014-C26D-1B4C-94D9-CCC6A2277EC5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5850824" y="-208650"/>
             <a:ext cx="365125" cy="9269230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:alpha val="4000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -25650,51 +32195,51 @@
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Rectangle 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B729337C-F9B3-3940-AB73-824C436A978D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5850823" y="248546"/>
             <a:ext cx="365125" cy="9269228"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:alpha val="4000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -25715,51 +32260,51 @@
               <a:lnSpc>
                 <a:spcPct val="110000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5A44CF5-E999-044F-8010-85645F6C7783}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm rot="5400000">
             <a:off x="5846377" y="710140"/>
             <a:ext cx="365125" cy="9260427"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="tx1">
               <a:alpha val="4000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
@@ -26610,51 +33155,51 @@
             <a:lvl5pPr>
               <a:defRPr sz="1200"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Month</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="37" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD1BC27C-F361-F549-B25B-4E99996DF118}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="9168950" y="6329277"/>
             <a:ext cx="2667000" cy="365125"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:defPPr>
               <a:defRPr lang="en-US"/>
             </a:defPPr>
             <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:defRPr sz="900" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -26736,3651 +33281,3730 @@
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
               </a:rPr>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="40" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06D0FAAF-4F27-0C45-BECE-7DF8E9A1A81F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1401706" y="1240510"/>
             <a:ext cx="4447890" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="4400" b="1" i="0">
                 <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
                 <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Chart Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="26" name="TextBox 25">
-[...12 lines deleted...]
-            <a:ext cx="7131204" cy="169277"/>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{078837D2-DD3D-B037-6170-92FC8FCCEBA3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850824" y="-1580244"/>
+            <a:ext cx="365125" cy="9269230"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-        </p:spPr>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
         <p:txBody>
-          <a:bodyPr wrap="square">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="l"/>
-[...1 lines deleted...]
-              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Rectangle 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3784A38F-2C47-CB66-CC22-4A5120B78027}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850824" y="-1123044"/>
+            <a:ext cx="365125" cy="9269230"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A8EDE23-BAD9-6FA2-5E09-16A4C4CEEED2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850823" y="-665846"/>
+            <a:ext cx="365125" cy="9269229"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Rectangle 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5E227E99-4E0D-77EF-3F5E-3077F5C1F9BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850824" y="-208650"/>
+            <a:ext cx="365125" cy="9269230"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{09F6A3DB-34B3-F211-76F5-8229FFB587D4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850823" y="248546"/>
+            <a:ext cx="365125" cy="9269228"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{382A1BDE-05DB-3B67-94DB-FB0230A97A32}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5846377" y="710140"/>
+            <a:ext cx="365125" cy="9260427"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA6F4E4A-7972-0D9E-E62F-EFCAA131B9C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
                 <a:solidFill>
                   <a:schemeClr val="tx2"/>
                 </a:solidFill>
-                <a:effectLst/>
-[...1 lines deleted...]
-                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:rPr>
-              <a:t>© 2022 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx2"/>
               </a:solidFill>
-              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
-              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Rectangle 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05D6832C-A2E0-F324-8A92-3E011D55CC74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850824" y="-1580244"/>
+            <a:ext cx="365125" cy="9269230"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Rectangle 25">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CA8448F2-3B02-7839-FBF9-B3537CAF1695}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850824" y="-1123044"/>
+            <a:ext cx="365125" cy="9269230"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Rectangle 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F184445D-B321-3035-7BD6-0AC8E77FC991}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850823" y="-665846"/>
+            <a:ext cx="365125" cy="9269229"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="32" name="Rectangle 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{701B37F9-84FD-5A9C-94D4-65EEC2B00E01}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850824" y="-208650"/>
+            <a:ext cx="365125" cy="9269230"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="33" name="Rectangle 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{817CFB48-DDAE-94D0-0BBB-BBFC5989AD33}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5850823" y="248546"/>
+            <a:ext cx="365125" cy="9269228"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Rectangle 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C450C34-BE32-0387-EF65-948394A8DC4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="5846377" y="710140"/>
+            <a:ext cx="365125" cy="9260427"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="tx1">
+              <a:alpha val="4000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr lIns="0" tIns="274320" rIns="0" bIns="0" rtlCol="0" anchor="t" anchorCtr="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="110000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1200" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{21088173-9C25-752F-343A-42F771FC2CF9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9168950" y="6329277"/>
+            <a:ext cx="2667000" cy="365125"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="0" bIns="45720" rtlCol="0" anchor="ctr" anchorCtr="0"/>
+          <a:lstStyle>
+            <a:defPPr>
+              <a:defRPr lang="en-US"/>
+            </a:defPPr>
+            <a:lvl1pPr marL="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="900" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="914400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1371600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1828800" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2286000" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2743200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9EFC1FA2-F8A3-0746-8D9D-CD1F82D82EE3}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="39" name="Picture 38">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A185B45A-F1EF-ECE7-DCEC-997EF4071657}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2304002873"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="555117363"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout47.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="Square Map">
+<file path=ppt/slideLayouts/slideLayout42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Thank You">
+    <p:bg>
+      <p:bgPr>
+        <a:blipFill dpi="0" rotWithShape="1">
+          <a:blip r:embed="rId2">
+            <a:lum/>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </a:blipFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="44" name="Rectangle 43">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BEC4EB5-F983-AD4C-92C7-35CE731D6D24}"/>
+          <p:cNvPr id="8" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38799CFA-5C6C-45ED-8A28-C41D1540E1FC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2789975"/>
+            <a:ext cx="8345827" cy="1001556"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:lnSpc>
+                <a:spcPts val="7800"/>
+              </a:lnSpc>
+              <a:defRPr sz="7000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Thank you.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AAD3A322-892D-44DF-A22E-7298FBD4F38F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="3156857" cy="6858000"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent2"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
-          <a:effectLst/>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="39" name="Text Placeholder 9">
-[...114 lines deleted...]
-            <a:ext cx="2667000" cy="365125"/>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAFB69C9-B4ED-83FA-4944-1F9F0D748B52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...169 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="21" name="Text Placeholder 9">
-[...230 lines deleted...]
-          </p:cNvSpPr>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{450767AB-82CA-456E-EE9E-3407045C95BE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="9168950" y="6329277"/>
-            <a:ext cx="2667000" cy="365125"/>
+            <a:off x="2001331" y="2339869"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...518 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent2"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="18" name="Picture 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B8783D81-24DB-FE47-A552-B901DF339E99}"/>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF7A461D-09D9-3181-D49B-3B342D069696}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10905066" y="345010"/>
+            <a:ext cx="930884" cy="295744"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3549599930"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="TItle - Insert your own image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Picture Placeholder 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03DB0522-AA01-974C-B196-3CE2E712D2F7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="16"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="0"/>
+            <a:ext cx="4006920" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr/>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click icon to add picture</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8949A044-B842-864C-A11F-7D9CE1C704F2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="10905066" y="343554"/>
-            <a:ext cx="930884" cy="298656"/>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Rectangle 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3999EB11-1D9A-0748-B135-9DD54C2A086B}"/>
+          <p:cNvPr id="9" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FB7DE73-1AF7-485E-B9B8-D2E578EFC85F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1400" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Rectangle 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D5AF7F24-E932-44F0-9642-1C00170A7018}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="3957786" cy="6857997"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="TextBox 8">
-[...17 lines deleted...]
-          <a:noFill/>
+          <p:cNvPr id="3" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AFFC435D-AC70-99CC-3998-D0A20C9FAA0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...52 lines deleted...]
-              <a:rPr lang="en-US" sz="4800" b="1" dirty="0">
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
                 <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
-              </a:rPr>
-              <a:t>Thank you.</a:t>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-    </p:spTree>
-[...34 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D019975-0731-6D5A-4CDE-91677D87E452}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192001" cy="1820788"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 6">
-[...96 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8984F6E6-B6AB-EF44-958F-C39B7595DAF2}"/>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{845EE8C1-C87F-1518-C40E-2FF38C6D820B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-1"/>
-            <a:ext cx="12192000" cy="6857997"/>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...119 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1270139088"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2941398133"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="3_TItle - Insert your own image">
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - Brand Image 1">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEA0199F-8826-4BC1-B330-D98FC50C46A8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192001" cy="1820788"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AFB8F32-E5A7-6442-8878-DB2BCE6BF1B3}"/>
+          <p:cNvPr id="4" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D62B83B3-85E2-B494-6581-0A6155874D4A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4682040" y="5177557"/>
-            <a:ext cx="4410339" cy="676627"/>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr tIns="0" anchor="b" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...7 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Presentation title</a:t>
+              <a:t>Presentation Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="Text Placeholder 15">
-[...48 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8984F6E6-B6AB-EF44-958F-C39B7595DAF2}"/>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{873731A1-6FE8-FF5D-5072-ABE82706754C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
-[...6 lines deleted...]
-          <p:cNvPicPr>
+          <p:cNvPr id="19" name="Picture 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DFDDB773-E5B0-8693-3B13-F2E2B84E6529}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr userDrawn="1"/>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2" cstate="print">
+          <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4553703" y="1679364"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="rect">
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="12" name="TextBox 11">
-[...117 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+          <p:cNvPr id="2" name="Rectangle 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDD8B443-8BA6-6170-D4E8-99D3436A018A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="-2" y="5067385"/>
-            <a:ext cx="12192001" cy="1820788"/>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...102 lines deleted...]
-          <p:cNvSpPr/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58043AA2-C0F7-4361-15A2-5506C72EB333}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
-        </p:nvSpPr>
-[...3 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2866906790"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - Brand Image 2">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...55 lines deleted...]
-          <a:noFill/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B9F40F9F-465A-74EF-5481-A5904C58A437}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
             <a:spAutoFit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr algn="r"/>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
-[...7 lines deleted...]
-              <a:t>© 2023 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="500" dirty="0">
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...69 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5601B665-1077-48FB-9642-EDA2E704E599}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192001" cy="1820788"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AFB8F32-E5A7-6442-8878-DB2BCE6BF1B3}"/>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D41942B8-655F-DF69-CCD9-5D5E9ED7690E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4373931" y="5177557"/>
-            <a:ext cx="4410339" cy="676627"/>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr tIns="0" anchor="b" anchorCtr="0">
+          <a:bodyPr anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...52 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Date here</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8984F6E6-B6AB-EF44-958F-C39B7595DAF2}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA2240AB-97D8-7137-1978-09667AA7FA26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="16290" r="44740"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D82204B7-C166-577C-B476-E6C202EF8A1B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="-1"/>
-            <a:ext cx="12192000" cy="6857997"/>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
-[...92 lines deleted...]
-          <p:cNvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DB2B26C-CD4A-CEA4-F856-12FFA6421DF5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="13885" r="38750"/>
+          <a:srcRect l="16290" r="44740"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="62374" y="714557"/>
-[...2 lines deleted...]
-          <a:prstGeom prst="rect">
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="703938910"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1014183987"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="6_TItle - Insert your own image">
+<file path=ppt/slideLayouts/slideLayout8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - Brand Image 3">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...4 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D34A4A2-F26E-E049-A953-7181944F170A}"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192001" cy="1820788"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="bg2"/>
+            <a:schemeClr val="accent3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
-[...3 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1AFB8F32-E5A7-6442-8878-DB2BCE6BF1B3}"/>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CDF841E1-35B9-01DD-E401-066C36674238}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4373931" y="5177557"/>
-            <a:ext cx="4410339" cy="676627"/>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr tIns="0" anchor="b" anchorCtr="0">
-            <a:noAutofit/>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
-              <a:lnSpc>
-[...7 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Presentation title</a:t>
+              <a:t>Presentation Title</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="50" name="Text Placeholder 15">
-[...48 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8984F6E6-B6AB-EF44-958F-C39B7595DAF2}"/>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD91214D-5496-5B53-3AB5-DAC4F61EF300}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
-          <p:nvPr userDrawn="1"/>
-[...4 lines deleted...]
-            <a:ext cx="12192000" cy="6857997"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-[...3 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...164 lines deleted...]
-          <p:cNvPr id="2" name="Title Placeholder 1"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8B883737-F9D7-F1F0-0602-D87EE971B148}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1524001" y="1253008"/>
-            <a:ext cx="9144000" cy="748788"/>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Picture 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC12C043-A124-9201-A6BF-9246C3DF9E21}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9AB44290-CB20-A7BC-98F9-0085E20D231E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...98 lines deleted...]
-            </a:solidFill>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{748196E0-D4FA-1C7B-D629-EEF8F4040B89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1695499414"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2378840974"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1">
+  <p:cSld name="Title - QMA Image">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A picture containing text, tableware&#10;&#10;Description automatically generated">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C4645B30-11E6-46BD-ACD7-17C6AC1FBC6B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4362115" y="595901"/>
+            <a:ext cx="3111598" cy="1089060"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Rectangle 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E1E02B00-922D-49D1-B83B-CB7210D2E73B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D02CB067-19AB-DF25-D42A-898AFF71F244}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="12" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="3756979"/>
+            <a:ext cx="6936542" cy="677108"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="b" anchorCtr="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="4400">
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Presentation Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Rectangle 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{299C9205-5653-D331-8C18-8C5CA0C95EA0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D7CFBC4-DC16-F501-C363-221EBFEABB1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="11" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="5066051"/>
+            <a:ext cx="4410339" cy="227391"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="b" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Date here</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA0E0EE7-615A-C079-0D93-7999D4E46699}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61E20BEE-E25E-FEE2-A622-917EBBBC3CFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4531558" y="4687506"/>
+            <a:ext cx="2109874" cy="125126"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:schemeClr val="accent3"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="4" name="Picture 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{70B5573E-9EBE-98A0-4744-43352890FD68}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr preferRelativeResize="0">
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="30515" r="30515"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-3" y="0"/>
+            <a:ext cx="4006921" cy="6858000"/>
+          </a:xfrm>
+          <a:prstGeom prst="round1Rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3566991117"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout40.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/></Relationships>
+</file>
+
+<file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:bg>
+      <p:bgPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:effectLst/>
+      </p:bgPr>
+    </p:bg>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524001" y="1253008"/>
+            <a:ext cx="9144000" cy="677108"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to edit Master title style</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 22"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1524000" y="2276475"/>
+            <a:ext cx="9144000" cy="3900488"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Click to edit Master text styles</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Second level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Third level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="3"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fourth level</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="4"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Fifth level</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="TextBox 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8E1628D-96F4-4D69-9E40-A414230B6057}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5060796" y="6656529"/>
+            <a:ext cx="7131204" cy="169277"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="500" b="0" i="0" u="none" strike="noStrike" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx2"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:rPr>
+              <a:t>© 2025 All Rights Reserved. Confidential property of Quartz. Do not distribute or reproduce without express permission from Quartz.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="500" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="tx2"/>
+              </a:solidFill>
+              <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+              <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2765282894"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
-    <p:sldLayoutId id="2147483819" r:id="rId1"/>
-[...47 lines deleted...]
-    <p:sldLayoutId id="2147483827" r:id="rId49"/>
+    <p:sldLayoutId id="2147483927" r:id="rId1"/>
+    <p:sldLayoutId id="2147483928" r:id="rId2"/>
+    <p:sldLayoutId id="2147483929" r:id="rId3"/>
+    <p:sldLayoutId id="2147483930" r:id="rId4"/>
+    <p:sldLayoutId id="2147483931" r:id="rId5"/>
+    <p:sldLayoutId id="2147483932" r:id="rId6"/>
+    <p:sldLayoutId id="2147483933" r:id="rId7"/>
+    <p:sldLayoutId id="2147483934" r:id="rId8"/>
+    <p:sldLayoutId id="2147483935" r:id="rId9"/>
+    <p:sldLayoutId id="2147483936" r:id="rId10"/>
+    <p:sldLayoutId id="2147483937" r:id="rId11"/>
+    <p:sldLayoutId id="2147483938" r:id="rId12"/>
+    <p:sldLayoutId id="2147483939" r:id="rId13"/>
+    <p:sldLayoutId id="2147483940" r:id="rId14"/>
+    <p:sldLayoutId id="2147483941" r:id="rId15"/>
+    <p:sldLayoutId id="2147483942" r:id="rId16"/>
+    <p:sldLayoutId id="2147483943" r:id="rId17"/>
+    <p:sldLayoutId id="2147483944" r:id="rId18"/>
+    <p:sldLayoutId id="2147483945" r:id="rId19"/>
+    <p:sldLayoutId id="2147483946" r:id="rId20"/>
+    <p:sldLayoutId id="2147483947" r:id="rId21"/>
+    <p:sldLayoutId id="2147483948" r:id="rId22"/>
+    <p:sldLayoutId id="2147483949" r:id="rId23"/>
+    <p:sldLayoutId id="2147483950" r:id="rId24"/>
+    <p:sldLayoutId id="2147483951" r:id="rId25"/>
+    <p:sldLayoutId id="2147483952" r:id="rId26"/>
+    <p:sldLayoutId id="2147483953" r:id="rId27"/>
+    <p:sldLayoutId id="2147483954" r:id="rId28"/>
+    <p:sldLayoutId id="2147483955" r:id="rId29"/>
+    <p:sldLayoutId id="2147483968" r:id="rId30"/>
+    <p:sldLayoutId id="2147483956" r:id="rId31"/>
+    <p:sldLayoutId id="2147483957" r:id="rId32"/>
+    <p:sldLayoutId id="2147483958" r:id="rId33"/>
+    <p:sldLayoutId id="2147483959" r:id="rId34"/>
+    <p:sldLayoutId id="2147483960" r:id="rId35"/>
+    <p:sldLayoutId id="2147483961" r:id="rId36"/>
+    <p:sldLayoutId id="2147483962" r:id="rId37"/>
+    <p:sldLayoutId id="2147483963" r:id="rId38"/>
+    <p:sldLayoutId id="2147483964" r:id="rId39"/>
+    <p:sldLayoutId id="2147483965" r:id="rId40"/>
+    <p:sldLayoutId id="2147483966" r:id="rId41"/>
+    <p:sldLayoutId id="2147483967" r:id="rId42"/>
   </p:sldLayoutIdLst>
   <p:hf hdr="0" ftr="0" dt="0"/>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" b="0" i="0" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
-          <a:latin typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+          <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
           <a:ea typeface="+mj-ea"/>
-          <a:cs typeface="Poppins Medium" pitchFamily="2" charset="77"/>
+          <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="120000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="600"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="110000"/>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buNone/>
-        <a:defRPr sz="1800" kern="1200">
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
         </a:defRPr>
       </a:lvl1pPr>
-      <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="120000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="600"/>
         </a:spcBef>
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="110000"/>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-        <a:buNone/>
-        <a:defRPr sz="1600" kern="1200">
+        <a:buChar char="•"/>
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
         </a:defRPr>
       </a:lvl2pPr>
-      <a:lvl3pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="120000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPts val="200"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1200" kern="1200">
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="70000"/>
+        <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+        <a:buChar char="o"/>
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
         </a:defRPr>
       </a:lvl3pPr>
-      <a:lvl4pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="120000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPts val="200"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1000" kern="1200">
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="90000"/>
+        <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+        <a:buChar char="§"/>
+        <a:tabLst>
+          <a:tab pos="1258888" algn="l"/>
+        </a:tabLst>
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
         </a:defRPr>
       </a:lvl4pPr>
-      <a:lvl5pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+      <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
-          <a:spcPct val="120000"/>
+          <a:spcPct val="100000"/>
         </a:lnSpc>
         <a:spcBef>
-          <a:spcPts val="600"/>
+          <a:spcPts val="200"/>
         </a:spcBef>
-        <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-[...1 lines deleted...]
-        <a:defRPr sz="1000" kern="1200">
+        <a:buClr>
+          <a:schemeClr val="accent1"/>
+        </a:buClr>
+        <a:buSzPct val="110000"/>
+        <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+        <a:buChar char="›"/>
+        <a:tabLst>
+          <a:tab pos="1033463" algn="l"/>
+        </a:tabLst>
+        <a:defRPr sz="1400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
         </a:defRPr>
       </a:lvl5pPr>
       <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPts val="500"/>
         </a:spcBef>
         <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
         <a:buChar char="•"/>
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
@@ -30554,9875 +37178,4115 @@
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="5" pos="6720">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="8" pos="3840">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="9" pos="5768">
           <p15:clr>
             <a:srgbClr val="F26B43"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.svg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.svg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quartzbenefits.com/providers/provider-resources/provider-resources-clinical-guidelines/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.quartzbenefits.com/providerforms6/ProviderMOC/Form" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.quartzbenefits.com/providerforms6/ProviderMOC/PharmacyForm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
-[...35 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.quartzbenefits.com/providerforms6/ProviderMOC/PharmacyForm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apps.quartzbenefits.com/providerforms6/ProviderMOC/Form" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Title 4">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A345A3AB-3622-4B84-84BA-83057083E733}"/>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F822775-0F9C-163E-6C99-2876608CFC8C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="title" idx="4294967295"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4839496" y="2617102"/>
-[...1 lines deleted...]
-          </a:xfrm>
+            <a:off x="646113" y="1619250"/>
+            <a:ext cx="11260137" cy="2392363"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+            <a:prstDash/>
+          </a:ln>
+          <a:effectLst/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPct val="120000"/>
               </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="4400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins SemiBold"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins SemiBold"/>
+              </a:rPr>
               <a:t>Provider/Pharmacist Training: </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="3200" dirty="0"/>
+              <a:rPr kumimoji="0" lang="en-US" sz="4400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" dirty="0"/>
-              <a:t>Dual Special Needs Plan (D-SNP)</a:t>
+              <a:rPr kumimoji="0" lang="en-US" sz="4400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins SemiBold"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins SemiBold"/>
+              </a:rPr>
+              <a:t>Dual Special Needs Plan </a:t>
             </a:r>
+            <a:br>
+              <a:rPr kumimoji="0" lang="en-US" sz="4400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins SemiBold" panose="00000700000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr kumimoji="0" lang="en-US" sz="4400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
+                <a:ln>
+                  <a:noFill/>
+                </a:ln>
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:effectLst/>
+                <a:uLnTx/>
+                <a:uFillTx/>
+                <a:latin typeface="Poppins SemiBold"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins SemiBold"/>
+              </a:rPr>
+              <a:t>(DSNP)</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Text Placeholder 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DEA4A013-F6DA-4B3D-9A16-54E2E6C3D73D}"/>
+          <p:cNvPr id="2" name="Text Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{410B6255-0926-D6A6-CE2C-D58CE53DBD25}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr>
-[...4 lines deleted...]
-        </p:spPr>
+        <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Provider training </a:t>
+              <a:t>CY 2026</a:t>
             </a:r>
-            <a:r>
-[...6 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="209697224"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2334526261"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D65634BB-2CE3-54A5-2BB3-63BE5CDFC2F8}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E352FEA1-93FF-4248-AB3C-F1B99BCBEE88}"/>
+          <p:cNvPr id="8" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C33CEBA1-7D2D-17EF-165C-7711D0BFF409}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5413085" y="1977390"/>
-            <a:ext cx="6897025" cy="3873981"/>
+            <a:off x="320000" y="499803"/>
+            <a:ext cx="10405169" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
-              <a:t>Elements </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Care Coordination Details</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture Placeholder 6">
-[...7 lines deleted...]
-            <a:picLocks/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BD04219-943F-8211-F067-BC7CED6E72C2}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...7 lines deleted...]
-          <a:stretch/>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="617220" y="731520"/>
-            <a:ext cx="4389120" cy="5486400"/>
+            <a:off x="320840" y="1606699"/>
+            <a:ext cx="908383" cy="908383"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5274FBE7-088C-9653-B5E2-971A72F62B79}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="308647" y="4336822"/>
+            <a:ext cx="920576" cy="914479"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63A152C9-780B-3810-4F46-47DBFC3BE500}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1466831" y="1558971"/>
+            <a:ext cx="10588284" cy="3970318"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Every member has access to an </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>Interdisciplinary Care Team (ICT).</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> The ICT uses the individualized care plan to support management and coordination of care. ICT members may include but are not limited to the member and/or caregiver/authorized representative, as appropriate, the PCP, case managers, specialty providers, clinical pharmacist, behavioral health specialists or other service providers. The continuous communication and outcomes of ICT meetings allow the case manager to refine and re-evaluate the member’s ICP based on direct feedback from the ICT members.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="TextBox 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF4B5968-C910-789F-364A-6CFE72F0D822}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1466831" y="4301949"/>
+            <a:ext cx="10588284" cy="2769989"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Regulations at 42 CFR §422.101(f)(i); 42 CFR §422.152(g)(2)(iv) require that all SNPs conduct a </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>Health Risk Assessment</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>. The Quartz Health Risk Assessment is conducted:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Initially within 90 days of enrollment</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Annually within 365 days of the previous HRAT</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>As needed with a change in health status</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="571325933"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="562254101"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1FB9A5F2-3102-5734-279E-37AB5ED451BA}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Oval 13">
-[...40 lines deleted...]
-        </p:style>
+          <p:cNvPr id="8" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{077FF5D1-9D1E-86C4-29CB-9D8C85DD0608}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="320000" y="376201"/>
+            <a:ext cx="10405169" cy="748788"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...54 lines deleted...]
-            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Care Coordination Details, continued</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
             <a:endParaRPr lang="en-US" dirty="0"/>
-          </a:p>
-[...276 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Graphic 8">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3716197-DC8B-4004-BD88-B7FD0C07F6F8}"/>
+          <p:cNvPr id="9" name="Picture 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9676F12E-4A88-3EC7-006E-7453B6E526BA}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2485402" y="3716933"/>
-            <a:ext cx="1770037" cy="1473077"/>
+            <a:off x="428887" y="1124989"/>
+            <a:ext cx="908383" cy="902286"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...10 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="TextBox 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{57ABC93B-6478-4AF1-732F-0919BE3478D8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...15 lines deleted...]
-            <a:ext cx="1013313" cy="1296171"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1446156" y="1124989"/>
+            <a:ext cx="10588284" cy="5816977"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-[...36 lines deleted...]
-      </p:pic>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>An Individualized Care Plan (ICP) </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>is developed to address needs identified in the HRAT and must include self-management goals, the member’s healthcare preferences, barriers, and descriptions of interventions to support health outcomes. ICP development:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>All members need to have an ICP even if they have not had an HRA</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>May be updated more frequently depending on the individual needs of each member, such as a change in conditions, transition of care, etc.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>For those members who are unable to be reached or do not complete a HRAT, an ICP may be completed using relevant information available to the health plan</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>The ICP is shared with members of the ICT using various methods based on member preference such as, but not limited to:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Verbal communication during face-to-face or telephonic activities</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Written communication </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="742950" lvl="1" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Electronic communication </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2387021101"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3337030585"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A63AE7D7-C9DF-52AE-4ED2-DD6CAC32111A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E352FEA1-93FF-4248-AB3C-F1B99BCBEE88}"/>
+          <p:cNvPr id="8" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51841A6A-77C5-01E9-789C-4A02431626FD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5413085" y="2524992"/>
-            <a:ext cx="6897025" cy="3326380"/>
+            <a:off x="320000" y="376201"/>
+            <a:ext cx="10405169" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
-              <a:t>D-SNP</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Care Coordination Details, conclusion</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="TextBox 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65F5F185-E34C-CD02-8F3E-A3DA8011EB3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1466831" y="1124989"/>
+            <a:ext cx="10588284" cy="3970318"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
-              <a:t>Model of care</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Regulations at 42 CFR §422.101(f)(2)(iii-v); 42 CFR §422.152(g)(2)(vii-x) require all SNPs to coordinate the delivery of care. </a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>Care Transition Protocols </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>support coordination of care across health care settings and include:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Following members across care settings during transitions (i.e., admission to a hospital) using a utilization management registered nurse who coordinates discharge planning and post-discharge services with the hospital, plan provider, and care management to ensure smooth transitions </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Identifying at-risk members through the HRA and most vulnerable member reports and notifying the plan provider of status or status changes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture Placeholder 6">
-[...7 lines deleted...]
-            <a:picLocks/>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{671347A7-5451-5C4B-4C75-7540BFBB60CD}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
-[...7 lines deleted...]
-          <a:stretch/>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="617220" y="731520"/>
-            <a:ext cx="4389120" cy="5486400"/>
+            <a:off x="320000" y="1224875"/>
+            <a:ext cx="908383" cy="902286"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A52429EF-9FA1-5A62-3B7A-B0E4835F2DCF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1466831" y="4188755"/>
+            <a:ext cx="10588284" cy="3662541"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>The </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
+              <a:t>face-to-face encounter</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>, must be between the member and a participant of the member’s ICT, the plan’s case management and coordination staff or contracted plan healthcare providers on at least an annual basis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>A face-for-face encounter must be either in person or through a visual, real-time, interactive telehealth encounter</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>The SNP must honor any member’s decision not to participate in a face-to-face encounter and should document that refusal to demonstrate compliance with the regulation</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{893A6E4F-7E36-FD45-15A3-D601EAC2EFD1}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="319999" y="4279697"/>
+            <a:ext cx="908383" cy="902286"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117072041"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2853691607"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D0687E8E-465B-DF3F-AC61-9DB30534B1FD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Title 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+          <p:cNvPr id="8" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDBAC4B4-BE08-5E4D-BE33-9CBFF491918C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067852"/>
-            <a:ext cx="8919371" cy="643717"/>
+            <a:off x="320000" y="376201"/>
+            <a:ext cx="10405169" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0"/>
-              <a:t>What is Model of Care?</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Quality</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Text Placeholder 18">
-[...7 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="9" name="Text Placeholder 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{388B34B6-B645-C2AC-41DF-3AEF500BCDEB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...7 lines deleted...]
-          </a:xfrm>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="448165" y="1627083"/>
+            <a:ext cx="11312911" cy="4947138"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr marL="0" indent="0">
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>The Model of Care (MOC) is considered a </a:t>
+              <a:t>The purpose of the plan’s Quality Improvement Program (QI Program) is to continually take a proactive approach to assure and improve the way the plan provides care and engages with its members, partners, and other stakeholders so that it may fully realize its vision, mission, and commitment to member care.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="280988" indent="-280988">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Quality performance improvement plan includes:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="566738" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Measurable </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
-              <a:t>vital quality improvement tool</a:t>
+              <a:t>goals and health outcomes </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> and integral component for ensuring that the unique needs of each beneficiary enrolled in a Special Needs Plan (SNP) are identified and addressed. </a:t>
+              <a:t>for the MOC reviewed continually and analyzed at least annually in line with the annual evaluation</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
-              <a:buNone/>
+            <a:pPr marL="566738" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>It is also a </a:t>
+              <a:t>Measure patient </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
-              <a:t>requirement</a:t>
+              <a:t>experience of care </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> for the application to start a SNP. Centers for Medicare and Medicaid Services (CMS) </a:t>
+              <a:t>throughout the year through plan data and surveys</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="566738" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>A process for ongoing </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
-              <a:t>requires</a:t>
+              <a:t>performance improvement evaluations </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t> all Medicare Advantage SNPs to have a MOC. </a:t>
+              <a:t>through plan committees</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="566738" indent="-285750">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>A communication plan to disseminate SNP quality performance related to the MOC</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="280988" indent="-280988">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="300"/>
+              </a:spcBef>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="515938" indent="-234950">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:tabLst>
+                <a:tab pos="692150" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2963624112"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1124391874"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{08B34F42-7ECE-7EE5-5624-4D1776B51931}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0329A15C-D842-4EB1-B4F1-84DD4F4C9E4E}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A447AD-29FE-4770-7CEC-CA5ABA74BF98}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1385642" y="873580"/>
-            <a:ext cx="10662332" cy="533186"/>
+            <a:off x="5413085" y="3070053"/>
+            <a:ext cx="5423277" cy="830997"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
-[...35 lines deleted...]
-          <a:bodyPr>
+          <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...135 lines deleted...]
-            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
-              <a:spcBef>
-[...69 lines deleted...]
-            <a:pPr algn="ctr"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Care </a:t>
+              <a:t>What is my role as the Provider?</a:t>
             </a:r>
-            <a:br>
-[...5 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...10 lines deleted...]
-          </p:cNvSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture Placeholder 6" descr="Close-up of two people holding hands">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85A1E20E-0D33-C085-0579-9FCC094D0F94}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
-[...5 lines deleted...]
-          <a:prstGeom prst="rect">
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="23703" r="27875" b="-2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="705575" y="685800"/>
+            <a:ext cx="3979860" cy="5486400"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1251 lines deleted...]
-      </p:sp>
+          <a:noFill/>
+          <a:ln w="25400">
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3944187621"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1355697690"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E0844D1C-1AB0-2105-D1C3-CB7F4FCB99B6}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="13" name="Title 12">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BBA39256-134C-49D7-B405-72D0C6F6D4CB}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF66D011-15F6-653D-583E-048735125F6C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1172307" y="1676400"/>
-            <a:ext cx="3364523" cy="3809999"/>
+            <a:off x="489858" y="825166"/>
+            <a:ext cx="11220422" cy="540971"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Description </a:t>
+              <a:t>Provider Role</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="16" name="Text Placeholder 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC1724DB-FF95-43F6-9F17-65C33437372B}"/>
+          <p:cNvPr id="2" name="Text Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F76A579-3986-5249-A9A7-6303F53DCACA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16"/>
+            <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5975031" y="883227"/>
-            <a:ext cx="5892072" cy="5379408"/>
+            <a:off x="1020407" y="1511388"/>
+            <a:ext cx="10362296" cy="5057578"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="6000"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Individuals who are age 65 and older</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Complete a face-to-face encounter within 12 months of enrollment and annually </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="6000"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Adults and children with disabilities </a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Encourage member to participate in care coordination by completing a HRAT and ICP</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="6000"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Aged, blind, or disabled (ABD) populations</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Be an active member of the Interdisciplinary Care Team supporting the continuity of care</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="6000"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Members with severe mental illness diagnosis</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Follow clinical practice guidelines including transitions of care. Clinical practice guidelines and resources adopted by Quartz are available at </a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:pPr marL="0" indent="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://quartzbenefits.com/providers/provider-resources/provider-resources-clinical-guidelines/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:spcAft>
-                <a:spcPts val="6000"/>
+                <a:spcPts val="600"/>
               </a:spcAft>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Members with complex care needs</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Complete the MOC training annually</a:t>
             </a:r>
           </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Review provider contribution to Quartz’s MOC performance</a:t>
+            </a:r>
+          </a:p>
         </p:txBody>
-      </p:sp>
-[...282 lines deleted...]
-        </p:style>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1762365684"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1015006976"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7F378E4-F9F7-E883-74DB-F10A58D0C79A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Title 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{571CEB8F-FA73-01BF-346B-623E65C1D914}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067852"/>
-            <a:ext cx="8919371" cy="643717"/>
+            <a:off x="489858" y="825166"/>
+            <a:ext cx="11220422" cy="540971"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0"/>
-              <a:t>Provider roles and responsibilities</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Provider engagement that qualifies for annual face-to-face encounter</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>A face-for-face encounter must be either in person or through a visual, real-time, interactive telehealth encounter and can include:</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Text Placeholder 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B26AEF-7810-43D8-B44B-D7B29FA82911}"/>
+          <p:cNvPr id="2" name="Text Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C70F915-6230-C139-44B3-FA5590A63FAD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16"/>
+            <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1981200"/>
-            <a:ext cx="10337866" cy="4282439"/>
+            <a:off x="1262145" y="3108960"/>
+            <a:ext cx="8207088" cy="3394052"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="231775" indent="-231775">
-[...7 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Complete a </a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Engaging with the member to oversee their health care</a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
-              <a:t>face-to-face encounter </a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Annual wellness visit or physical</a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>within 12 months of enrollment and annually thereafter for each SNP member</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Health Risk Assessment (HRA) completed in-person or via virtual telehealth</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="231775" indent="-231775">
-[...7 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Support the SNP member and encourage them to participate in care coordination by completing a </a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Care plan review or care coordination activities</a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" b="1" dirty="0"/>
-              <a:t>Health Risk Assessment</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Health related education</a:t>
             </a:r>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-[...96 lines deleted...]
-              <a:t>Review provider contribution to Quartz’s MOC performance</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Encounters may also address mental/behavioral health, or overall health, including functional status</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4006998574"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1068894073"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Title 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+          <p:cNvPr id="7" name="Title 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8BF0D52-3F0F-AD21-9518-EAB218291E00}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067852"/>
-            <a:ext cx="8919371" cy="643717"/>
+            <a:off x="2001331" y="2789975"/>
+            <a:ext cx="8345827" cy="2769989"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:r>
-[...34 lines deleted...]
-            <a:pPr marL="0" indent="0">
+            <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
-              <a:buClr>
-[...3 lines deleted...]
-              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-[...89 lines deleted...]
-              <a:t>Re-assessments due to change in health status or at least annually from </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>We are here to help</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-[...60 lines deleted...]
-              <a:t>Stratification of HRA responses set the timing for re-assessment</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>If you have questions about this training or Quartz DSNP MOC, please reach out to us at 1(800) 394-5566.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1455503312"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3783888947"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...38 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78E766BD-11AD-494F-96AD-FBC20771CB04}"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3879399-726F-5F3A-1740-0656C5D5F42F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5626639" y="1570892"/>
-            <a:ext cx="5464508" cy="1890538"/>
+            <a:off x="424016" y="1010603"/>
+            <a:ext cx="11343967" cy="904607"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Face-to-face encounters with providers</a:t>
+              <a:rPr lang="en-US" sz="4300" dirty="0"/>
+              <a:t>Attestation of D-SNP training completion</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Text Placeholder 4">
-[...17 lines deleted...]
-          </a:xfrm>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7B06AD93-3FBA-F735-CDFF-DB5A9806C2BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="424016" y="2817341"/>
+            <a:ext cx="11343967" cy="1938992"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-            <a:noAutofit/>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
+            <a:pPr marL="285750" marR="0" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Regulations at 42 CFR § 422.101(f)(1)(iv) require that all SNPs must provide for face-to-face encounters for the delivery of health care, care management or care coordination services. Face-to-face encounters must occur, as feasible and with the individual’s consent, on at least an annual basis beginning within the first 12 months of enrollment. The face-to-face encounter must be between each enrollee and a member of the enrollee’s ICT, the plan’s case management and coordination staff or contracted plan healthcare providers. A face-to-face encounter must be either in-person or through a visual, real-time, interactive telehealth encounter. The face-to-face encounter is part of the overall care management strategy.</a:t>
+              <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Medical Providers:</a:t>
             </a:r>
-          </a:p>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Click here</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> to complete the mandatory attestation of completion</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" marR="0" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" b="1" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Pharmacists:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="0000FF"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Click here</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3000" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> to complete the mandatory attestation of completion</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2795015307"/>
-[...263 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1075072582"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="315014979"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Title 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F475C0C8-93EA-C1E3-025C-ABDB3441345E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067853"/>
-            <a:ext cx="10463089" cy="596824"/>
+            <a:off x="938920" y="709552"/>
+            <a:ext cx="10314159" cy="540971"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0"/>
-              <a:t>D-SNP training objectives</a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Poppins SemiBold"/>
+                <a:cs typeface="Poppins SemiBold"/>
+              </a:rPr>
+              <a:t>DSNP Training Objectives</a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins"/>
+                <a:cs typeface="Poppins"/>
+              </a:rPr>
+              <a:t>The Centers for Medicare &amp; Medicaid Services (CMS) require Quartz to provide Model of Care (MOC) training for all care providers and pharmacists in-network for a Special Needs Plan (SNP) as well as out-of-network care providers seen by SNP members routinely.  Training objectives include:</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0">
+              <a:latin typeface="Poppins"/>
+              <a:cs typeface="Poppins"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Text Placeholder 18">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B26AEF-7810-43D8-B44B-D7B29FA82911}"/>
+          <p:cNvPr id="2" name="Text Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06A82C3A-994C-F744-F521-9327C40F4931}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16"/>
+            <p:ph type="body" sz="quarter" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361765" y="1852246"/>
-            <a:ext cx="9543299" cy="4850005"/>
+            <a:off x="1262145" y="3108960"/>
+            <a:ext cx="8207088" cy="3394052"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPct val="110000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>101 Overview of Medicare Advantage Prescription Drug (MAPD) </a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Defining Medicare Special Needs Plans (SNP)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPct val="110000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Types of models for MAPD Special Needs Plans (SNP)</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Outlining key components of the Model of Care</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPct val="110000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>D-SNP eligibility</a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Understanding the provider’s roles and responsibilities</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPct val="110000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Identify the elements for success </a:t>
+              <a:rPr lang="en-US" sz="2000" b="0" dirty="0">
+                <a:latin typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>Describing quality measurement and performance improvement</a:t>
             </a:r>
-          </a:p>
-[...157 lines deleted...]
-            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1984891493"/>
-[...4097 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3999777445"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="877178696"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E352FEA1-93FF-4248-AB3C-F1B99BCBEE88}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{936D5A2B-6C77-4C87-7AAF-FAEAA83D9AD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5413085" y="1977390"/>
-            <a:ext cx="6526070" cy="3873981"/>
+            <a:off x="5413085" y="2239058"/>
+            <a:ext cx="5423277" cy="2492990"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
-[...3 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="4400" dirty="0"/>
-[...7 lines deleted...]
-              <a:t>Medicare Advantage Prescription Drug (MAPD) Part C &amp; Part D</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What is a Special Needs Plan (SNP)?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture Placeholder 6">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8302FC32-F35F-49D8-88D0-915BD1EE4255}"/>
+          <p:cNvPr id="2" name="Picture Placeholder 6" descr="close up of calculator and stethoscope placed on invoice">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE3F71B3-1277-D2B9-E64D-3C8D74D7FF0C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId2">
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="26015" r="26015"/>
+          <a:srcRect l="26903" r="26903"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="666560" y="680537"/>
+            <a:off x="727649" y="680537"/>
             <a:ext cx="3957786" cy="5496925"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
+          <a:prstGeom prst="round2DiagRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2985575898"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2028887004"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F0BC7F47-F1E7-8AF0-5847-AA57BAB26236}"/>
+              </a:ext>
+              <a:ext uri="{C183D7F6-B498-43B3-948B-1728B52AA6E4}">
+                <adec:decorative xmlns:adec="http://schemas.microsoft.com/office/drawing/2017/decorative" val="1"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="3904" t="216" r="29823" b="313"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="559170" y="1191299"/>
+            <a:ext cx="4475405" cy="4475404"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Title 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28BE2823-0523-7883-556E-D4536DCEA016}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="779800"/>
-            <a:ext cx="9642207" cy="911672"/>
+            <a:off x="5215159" y="158738"/>
+            <a:ext cx="5464508" cy="1205586"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="2800" dirty="0"/>
-              <a:t>101 Overview Medicare Advantage Prescription Drug (MAPD) Part C &amp; Part D</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Special Needs Plans (SNPs):</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Text Placeholder 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4B26AEF-7810-43D8-B44B-D7B29FA82911}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0B8B88C-B38D-298B-661B-B75480DF6A3D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16"/>
+            <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361765" y="1852246"/>
-            <a:ext cx="9543299" cy="5005754"/>
+            <a:off x="5215159" y="1435608"/>
+            <a:ext cx="6836633" cy="5263654"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="231775" indent="-231775">
-[...6 lines deleted...]
-              <a:buSzPct val="110000"/>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Part C (Medicare Advantage) </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>A SNP is a Medicare Advantage coordinated care plan (CCP)</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="517525" indent="-285750">
-[...8 lines deleted...]
-              <a:buChar char="§"/>
+            <a:pPr marL="285750" indent="-285750">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>All-in-one or bundled plan options include Part A, Part B, and usually Part D</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>SNPs are specifically designed to provide targeted care to individuals with special needs, identified as:</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="517525" indent="-285750">
-[...9 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="742950" lvl="2" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Includes Special Needs Plans (SNP)</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Facility-based institutionalized individuals</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="231775" indent="-231775">
-[...7 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="742950" lvl="2" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Health plan options </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Dual eligible individuals (Medicare and Medicaid)</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="574675" indent="-342900">
-[...9 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="742950" lvl="2" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Approved by Medicare </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Individuals with specific severe or disabling chronic conditions </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="574675" indent="-342900">
-[...9 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="742950" lvl="2" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>Run by private insurance companies </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Individuals living in the community and requiring an institutional level of care</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="574675" indent="-342900">
-[...9 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="457200" lvl="1" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
-[...95 lines deleted...]
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Members are still in the Medicare Program</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="517525" indent="-285750">
-[...9 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="742950" lvl="2" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Medicare pays the plan premium every month for the member’s care </a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="517525" indent="-285750">
-[...9 lines deleted...]
-            </a:pPr>
+            <a:pPr marL="742950" lvl="2" indent="-285750"/>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
               <a:t>Members have Medicare rights and protections </a:t>
             </a:r>
-          </a:p>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2085367523"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1143116085"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E352FEA1-93FF-4248-AB3C-F1B99BCBEE88}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{943EDE89-C8AB-62B4-F821-99C5D7437E24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5413085" y="1977390"/>
-            <a:ext cx="6897025" cy="3873981"/>
+            <a:off x="2107085" y="2109763"/>
+            <a:ext cx="9315865" cy="3742397"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
-              <a:t>Types of models </a:t>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Quartz offers a Dual Special Needs Plan* available for eligible members who qualify for both Medicare and Medicaid.</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...10 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{41706D93-A3FB-C145-19BB-30B8944D91E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...14 lines deleted...]
-            <a:ext cx="4389120" cy="5486400"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6592824" y="5775222"/>
+            <a:ext cx="5102352" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-      </p:pic>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="r"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:cs typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              </a:rPr>
+              <a:t>*Plan name: Quartz Dual Eligible with Rx</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4014913713"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="706148392"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Title 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+          <p:cNvPr id="3" name="Title 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{936D5A2B-6C77-4C87-7AAF-FAEAA83D9AD9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067853"/>
-            <a:ext cx="8919371" cy="596824"/>
+            <a:off x="5413085" y="2239057"/>
+            <a:ext cx="5423277" cy="2492990"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0"/>
-              <a:t>Types of Special Needs Plans </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>What is the DSNP Model of Care?</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...113 lines deleted...]
-      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture Placeholder 6" descr="Daughter bonding with father in wheelchair">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79DB060F-E083-00FB-AE58-08678988C6BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="26016" r="26016"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="818960" y="737089"/>
+            <a:ext cx="3957786" cy="5496925"/>
+          </a:xfrm>
+          <a:prstGeom prst="round2DiagRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2282998006"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4105728815"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Title 5">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E352FEA1-93FF-4248-AB3C-F1B99BCBEE88}"/>
+          <p:cNvPr id="23" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEDD0421-ED2C-8E41-8806-7C8D31D66D23}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5413085" y="1977390"/>
-            <a:ext cx="6897025" cy="3873981"/>
+            <a:off x="582437" y="488116"/>
+            <a:ext cx="9905753" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
-              <a:t>D-SNP</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>DSNP Model of Care</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="en-US" sz="6000" dirty="0"/>
-              <a:t>eligibility</a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>The Model of Care (MOC) is considered a vital quality improvement tool and integral component for ensuring that the unique needs of each beneficiary enrolled in a Special Needs Plan (SNP) are identified and addressed. </a:t>
             </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Picture Placeholder 6">
-[...7 lines deleted...]
-            <a:picLocks/>
+          <p:cNvPr id="14" name="Picture Placeholder 33" descr="Member icon">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{217A6673-797A-75EC-04CB-2D931763CE18}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2" cstate="print">
+        <p:blipFill>
+          <a:blip r:embed="rId3" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
-          <a:srcRect l="26663" r="19997"/>
+          <a:srcRect l="100" r="100"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="617220" y="731520"/>
-            <a:ext cx="4389120" cy="5486400"/>
+            <a:off x="952375" y="2644815"/>
+            <a:ext cx="1673236" cy="1676592"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E4F48CF1-37DA-C9C3-05A3-2518397B520E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1401266" y="4017988"/>
+            <a:ext cx="3017024" cy="387343"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr" anchorCtr="0">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buNone/>
+              <a:defRPr sz="1800" b="0" i="0" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>SNP Population</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="34" name="Picture Placeholder 33" descr="Stethoscope icon">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF524C5C-15F4-794F-9896-5522AACD59D5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="20"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="100" r="100"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3827508" y="2682186"/>
+            <a:ext cx="1673236" cy="1676592"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5EF3BA64-389F-482D-A44C-6B3855EAABC5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4347631" y="4017988"/>
+            <a:ext cx="3017024" cy="387343"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Provider Network</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Picture Placeholder 33" descr="Hand holding a heart icon">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{600B8932-4D4C-401D-B37A-C2615C3407A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5" cstate="print">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="100" r="100"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6725791" y="2544919"/>
+            <a:ext cx="1673236" cy="1676592"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD73A544-E219-4223-B7A3-2310B71E3250}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="26"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7089551" y="3934063"/>
+            <a:ext cx="3017024" cy="387344"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Care Coordination</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture Placeholder 33" descr="Clipboard Checked outline">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F1AEF74-B8D3-FC8C-C5EE-4AD37AF1FD90}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6">
+            <a:extLst>
+              <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
+                <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId7"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="100" r="100"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9987834" y="2873313"/>
+            <a:ext cx="1058626" cy="1060750"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Text Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB69D4F2-22E2-4E98-A821-99184CB2309F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="29"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10132491" y="3873088"/>
+            <a:ext cx="3017024" cy="387344"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Quality</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1643530878"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4054228961"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AF072470-CE6F-5381-BDC8-F9221655A878}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="Title 17">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{75315A83-48BF-4E69-9909-20A3DFC26CD9}"/>
+          <p:cNvPr id="8" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{327614C3-70B6-5D01-8165-BDFFB4045FE3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1361766" y="1067852"/>
-            <a:ext cx="8919371" cy="1275297"/>
+            <a:off x="320000" y="499803"/>
+            <a:ext cx="10405169" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="4000" dirty="0"/>
-              <a:t>Dual Special Needs Plan (D-SNP)</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>SNP Population</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="en-US" sz="4000" dirty="0"/>
+              <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Text Placeholder 18">
-[...7 lines deleted...]
-            <a:spLocks noGrp="1"/>
+          <p:cNvPr id="13" name="Text Placeholder 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15A7AE9C-2A5A-16B8-378B-719510A7B05A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
           </p:cNvSpPr>
-          <p:nvPr>
-[...7 lines deleted...]
-          </a:xfrm>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="914400" y="1471448"/>
+            <a:ext cx="10184524" cy="1957552"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
-          <a:lstStyle/>
-[...1 lines deleted...]
-            <a:pPr marL="0" indent="0">
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPts val="600"/>
               </a:spcBef>
               <a:buClr>
                 <a:schemeClr val="accent1"/>
               </a:buClr>
               <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
-            </a:pPr>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="600"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="200"/>
+              </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
+              <a:defRPr sz="1200" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="-285750"/>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>Types of the Medicaid eligibility categories encompass all categories </a:t>
+              <a:t>Individuals who are age 65 and older</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="-285750"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Adults with disabilities </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="-285750"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Members with severe mental illness diagnosis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" lvl="1" indent="-285750"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Members with complex care needs</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" sz="2000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>SNP members often have comorbidities such as diabetes, chronic heart failure, cardiovascular disease or chronic lung diseases.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+            </a:br>
             <a:br>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2000" dirty="0"/>
-              <a:t>of Medicaid eligibility, including:</a:t>
+              <a:t>They may experience barriers including, health literacy challenges, poor socioeconomic status, cultural barriers, limited resources, limited access to health resources, and caregiver limitations</a:t>
             </a:r>
-          </a:p>
-[...12 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2000" dirty="0"/>
-[...115 lines deleted...]
-              <a:t>Qualified Disabled and Working Individual (QDWI)</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="854637866"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2760927311"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE224471-8622-26EE-7A01-7D4B76585E37}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Title 3">
-[...2 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0329A15C-D842-4EB1-B4F1-84DD4F4C9E4E}"/>
+          <p:cNvPr id="8" name="Title 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{62F755B7-00B2-ED10-0CEF-0B2B31B392E4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1385642" y="1335807"/>
-            <a:ext cx="9059608" cy="1989284"/>
+            <a:off x="320000" y="499803"/>
+            <a:ext cx="10405169" cy="748788"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Quartz D-SNP</a:t>
+              <a:t>Provider Network</a:t>
             </a:r>
             <a:br>
               <a:rPr lang="en-US" dirty="0"/>
             </a:br>
-            <a:r>
-[...10 lines deleted...]
-            </a:endParaRPr>
+            <a:br>
+              <a:rPr lang="en-US" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Text Placeholder 6">
-[...82 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EBB70F6-7AA0-4872-9E7E-22533BCD6B32}"/>
+          <p:cNvPr id="13" name="Text Placeholder 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D2C746-9AFA-83F1-3CAF-CFDFE066C089}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4054053" y="3640973"/>
-            <a:ext cx="2260235" cy="1528904"/>
+            <a:off x="914400" y="1471448"/>
+            <a:ext cx="10184524" cy="1957552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr" anchorCtr="0">
+          <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="120000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
-              <a:defRPr sz="1600" b="1" i="0" kern="1200" spc="80" baseline="0">
-[...5 lines deleted...]
-                <a:cs typeface="Poppins SemiBold" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="1400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl2pPr marL="171450" indent="-171450" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="600"/>
               </a:spcBef>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
+              <a:buChar char="•"/>
               <a:defRPr sz="1200" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl3pPr marL="457200" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
+                <a:spcPts val="200"/>
               </a:spcBef>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="70000"/>
+              <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
+              <a:buChar char="o"/>
               <a:defRPr sz="1200" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl4pPr marL="731520" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
+                <a:spcPts val="200"/>
               </a:spcBef>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="90000"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+              <a:tabLst>
+                <a:tab pos="1258888" algn="l"/>
+              </a:tabLst>
               <a:defRPr sz="1200" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl5pPr marL="914400" indent="-182880" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
-                <a:spcPct val="120000"/>
+                <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="600"/>
+                <a:spcPts val="200"/>
               </a:spcBef>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
+              <a:buClr>
+                <a:schemeClr val="accent1"/>
+              </a:buClr>
+              <a:buSzPct val="110000"/>
+              <a:buFont typeface="Poppins" panose="00000500000000000000" pitchFamily="2" charset="0"/>
+              <a:buChar char="›"/>
+              <a:tabLst>
+                <a:tab pos="1033463" algn="l"/>
+              </a:tabLst>
               <a:defRPr sz="1200" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Poppins" pitchFamily="2" charset="77"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Poppins" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
@@ -40462,734 +41326,131 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Enrolled in Medicare Part B (Medical) </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>The SNP provider network is made up of health care providers who are contracted to offer health care services to SNP members. The PCP is responsible for primary care and care coordination for beneficiaries. Collaboration of the ICT is facilitated through communication of the ICP.</a:t>
             </a:r>
           </a:p>
-        </p:txBody>
-[...196 lines deleted...]
-            <a:pPr algn="ctr"/>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Lives in plan </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t> </a:t>
             </a:r>
-            <a:br>
-[...1 lines deleted...]
-            </a:br>
+          </a:p>
+          <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
-              <a:t>service area </a:t>
+              <a:rPr lang="en-US" sz="2000" dirty="0"/>
+              <a:t>Quartz Provider Network includes specialized expertise of the provider network for the unique needs of the population served.</a:t>
             </a:r>
-          </a:p>
-[...402 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2177816536"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="690869161"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="QuartzPPT2024">
   <a:themeElements>
-    <a:clrScheme name="Custom 1">
+    <a:clrScheme name="Quartz2024">
       <a:dk1>
         <a:srgbClr val="041343"/>
       </a:dk1>
       <a:lt1>
-        <a:srgbClr val="FCF8F5"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="ADADAB"/>
+        <a:srgbClr val="6D6E71"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E5E3"/>
+        <a:srgbClr val="D7D7D7"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="DA0024"/>
+        <a:srgbClr val="C8102E"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="45BFB0"/>
+        <a:srgbClr val="32BCAD"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="B3E5DE"/>
+        <a:srgbClr val="B6E0DA"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="9ADCD2"/>
+        <a:srgbClr val="7ECDC3"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="00A298"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="E8E4E2"/>
+        <a:srgbClr val="164368"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="C8102E"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="D75749"/>
+        <a:srgbClr val="910B1D"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Bazz Fonts - Inter">
+    <a:fontScheme name="Custom 2">
       <a:majorFont>
-        <a:latin typeface="Inter Bold"/>
+        <a:latin typeface="Poppins"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Inter"/>
+        <a:latin typeface="Poppins"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
@@ -41322,51 +41583,51 @@
         <a:defPPr algn="ctr">
           <a:defRPr/>
         </a:defPPr>
       </a:lstStyle>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </a:style>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="QuartzPPT2024" id="{F84E99A2-D769-431F-B835-77D751C788B9}" vid="{C02BB64F-455D-4098-A806-1C26C5F36276}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=ppt/theme/theme2.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -41852,117 +42113,107 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>QuartzPPT2024</Template>
   <TotalTime></TotalTime>
-  <Words>2415</Words>
+  <Words>1338</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>211</Paragraphs>
-[...1 lines deleted...]
-  <Notes>0</Notes>
+  <Paragraphs>110</Paragraphs>
+  <Slides>18</Slides>
+  <Notes>18</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>28</vt:i4>
+        <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="37" baseType="lpstr">
+    <vt:vector size="26" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
-      <vt:lpstr>Inter</vt:lpstr>
       <vt:lpstr>Poppins</vt:lpstr>
       <vt:lpstr>Poppins Medium</vt:lpstr>
       <vt:lpstr>Poppins SemiBold</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
-      <vt:lpstr>Office Theme</vt:lpstr>
-[...26 lines deleted...]
-      <vt:lpstr>D-SNP quality measurement and performance improvement</vt:lpstr>
+      <vt:lpstr>QuartzPPT2024</vt:lpstr>
+      <vt:lpstr>Provider/Pharmacist Training:  Dual Special Needs Plan  (DSNP)</vt:lpstr>
+      <vt:lpstr>DSNP Training Objectives The Centers for Medicare &amp; Medicaid Services (CMS) require Quartz to provide Model of Care (MOC) training for all care providers and pharmacists in-network for a Special Needs Plan (SNP) as well as out-of-network care providers seen by SNP members routinely.  Training objectives include:</vt:lpstr>
+      <vt:lpstr>What is a Special Needs Plan (SNP)?</vt:lpstr>
+      <vt:lpstr>Special Needs Plans (SNPs):</vt:lpstr>
+      <vt:lpstr>Quartz offers a Dual Special Needs Plan* available for eligible members who qualify for both Medicare and Medicaid. </vt:lpstr>
+      <vt:lpstr>What is the DSNP Model of Care?</vt:lpstr>
+      <vt:lpstr>DSNP Model of Care The Model of Care (MOC) is considered a vital quality improvement tool and integral component for ensuring that the unique needs of each beneficiary enrolled in a Special Needs Plan (SNP) are identified and addressed.  </vt:lpstr>
+      <vt:lpstr>SNP Population  </vt:lpstr>
+      <vt:lpstr>Provider Network  </vt:lpstr>
+      <vt:lpstr>Care Coordination Details  </vt:lpstr>
+      <vt:lpstr>Care Coordination Details, continued  </vt:lpstr>
+      <vt:lpstr>Care Coordination Details, conclusion  </vt:lpstr>
+      <vt:lpstr>Quality  </vt:lpstr>
+      <vt:lpstr>What is my role as the Provider?</vt:lpstr>
+      <vt:lpstr>Provider Role  </vt:lpstr>
+      <vt:lpstr>Provider engagement that qualifies for annual face-to-face encounter A face-for-face encounter must be either in person or through a visual, real-time, interactive telehealth encounter and can include: </vt:lpstr>
+      <vt:lpstr>We are here to help If you have questions about this training or Quartz DSNP MOC, please reach out to us at 1(800) 394-5566.</vt:lpstr>
       <vt:lpstr>Attestation of D-SNP training completion</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>TemplateZuu</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>