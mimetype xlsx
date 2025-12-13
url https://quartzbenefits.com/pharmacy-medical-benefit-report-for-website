--- v0 (2025-11-17)
+++ v1 (2025-12-13)
@@ -1,3510 +1,3565 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Pharmacy Program\Medical Benefits\Medical Benefits posting to website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E919964-159A-4646-86BA-810E6C030CD5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA17C681-828D-47A2-8DB9-58B1E21DBB68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Pharmacy - Medical Benefit Repo" sheetId="1" r:id="rId1"/>
+    <sheet name="PA Medical Benefit Drugs" sheetId="1" r:id="rId1"/>
+    <sheet name="Termed PA Medical Benefit Drugs" sheetId="2" r:id="rId2"/>
   </sheets>
-  <definedNames>
-[...2 lines deleted...]
-  <calcPr calcId="0"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1791" uniqueCount="1130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2106" uniqueCount="1134">
   <si>
     <t>HCPCS Code</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Comments Pharmacy Benefits Program</t>
-  </si>
-[...3301 lines deleted...]
-    <t>DENOSUMAB-DSSB, 1 MG</t>
   </si>
   <si>
     <t>MCG PA Criteria Code</t>
   </si>
   <si>
     <r>
       <t>Date Posted to the Website:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
-        <color theme="2"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
-      <t xml:space="preserve">  11/01/2025. </t>
+      <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color theme="2"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
-      <t xml:space="preserve"> </t>
+      <t xml:space="preserve">
+</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color theme="2"/>
         <rFont val="Poppins"/>
       </rPr>
-      <t xml:space="preserve">This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products require an approved prior authorization for coverage.  Drugs listed as Not Covered require an approved medical necessity exception for coverage.  Drugs that are typically filled at the pharmacy and are self-administred (given by the person or a family member) are not covered if given in a clinic or other place by a healthcare professional and billed to a person's medical benefit.  Some medical benefit drugs do not have a unique billing code and are submitted using a non-specific miscellanous (can be used for any product) drug code.  </t>
+      <t xml:space="preserve">•This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products require an approved prior authorization for coverage.  
+•Drugs listed as Not Covered require an approved medical necessity exception for coverage.  
+•Drugs that are typically filled at the pharmacy and are self-administred (given by the person or a family member) are </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color theme="2"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
-      <t xml:space="preserve">All drug claims billed with a miscellaneous code such as C9399, J0220, J0256, J1566, J1599, J1729, J3490, J3535, J3590, J3591, J7192, J7195, J7199, J7599, J7699, J7799, J7999, J8499, J8597, J8999, or J9999 require an approved prior authorization for coverage if the submitted charge for the drug is $2500.00 or more.   </t>
+      <t xml:space="preserve">not covered </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
-        <color theme="2"/>
         <rFont val="Poppins"/>
       </rPr>
-      <t>Chimeric antigen receptor T-cell (CAR-T) cell therapies are not listed as drugs but do require prior authorization for coverage.  Please contact Quartz Customer Success at (800) 897-1923 with questions related to CAR-T treatment.</t>
+      <t xml:space="preserve">if given in a clinic or other place by a healthcare professional and billed to a person's medical benefit.  
+•Some medical benefit drugs do not have a unique billing code and are submitted using a non-specific miscellanous (can be used for any product) drug code.  </t>
     </r>
-  </si>
-[...67 lines deleted...]
-    <t>Update medical claims processing to pay without prior authorization for ages 19 and older</t>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Poppins SemiBold"/>
+      </rPr>
+      <t xml:space="preserve">All drug claims billed with a miscellaneous code such as C9399, J0220, J0256, J1566, J1599, J1729, J3490, J3535, J3590, J3591, J7192, J7195, J7199, J7599, J7699, J7799, J7999, J8499, J8597, J8999, or J9999 require an approved prior authorization for coverage if the submitted charge for the drug is $2500.00 or more or if included in the listing below as MISC.   
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t>•Chimeric antigen receptor T-cell (CAR-T) cell therapies are not listed as drugs but do require prior authorization for coverage.  Please contact Quartz Customer Success at (800) 897-1923 with questions related to CAR-T treatment.</t>
+    </r>
+  </si>
+  <si>
+    <t>PA Effective Date</t>
+  </si>
+  <si>
+    <t>Restricted Medical Benefit Drug List</t>
+  </si>
+  <si>
+    <t>PA Term Date</t>
+  </si>
+  <si>
+    <t>Recent Medical Benefit Drug Restriction Removals</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t xml:space="preserve">•This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products no longer require a prior authorization for coverage. *
+*Products will be listed for one month after the restriction has been removed.  If no drugs are listed there have been no recent medical benefit drug restriction removals.
+</t>
+    </r>
+  </si>
+  <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>J0129</t>
+  </si>
+  <si>
+    <t>DC-0084</t>
+  </si>
+  <si>
+    <t>ORENCIA      INJ 250MG</t>
+  </si>
+  <si>
+    <t>ABATACEPT FOR IV SOLN 250 MG</t>
+  </si>
+  <si>
+    <t>Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J0586</t>
+  </si>
+  <si>
+    <t>DB-0016</t>
+  </si>
+  <si>
+    <t>DYSPORT      INJ</t>
+  </si>
+  <si>
+    <t>ABOBOTULINUMTOXINA FOR IM INJ</t>
+  </si>
+  <si>
+    <t>BadgerCare criteria, Administration codes 64615 &amp; 52287 require PA</t>
+  </si>
+  <si>
+    <t>DC-0130</t>
+  </si>
+  <si>
+    <t>Administration codes 64615 &amp; 52287 require PA</t>
+  </si>
+  <si>
+    <t>J0139</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>ADALIMUMAB BIOSIM- PFS, AUTO INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J0135</t>
+  </si>
+  <si>
+    <t>HUMIRA       INJ - PFS, AUTO INJ</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB -PFS, AUTO INJ</t>
+  </si>
+  <si>
+    <t>Q5144</t>
+  </si>
+  <si>
+    <t>IDACIO</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-AACF</t>
+  </si>
+  <si>
+    <t>Q5141</t>
+  </si>
+  <si>
+    <t>YUFLYMA</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-AATY</t>
+  </si>
+  <si>
+    <t>Q5143</t>
+  </si>
+  <si>
+    <t>CYLTEZO</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-ADBM</t>
+  </si>
+  <si>
+    <t>Q5145</t>
+  </si>
+  <si>
+    <t>ABRILADA</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-AFZB</t>
+  </si>
+  <si>
+    <t>Q5140</t>
+  </si>
+  <si>
+    <t>HULIO</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-FKJP</t>
+  </si>
+  <si>
+    <t>Q5142</t>
+  </si>
+  <si>
+    <t>SIMLANDI</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-RYVK</t>
+  </si>
+  <si>
+    <t>J7171</t>
+  </si>
+  <si>
+    <t>DC-0127</t>
+  </si>
+  <si>
+    <t>ADZYNMA      KIT 500IU</t>
+  </si>
+  <si>
+    <t>ADAMTS13 RECOMBINANT-KRHN FOR INJ KIT 500 UNIT</t>
+  </si>
+  <si>
+    <t>J0172</t>
+  </si>
+  <si>
+    <t>ADUHELM</t>
+  </si>
+  <si>
+    <t>ADUCANUMAB-AVWA</t>
+  </si>
+  <si>
+    <t>Covered for BadgerCare Only</t>
+  </si>
+  <si>
+    <t>J7352</t>
+  </si>
+  <si>
+    <t>DC-004</t>
+  </si>
+  <si>
+    <t>SCENESSE</t>
+  </si>
+  <si>
+    <t>AFAMELANOTIDE ACETATE IMPLANT</t>
+  </si>
+  <si>
+    <t>Q2057</t>
+  </si>
+  <si>
+    <t>DC-0132</t>
+  </si>
+  <si>
+    <t>TECELRA      SUS</t>
+  </si>
+  <si>
+    <t>AFAMITRESGENE AUTOLEUCEL IV SUSP 10,000,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0180</t>
+  </si>
+  <si>
+    <t>DC-005</t>
+  </si>
+  <si>
+    <t>FABRAZYME</t>
+  </si>
+  <si>
+    <t>AGALSIDASE BETA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0202</t>
+  </si>
+  <si>
+    <t>DC-0095</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>ALEMTUZUMAB IV INJ</t>
+  </si>
+  <si>
+    <t>J0221</t>
+  </si>
+  <si>
+    <t>DC-0013</t>
+  </si>
+  <si>
+    <t>LUMIZYME</t>
+  </si>
+  <si>
+    <t>ALGLUCOSIDASE ALFA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>MISC</t>
+  </si>
+  <si>
+    <t>DC-0131</t>
+  </si>
+  <si>
+    <t>RETHYMIC</t>
+  </si>
+  <si>
+    <t>ALLOGENEIC PROCESSED THYMUS TISSUE -AGDC</t>
+  </si>
+  <si>
+    <t>Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J0256</t>
+  </si>
+  <si>
+    <t>DC-007</t>
+  </si>
+  <si>
+    <t>ARALAST NP   INJ</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>ZEMAIRA      INJ</t>
+  </si>
+  <si>
+    <t>PROLASTIN-C  INJ 1000MG</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) INJ 1000 MG/20ML</t>
+  </si>
+  <si>
+    <t>J0257</t>
+  </si>
+  <si>
+    <t>GLASSIA      INJ</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) INJ 1000 MG/50ML</t>
+  </si>
+  <si>
+    <t>J9061</t>
+  </si>
+  <si>
+    <t>DC-008</t>
+  </si>
+  <si>
+    <t>RYBREVANT    SOL</t>
+  </si>
+  <si>
+    <t>AMIVANTAMAB-VMJW IV SOLN</t>
+  </si>
+  <si>
+    <t>J0491</t>
+  </si>
+  <si>
+    <t>DC-0010</t>
+  </si>
+  <si>
+    <t>SAPHNELO     SOL</t>
+  </si>
+  <si>
+    <t>ANIFROLUMAB-FNIA IV SOLN</t>
+  </si>
+  <si>
+    <t>J7185</t>
+  </si>
+  <si>
+    <t>DC-0041</t>
+  </si>
+  <si>
+    <t>XYNTHA       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB (BDD-RFVIII,MOR) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7209</t>
+  </si>
+  <si>
+    <t>NUWIQ        KIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB (BDD-RFVIII,SIM) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7208</t>
+  </si>
+  <si>
+    <t>JIVI         INJ 500 UNIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB(BDD-RFVIII PEG-AUCL) FOR INJ 500 UNIT</t>
+  </si>
+  <si>
+    <t>J7182</t>
+  </si>
+  <si>
+    <t>NOVOEIGHT    INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB (BD TRUNC-RFVIII) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7214</t>
+  </si>
+  <si>
+    <t>ALTUVIIIO    INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB FC-VWF-XTEN-EHTL FOR INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>J7210</t>
+  </si>
+  <si>
+    <t>AFSTYLA      KIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB SINGLE CHAIN FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7190</t>
+  </si>
+  <si>
+    <t>HEMOFIL M    INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR (HUMAN) FOR INJ</t>
+  </si>
+  <si>
+    <t>KOATE        INJ</t>
+  </si>
+  <si>
+    <t>J7188</t>
+  </si>
+  <si>
+    <t>OBIZUR       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR (RECOMB PORC) RPFVIII FOR INJ</t>
+  </si>
+  <si>
+    <t>J7205</t>
+  </si>
+  <si>
+    <t>ELOCTATE     INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RCMB (BDD-RFVIIIFC) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7192</t>
+  </si>
+  <si>
+    <t>ADVATE       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RAHF-PFM) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7211</t>
+  </si>
+  <si>
+    <t>KOVALTRY     INJ</t>
+  </si>
+  <si>
+    <t>RECOMBINATE  INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RFVIII) FOR INJ 1241-1800 UNIT</t>
+  </si>
+  <si>
+    <t>KOGENATE FS  INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RFVIII) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7204</t>
+  </si>
+  <si>
+    <t>ESPEROCT     INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB GLYCOPEG-EXEI FOR INJ</t>
+  </si>
+  <si>
+    <t>J7183</t>
+  </si>
+  <si>
+    <t>WILATE       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR/VWF (HUMAN) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7186</t>
+  </si>
+  <si>
+    <t>ALPHANATE    INJ</t>
+  </si>
+  <si>
+    <t>J7187</t>
+  </si>
+  <si>
+    <t>HUMATE-P     SOL</t>
+  </si>
+  <si>
+    <t>J7198</t>
+  </si>
+  <si>
+    <t>FEIBA        INJ</t>
+  </si>
+  <si>
+    <t>ANTIINHIBITOR COAGULANT COMPLEX FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J3391</t>
+  </si>
+  <si>
+    <t>DC-0126</t>
+  </si>
+  <si>
+    <t>LENMELDY INJ</t>
+  </si>
+  <si>
+    <t>ATIDARSAGENE AUTOTEMCEL</t>
+  </si>
+  <si>
+    <t>J2782</t>
+  </si>
+  <si>
+    <t>DC-0110</t>
+  </si>
+  <si>
+    <t>IZERVAY      SOL</t>
+  </si>
+  <si>
+    <t>AVACINCAPTAD PEGOL INTRAVITREAL SOLN</t>
+  </si>
+  <si>
+    <t>J0219</t>
+  </si>
+  <si>
+    <t>NEXVIAZYME   INJ</t>
+  </si>
+  <si>
+    <t>AVALGLUCOSIDASE ALFA-NGPT FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9038</t>
+  </si>
+  <si>
+    <t>NIKTIMVO</t>
+  </si>
+  <si>
+    <t>AXATILIMAB-CSFR</t>
+  </si>
+  <si>
+    <t>J0490</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>BELIMUMAB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0517</t>
+  </si>
+  <si>
+    <t>FASENRA      INJ</t>
+  </si>
+  <si>
+    <t>BENRALIZUMAB SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>DC-0120</t>
+  </si>
+  <si>
+    <t>VYJUVEK      GEL</t>
+  </si>
+  <si>
+    <t>BEREMAGENE GEPERPAVEC-SVDT GEL</t>
+  </si>
+  <si>
+    <t>J3393</t>
+  </si>
+  <si>
+    <t>DC-0122</t>
+  </si>
+  <si>
+    <t>ZYNTEGLO     INJ</t>
+  </si>
+  <si>
+    <t>BETIBEGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J9035</t>
+  </si>
+  <si>
+    <t>AVASTIN      INJ</t>
+  </si>
+  <si>
+    <t>BEVACIZUMAB IV SOLN  (FOR INFUSION)</t>
+  </si>
+  <si>
+    <t>Biosimilars covered w/out PA. Avastin Brand covered to opthalmology diagnoses only w/out PA</t>
+  </si>
+  <si>
+    <t>J0565</t>
+  </si>
+  <si>
+    <t>DC-0015</t>
+  </si>
+  <si>
+    <t>ZINPLAVA     SOL</t>
+  </si>
+  <si>
+    <t>BEZLOTOXUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J1632</t>
+  </si>
+  <si>
+    <t>DC-0086</t>
+  </si>
+  <si>
+    <t>ZULRESSO     INJ</t>
+  </si>
+  <si>
+    <t>BREXANOLONE IV SOLN</t>
+  </si>
+  <si>
+    <t>J0584</t>
+  </si>
+  <si>
+    <t>DC-0018</t>
+  </si>
+  <si>
+    <t>CRYSVITA     INJ</t>
+  </si>
+  <si>
+    <t>BUROSUMAB-TWZA INJ</t>
+  </si>
+  <si>
+    <t>Vendor Solutions, BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0597</t>
+  </si>
+  <si>
+    <t>DC-0019</t>
+  </si>
+  <si>
+    <t>BERINERT     INJ</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (HUMAN) FOR IV INJ</t>
+  </si>
+  <si>
+    <t>J0598</t>
+  </si>
+  <si>
+    <t>CINRYZE      SOL</t>
+  </si>
+  <si>
+    <t>J0599</t>
+  </si>
+  <si>
+    <t>HAEGARDA     INJ 3000UNIT</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (HUMAN) FOR SUBCUTANEOUS INJ 3000 UNIT</t>
+  </si>
+  <si>
+    <t>J0596</t>
+  </si>
+  <si>
+    <t>RUCONEST     INJ</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (RECOMBINANT) FOR IV</t>
+  </si>
+  <si>
+    <t>J0739</t>
+  </si>
+  <si>
+    <t>DC-0071</t>
+  </si>
+  <si>
+    <t>APRETUDE     SUS</t>
+  </si>
+  <si>
+    <t>CABOTEGRAVIR IM EXTENDED RELEASE SUSP</t>
+  </si>
+  <si>
+    <t>Covered without PA for IL plans</t>
+  </si>
+  <si>
+    <t>J0638</t>
+  </si>
+  <si>
+    <t>DC-0020</t>
+  </si>
+  <si>
+    <t>ILARIS       INJ</t>
+  </si>
+  <si>
+    <t>CANAKINUMAB SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>C9047</t>
+  </si>
+  <si>
+    <t>DC-0136</t>
+  </si>
+  <si>
+    <t>CABLIVI      KIT</t>
+  </si>
+  <si>
+    <t>CAPLACIZUMAB-YHDP FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1426</t>
+  </si>
+  <si>
+    <t>AMONDYS 45   INJ</t>
+  </si>
+  <si>
+    <t>CASIMERSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered</t>
+  </si>
+  <si>
+    <t>J9119</t>
+  </si>
+  <si>
+    <t>LIBTAYO      INJ</t>
+  </si>
+  <si>
+    <t>CEMIPLIMAB-RWLC IV SOLN</t>
+  </si>
+  <si>
+    <t>J0567</t>
+  </si>
+  <si>
+    <t>DC-0023</t>
+  </si>
+  <si>
+    <t>BRINEURA     KIT</t>
+  </si>
+  <si>
+    <t>CERLIPONASE ALFA INTRAVENTRICULAR  KIT</t>
+  </si>
+  <si>
+    <t>J0717</t>
+  </si>
+  <si>
+    <t>CIMZIA       KIT</t>
+  </si>
+  <si>
+    <t>CERTOLIZUMAB PEGOL FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1203</t>
+  </si>
+  <si>
+    <t>POMBILITI    SOL</t>
+  </si>
+  <si>
+    <t>CIPAGLUCOSIDASE ALFA-ATGA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J7201</t>
+  </si>
+  <si>
+    <t>ALPROLIX     INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMB) (RFIXFC) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7202</t>
+  </si>
+  <si>
+    <t>IDELVION     SOL</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMB) (RIX-FP) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7195</t>
+  </si>
+  <si>
+    <t>BENEFIX      INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMBINANT) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7200</t>
+  </si>
+  <si>
+    <t>RIXUBIS      INJ</t>
+  </si>
+  <si>
+    <t>J7213</t>
+  </si>
+  <si>
+    <t>IXINITY      INJ</t>
+  </si>
+  <si>
+    <t>J7193</t>
+  </si>
+  <si>
+    <t>ALPHANINE SD INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX FOR INJ</t>
+  </si>
+  <si>
+    <t>J7203</t>
+  </si>
+  <si>
+    <t>REBINYN      SOL</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX RECOMB GLYCOPEGYLATED FOR INJ</t>
+  </si>
+  <si>
+    <t>J7212</t>
+  </si>
+  <si>
+    <t>SEVENFACT    INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR VIIA (RECOM)-JNCW FOR INJ</t>
+  </si>
+  <si>
+    <t>J7189</t>
+  </si>
+  <si>
+    <t>NOVOSEVEN RT INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR VIIA (RECOMB) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7175</t>
+  </si>
+  <si>
+    <t>COAGADEX     INJ 250UNIT</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR X (HUMAN) FOR INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>J7181</t>
+  </si>
+  <si>
+    <t>TRETTEN      INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR XIII A-SUBUNIT FOR INJ</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>J7173</t>
+  </si>
+  <si>
+    <t>ALHEMO INJ</t>
+  </si>
+  <si>
+    <t>CONCIZUMAB-MTCI, 0.5 MG</t>
+  </si>
+  <si>
+    <t>Not covered - coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J0800, J0801, J0802</t>
+  </si>
+  <si>
+    <t>DC-0139</t>
+  </si>
+  <si>
+    <t>ACTHAR       INJ GEL</t>
+  </si>
+  <si>
+    <t>CORTICOTROPIN SUBCUTANEOUS GEL</t>
+  </si>
+  <si>
+    <t>J9275</t>
+  </si>
+  <si>
+    <t>UNLOXCYT INJECTION</t>
+  </si>
+  <si>
+    <t>COSIBELIMAB-IPDL</t>
+  </si>
+  <si>
+    <t>UNLOXCYT INJ</t>
+  </si>
+  <si>
+    <t>COSIBELIMAB-IPDL INJ</t>
+  </si>
+  <si>
+    <t>J0791</t>
+  </si>
+  <si>
+    <t>DC-0026</t>
+  </si>
+  <si>
+    <t>ADAKVEO      INJ</t>
+  </si>
+  <si>
+    <t>CRIZANLIZUMAB-TMCA IV SOLN</t>
+  </si>
+  <si>
+    <t>J7326</t>
+  </si>
+  <si>
+    <t>GEL-ONE      INJ</t>
+  </si>
+  <si>
+    <t>CROSS-LINKED HYALURONATE GEL PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered- Euflexxa, Synvisc, and Synvisc One covered without PA</t>
+  </si>
+  <si>
+    <t>J1307</t>
+  </si>
+  <si>
+    <t>DC-0134</t>
+  </si>
+  <si>
+    <t>PIASKY</t>
+  </si>
+  <si>
+    <t>CROVALIMAB-AKKZ INJECTION</t>
+  </si>
+  <si>
+    <t>J0889</t>
+  </si>
+  <si>
+    <t>DC-0112</t>
+  </si>
+  <si>
+    <t>JESDUVROQ    TAB</t>
+  </si>
+  <si>
+    <t>DAPRODUSTAT TAB</t>
+  </si>
+  <si>
+    <t>J9011</t>
+  </si>
+  <si>
+    <t>DATROWAY</t>
+  </si>
+  <si>
+    <t>DATOPOTAMAB DERUXTECAN, 1 MG</t>
+  </si>
+  <si>
+    <t>J0589</t>
+  </si>
+  <si>
+    <t>DAXXIFY      INJ</t>
+  </si>
+  <si>
+    <t>DAXIBOTULINUMTOXINA-LANM (GLABELLAR LINES) FOR INJ</t>
+  </si>
+  <si>
+    <t>J1413</t>
+  </si>
+  <si>
+    <t>ELEVIDYS     KIT</t>
+  </si>
+  <si>
+    <t>DELANDISTROGENE MOXEPARVOVEC-ROKL IV SUSP</t>
+  </si>
+  <si>
+    <t>Not Covered, BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0897</t>
+  </si>
+  <si>
+    <t>DC-0104</t>
+  </si>
+  <si>
+    <t>XGEVA        INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>PROLIA       INJ 60MG/ML</t>
+  </si>
+  <si>
+    <t>DENOSUMAB INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>Q5136</t>
+  </si>
+  <si>
+    <t>WYOST   INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BBDZ INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>JUBBONTI   INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BBDZ INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>Q5157</t>
+  </si>
+  <si>
+    <t>STOBOCLO INJ,     OSENVELT  INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BMWO, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5158</t>
+  </si>
+  <si>
+    <t>BOMYNTRA INJ,    CONEXXENCE INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BNHT, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5159</t>
+  </si>
+  <si>
+    <t>OSPOMYV INJ,   XBRYK INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-DSSB, 1 MG</t>
+  </si>
+  <si>
+    <t>UNITUXIN     INJ</t>
+  </si>
+  <si>
+    <t>DINUTUXIMAB IV SOLN 17.5 MG/5ML (3.5 MG/ML)</t>
+  </si>
+  <si>
+    <t>J0175</t>
+  </si>
+  <si>
+    <t>DC-0101</t>
+  </si>
+  <si>
+    <t>KISUNLA      INJ</t>
+  </si>
+  <si>
+    <t>DONANEMAB-AZBT IV SOLN</t>
+  </si>
+  <si>
+    <t>DC-0114</t>
+  </si>
+  <si>
+    <t>LANTIDRA     INJ</t>
+  </si>
+  <si>
+    <t>DONISLECEL-JUJN IV SUSP</t>
+  </si>
+  <si>
+    <t>J9173</t>
+  </si>
+  <si>
+    <t>IMFINZI      INJ</t>
+  </si>
+  <si>
+    <t>DURVALUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J1290</t>
+  </si>
+  <si>
+    <t>KALBITOR     INJ</t>
+  </si>
+  <si>
+    <t>ECALLANTIDE INJ</t>
+  </si>
+  <si>
+    <t>J1299</t>
+  </si>
+  <si>
+    <t>DC-0135</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB</t>
+  </si>
+  <si>
+    <t>Q5151</t>
+  </si>
+  <si>
+    <t>EPYSQLI INJ</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB-AAGH IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5152</t>
+  </si>
+  <si>
+    <t>BKEMV INK</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB-AEEB  IV SOLN</t>
+  </si>
+  <si>
+    <t>J1301</t>
+  </si>
+  <si>
+    <t>DC-0032</t>
+  </si>
+  <si>
+    <t>RADICAVA     INJ</t>
+  </si>
+  <si>
+    <t>EDARAVONE INJ</t>
+  </si>
+  <si>
+    <t>J9361</t>
+  </si>
+  <si>
+    <t>RYZNEUTA</t>
+  </si>
+  <si>
+    <t>EFBEMALENOGRASTIM ALFA-VUXW</t>
+  </si>
+  <si>
+    <t>Not Covered - Fulphila, Udenyca, or Nyvepria biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>J9332</t>
+  </si>
+  <si>
+    <t>DC-105</t>
+  </si>
+  <si>
+    <t>VYVGART      INJ 400/20ML</t>
+  </si>
+  <si>
+    <t>EFGARTIGIMOD ALFA-FCAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J9334</t>
+  </si>
+  <si>
+    <t>VYVGART      INJ HYTRULO</t>
+  </si>
+  <si>
+    <t>EFGARTIGIMOD ALF-HYALURONIDASE-QVFC SOL</t>
+  </si>
+  <si>
+    <t>J1449</t>
+  </si>
+  <si>
+    <t>ROLVEDON     INJ</t>
+  </si>
+  <si>
+    <t>EFLAPEGRASTIM-XNST SOLN</t>
+  </si>
+  <si>
+    <t>DC-0158</t>
+  </si>
+  <si>
+    <t>KEBILIDI     INJ</t>
+  </si>
+  <si>
+    <t>ELADOCAGENE EXUPARVOVEC-TNEQ INJ SUSP 280000000000 VG/0.5ML</t>
+  </si>
+  <si>
+    <t>Billed with a miscellaneous code, BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>DC-0033</t>
+  </si>
+  <si>
+    <t>REVCOVI      INJ</t>
+  </si>
+  <si>
+    <t>ELAPEGADEMASE-LVLR IM SOLN</t>
+  </si>
+  <si>
+    <t>DC-0121</t>
+  </si>
+  <si>
+    <t>SKYSONA      INJ</t>
+  </si>
+  <si>
+    <t>ELIVALDOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J9176</t>
+  </si>
+  <si>
+    <t>EMPLICITI    INJ</t>
+  </si>
+  <si>
+    <t>ELOTUZUMAB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J1323</t>
+  </si>
+  <si>
+    <t>ELREXFIO     INJ 44/1.1ML</t>
+  </si>
+  <si>
+    <t>ELRANATAMAB-BCMM SUBCUTANEOUS SOLN 44 MG/1.1ML</t>
+  </si>
+  <si>
+    <t>J9210</t>
+  </si>
+  <si>
+    <t>DC-0034</t>
+  </si>
+  <si>
+    <t>GAMIFANT     INJ 10MG/2ML</t>
+  </si>
+  <si>
+    <t>EMAPALUMAB-LZSG IV SOLN 10 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7170</t>
+  </si>
+  <si>
+    <t>HEMLIBRA     INJ</t>
+  </si>
+  <si>
+    <t>EMICIZUMAB-KXWH SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9177</t>
+  </si>
+  <si>
+    <t>PADCEV       INJ 20MG</t>
+  </si>
+  <si>
+    <t>ENFORTUMAB VEDOTIN-EJFV FOR IV SOLN 20 MG</t>
+  </si>
+  <si>
+    <t>J9321</t>
+  </si>
+  <si>
+    <t>EPKINLY      INJ 4/0.8ML</t>
+  </si>
+  <si>
+    <t>EPCORITAMAB-BYSP SUBCUTANEOUS SOLN 4 MG/0.8ML</t>
+  </si>
+  <si>
+    <t>J0885, Q4081</t>
+  </si>
+  <si>
+    <t>EPOGEN       INJ</t>
+  </si>
+  <si>
+    <t>EPOETIN ALFA INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilars are covered without PA</t>
+  </si>
+  <si>
+    <t>PROCRIT      INJ</t>
+  </si>
+  <si>
+    <t>J1325</t>
+  </si>
+  <si>
+    <t>DC-0036</t>
+  </si>
+  <si>
+    <t>VELETRI      INJ</t>
+  </si>
+  <si>
+    <t>EPOPROSTENOL SODIUM FOR INJ</t>
+  </si>
+  <si>
+    <t>J3032</t>
+  </si>
+  <si>
+    <t>DC-0037</t>
+  </si>
+  <si>
+    <t>VYEPTI       INJ</t>
+  </si>
+  <si>
+    <t>EPTINEZUMAB-JJMR IV SOLN</t>
+  </si>
+  <si>
+    <t>S1003</t>
+  </si>
+  <si>
+    <t>DC-0038</t>
+  </si>
+  <si>
+    <t>SPRAVATO</t>
+  </si>
+  <si>
+    <t>ESKETAMINE, NASAL SPRAY, 1 MG</t>
+  </si>
+  <si>
+    <t>J1438</t>
+  </si>
+  <si>
+    <t>ENBREL       INJ</t>
+  </si>
+  <si>
+    <t>ETANERCEPT SUBCUTANEOUS SOLUTION</t>
+  </si>
+  <si>
+    <t>J1428</t>
+  </si>
+  <si>
+    <t>EXONDYS 51   SOL</t>
+  </si>
+  <si>
+    <t>ETEPLIRSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>J1411</t>
+  </si>
+  <si>
+    <t>DC-0100</t>
+  </si>
+  <si>
+    <t>HEMGENIX     INJ</t>
+  </si>
+  <si>
+    <t>ETRANACOGENE DEZAPARVOVEC-DRLB IV SUSP</t>
+  </si>
+  <si>
+    <t>J1305</t>
+  </si>
+  <si>
+    <t>DC-0141</t>
+  </si>
+  <si>
+    <t>EVKEEZA      INJ</t>
+  </si>
+  <si>
+    <t>EVINACUMAB-DGNB IV SOLN</t>
+  </si>
+  <si>
+    <t>J3392</t>
+  </si>
+  <si>
+    <t>DC-0124</t>
+  </si>
+  <si>
+    <t>CASGEVY      INJ</t>
+  </si>
+  <si>
+    <t>EXAGAMGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>BadgerCare covered under Forward Health RX</t>
+  </si>
+  <si>
+    <t>MONONINE</t>
+  </si>
+  <si>
+    <t>FACTOR IX</t>
+  </si>
+  <si>
+    <t>J7194</t>
+  </si>
+  <si>
+    <t>PROFILNINE   INJ</t>
+  </si>
+  <si>
+    <t>FACTOR IX COMPLEX FOR INJ</t>
+  </si>
+  <si>
+    <t>J7180</t>
+  </si>
+  <si>
+    <t>CORIFACT     KIT</t>
+  </si>
+  <si>
+    <t>FACTOR XIII CONCENTRATE (HUMAN) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1440</t>
+  </si>
+  <si>
+    <t>DC-106</t>
+  </si>
+  <si>
+    <t>REBYOTA      SUS FECAL</t>
+  </si>
+  <si>
+    <t>FECAL MICROBIOTA, LIVE-JSLM RECTAL SUSP</t>
+  </si>
+  <si>
+    <t>J1414</t>
+  </si>
+  <si>
+    <t>DC-0138</t>
+  </si>
+  <si>
+    <t>BEQVEZ       INJ</t>
+  </si>
+  <si>
+    <t>FIDANACOGENE ELAPARVOVEC-DZKT IV SUSP</t>
+  </si>
+  <si>
+    <t>J1442</t>
+  </si>
+  <si>
+    <t>NEUPOGEN     INJ</t>
+  </si>
+  <si>
+    <t>FILGRASTIM INJ</t>
+  </si>
+  <si>
+    <t>Not Covered- Biosimilars are covered without PA</t>
+  </si>
+  <si>
+    <t>J7174</t>
+  </si>
+  <si>
+    <t>QFTILIA INJECTION</t>
+  </si>
+  <si>
+    <t>FITUSIRAN 0.04 MG</t>
+  </si>
+  <si>
+    <t>J7356</t>
+  </si>
+  <si>
+    <t>DC-0157</t>
+  </si>
+  <si>
+    <t>VYALEV INJ</t>
+  </si>
+  <si>
+    <t>FOSCARBIDOPA AND FOSLEVODOPA</t>
+  </si>
+  <si>
+    <t>J1941</t>
+  </si>
+  <si>
+    <t>FUROSCIX     KIT</t>
+  </si>
+  <si>
+    <t>FUROSEMIDE SUBCUTANEOUS CARTRIDGE KIT (on-body infusion)</t>
+  </si>
+  <si>
+    <t>J1458</t>
+  </si>
+  <si>
+    <t>DC-0150</t>
+  </si>
+  <si>
+    <t>NAGLAZYME    INJ</t>
+  </si>
+  <si>
+    <t>GALSULFASE SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J0223</t>
+  </si>
+  <si>
+    <t>DC-0043</t>
+  </si>
+  <si>
+    <t>GIVLAARI     INJ 189MG/ML</t>
+  </si>
+  <si>
+    <t>GIVOSIRAN SODIUM SUBCUTANEOUS SOLN 189 MG/ML</t>
+  </si>
+  <si>
+    <t>J9286</t>
+  </si>
+  <si>
+    <t>COLUMVI      INJ</t>
+  </si>
+  <si>
+    <t>GLOFITAMAB-GXBM IV SOLN</t>
+  </si>
+  <si>
+    <t>J1602</t>
+  </si>
+  <si>
+    <t>DC-0115</t>
+  </si>
+  <si>
+    <t>SIMPONI ARIA SOL</t>
+  </si>
+  <si>
+    <t>GOLIMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J1429</t>
+  </si>
+  <si>
+    <t>VYONDYS 53   INJ</t>
+  </si>
+  <si>
+    <t>GOLODIRSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>J1628</t>
+  </si>
+  <si>
+    <t>DC-0161</t>
+  </si>
+  <si>
+    <t>TREMFYA</t>
+  </si>
+  <si>
+    <t>GUSELKUMAB</t>
+  </si>
+  <si>
+    <t>J0738</t>
+  </si>
+  <si>
+    <t>DC-0166</t>
+  </si>
+  <si>
+    <t>YEZTUGO</t>
+  </si>
+  <si>
+    <t>HIV PREP, INJ, LENACAPAVIR</t>
+  </si>
+  <si>
+    <t>J0752</t>
+  </si>
+  <si>
+    <t>HIV PREP, ORAL LENACAPAVIR</t>
+  </si>
+  <si>
+    <t>90649, 90651</t>
+  </si>
+  <si>
+    <t>GARDASIL 9   INJ</t>
+  </si>
+  <si>
+    <t>HUMAN PAPILLOMAVIRUS (HPV) 9-VALENT RECOMB VAC IM SUSP</t>
+  </si>
+  <si>
+    <t>Covered for age 9-45 without PA</t>
+  </si>
+  <si>
+    <t>J7322</t>
+  </si>
+  <si>
+    <t>HYMOVIS      INJ</t>
+  </si>
+  <si>
+    <t>HYALURONAN INTRA-ARTICULAR SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>J7327</t>
+  </si>
+  <si>
+    <t>MONOVISC     INJ</t>
+  </si>
+  <si>
+    <t>J7324</t>
+  </si>
+  <si>
+    <t>DC-0044</t>
+  </si>
+  <si>
+    <t>ORTHOVISC    INJ 15MG/ML</t>
+  </si>
+  <si>
+    <t>HYALURONAN INTRA-ARTICULAR SOLN PREFILLED SYRINGE 30 MG/2ML</t>
+  </si>
+  <si>
+    <t>J1726</t>
+  </si>
+  <si>
+    <t>MAKENA</t>
+  </si>
+  <si>
+    <t>HYDROXYPROGESTERONE</t>
+  </si>
+  <si>
+    <t>Not Covered- Market Withdrawal</t>
+  </si>
+  <si>
+    <t>J1729</t>
+  </si>
+  <si>
+    <t>DC-0133</t>
+  </si>
+  <si>
+    <t>J1744</t>
+  </si>
+  <si>
+    <t>DC-0156</t>
+  </si>
+  <si>
+    <t>FIRAZYR      INJ 30MG/3ML</t>
+  </si>
+  <si>
+    <t>ICATIBANT ACETATE SUBCUTANEOUS SOLN PREF SYR 30 MG/3ML</t>
+  </si>
+  <si>
+    <t>J0870</t>
+  </si>
+  <si>
+    <t>DC-0045</t>
+  </si>
+  <si>
+    <t>RYTELO       INJ</t>
+  </si>
+  <si>
+    <t>IMETELSTAT SODIUM FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J1786</t>
+  </si>
+  <si>
+    <t>CEREZYME</t>
+  </si>
+  <si>
+    <t>IMIGLUCERASE</t>
+  </si>
+  <si>
+    <t>J1575</t>
+  </si>
+  <si>
+    <t>HYQVIA       INJ</t>
+  </si>
+  <si>
+    <t>IMMUN GLOB INJ -HYALURON INJ</t>
+  </si>
+  <si>
+    <t>J1460</t>
+  </si>
+  <si>
+    <t>GAMASTAN     INJ (GAMASTAN S/D)</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IM INJ</t>
+  </si>
+  <si>
+    <t>J1560</t>
+  </si>
+  <si>
+    <t>GAMASTAN     INJ (GAMASTAN SD)</t>
+  </si>
+  <si>
+    <t>J1566</t>
+  </si>
+  <si>
+    <t>GAMMAGARD SD INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV FOR SOLN</t>
+  </si>
+  <si>
+    <t>J1561</t>
+  </si>
+  <si>
+    <t>GAMMAKED     INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV OR SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>GAMUNEX-C    INJ</t>
+  </si>
+  <si>
+    <t>J1569</t>
+  </si>
+  <si>
+    <t>GAMMAGARD    INJ</t>
+  </si>
+  <si>
+    <t>J1459</t>
+  </si>
+  <si>
+    <t>PRIVIGEN     INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN</t>
+  </si>
+  <si>
+    <t>J1572</t>
+  </si>
+  <si>
+    <t>FLEBOGAMMA   INJ</t>
+  </si>
+  <si>
+    <t>J1568</t>
+  </si>
+  <si>
+    <t>OCTAGAM      INJ 2GM/20ML</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 2 GM/20ML</t>
+  </si>
+  <si>
+    <t>J1557</t>
+  </si>
+  <si>
+    <t>GAMMAPLEX    INJ 5%</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 5 GM/100ML</t>
+  </si>
+  <si>
+    <t>J1556</t>
+  </si>
+  <si>
+    <t>BIVIGAM      INJ 10%</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 5 GM/50ML</t>
+  </si>
+  <si>
+    <t>J1555</t>
+  </si>
+  <si>
+    <t>CUVITRU      INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J1559</t>
+  </si>
+  <si>
+    <t>HIZENTRA     INJ</t>
+  </si>
+  <si>
+    <t>J1551</t>
+  </si>
+  <si>
+    <t>CUTAQUIG     SOL</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-HIPP SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J1576</t>
+  </si>
+  <si>
+    <t>PANZYGA      SOL</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-IFAS IV SOLN</t>
+  </si>
+  <si>
+    <t>J1558</t>
+  </si>
+  <si>
+    <t>XEMBIFY      INJ 1GM/5ML</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-KLHW SUBCUTANEOUS INJ 1 GM/5ML</t>
+  </si>
+  <si>
+    <t>J1554</t>
+  </si>
+  <si>
+    <t>ASCENIV      INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-SLRA IV SOLN</t>
+  </si>
+  <si>
+    <t>J1552</t>
+  </si>
+  <si>
+    <t>ALYGLO       INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-STWK IV SOLN</t>
+  </si>
+  <si>
+    <t>J1599</t>
+  </si>
+  <si>
+    <t>DC-0099</t>
+  </si>
+  <si>
+    <t>DB-0070</t>
+  </si>
+  <si>
+    <t>YIMMUGO</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN INTRAVENOUS, HUMAN-DIRA INJECTION</t>
+  </si>
+  <si>
+    <t>J1306</t>
+  </si>
+  <si>
+    <t>LEQVIO       SOL</t>
+  </si>
+  <si>
+    <t>INCLISIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>BadgerCare criteria</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>INCLISIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR 284 MG/1.5ML</t>
+  </si>
+  <si>
+    <t>J0588</t>
+  </si>
+  <si>
+    <t>DC-0142</t>
+  </si>
+  <si>
+    <t>XEOMIN       INJ</t>
+  </si>
+  <si>
+    <t>INCOBOTULINUMTOXINA FOR IM INJ</t>
+  </si>
+  <si>
+    <t>J1823</t>
+  </si>
+  <si>
+    <t>UPLIZNA      SOL</t>
+  </si>
+  <si>
+    <t>INEBILIZUMAB-CDON IV SOLN</t>
+  </si>
+  <si>
+    <t>J1745</t>
+  </si>
+  <si>
+    <t>REMICADE     INJ 100MG</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB FOR IV INJ 100 MG</t>
+  </si>
+  <si>
+    <t>Not Covered - Avsola and Inflectra biosimilars covered without PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>Q5104</t>
+  </si>
+  <si>
+    <t>DC-0149</t>
+  </si>
+  <si>
+    <t>RENFLEXIS    INJ</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB-ABDA FOR IV INJ</t>
+  </si>
+  <si>
+    <t>Not Covered- Avsola and Inflectra biosimilars covered without PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>Q5109</t>
+  </si>
+  <si>
+    <t>DC-0008</t>
+  </si>
+  <si>
+    <t>IXIFI   INJ 100MG</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB-QBTX FOR IV INJ 100 MG</t>
+  </si>
+  <si>
+    <t>J1809</t>
+  </si>
+  <si>
+    <t>NULIBRY</t>
+  </si>
+  <si>
+    <t>INJ, FOSDENOPTERIN, 0.1MG</t>
+  </si>
+  <si>
+    <t>J9229</t>
+  </si>
+  <si>
+    <t>BESPONSA     INJ</t>
+  </si>
+  <si>
+    <t>INOTUZUMAB OZOGAMICIN FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9215</t>
+  </si>
+  <si>
+    <t>ALFERON N    INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON ALFA-N3 INJ 5000000 UNIT/ML</t>
+  </si>
+  <si>
+    <t>J1826, Q3027</t>
+  </si>
+  <si>
+    <t>AVONEX</t>
+  </si>
+  <si>
+    <t>INTERFERON BETA-1A IM</t>
+  </si>
+  <si>
+    <t>Q3208</t>
+  </si>
+  <si>
+    <t>DC-0163</t>
+  </si>
+  <si>
+    <t>REBIF        INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON BETA-1A SOLN</t>
+  </si>
+  <si>
+    <t>J9216</t>
+  </si>
+  <si>
+    <t>ACTIMMUNE    INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON GAMMA-1B INJ</t>
+  </si>
+  <si>
+    <t>KETAMINE</t>
+  </si>
+  <si>
+    <t>KETAMINE HCL</t>
+  </si>
+  <si>
+    <t>J0593</t>
+  </si>
+  <si>
+    <t>DC-0048</t>
+  </si>
+  <si>
+    <t>TAKHZYRO     INJ 300/2ML</t>
+  </si>
+  <si>
+    <t>LANADELUMAB-FLYO INJ 300 MG/2ML (150 MG/ML)</t>
+  </si>
+  <si>
+    <t>J0174</t>
+  </si>
+  <si>
+    <t>LEQEMBI      SOL</t>
+  </si>
+  <si>
+    <t>LECANEMAB-IRMB IV SOLN</t>
+  </si>
+  <si>
+    <t>PREVYMIS     INJ 240/12</t>
+  </si>
+  <si>
+    <t>LETERMOVIR IV SOLN 240 MG/12ML</t>
+  </si>
+  <si>
+    <t>J9218</t>
+  </si>
+  <si>
+    <t>LEUPROLIDE   INJ</t>
+  </si>
+  <si>
+    <t>LEUPROLIDE ACETATE INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit *Long-Acting Leuprolide is covered w/o restrictions unless used for excluded dx</t>
+  </si>
+  <si>
+    <t>AMTAGVI      INJ</t>
+  </si>
+  <si>
+    <t>LIFILEUCEL IV SUSP 72,000,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>LYNOZYFIC INJ</t>
+  </si>
+  <si>
+    <t>LINVOSELTAMAB-GCPT, 1 MG</t>
+  </si>
+  <si>
+    <t>J9359</t>
+  </si>
+  <si>
+    <t>ZYNLONTA     SOL</t>
+  </si>
+  <si>
+    <t>LONCASTUXIMAB TESIRINE-LPYL FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J3394</t>
+  </si>
+  <si>
+    <t>LYFGENIA     SUS</t>
+  </si>
+  <si>
+    <t>LOVOTIBEGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J0224</t>
+  </si>
+  <si>
+    <t>DC-0049</t>
+  </si>
+  <si>
+    <t>OXLUMO       INJ 94.5/0.5</t>
+  </si>
+  <si>
+    <t>LUMASIRAN SODIUM SUBCUTANEOUS SOLN 94.5 MG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9223</t>
+  </si>
+  <si>
+    <t>ZEPZELCA     SOL</t>
+  </si>
+  <si>
+    <t>LURBINECTEDIN FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0896</t>
+  </si>
+  <si>
+    <t>DC-0050</t>
+  </si>
+  <si>
+    <t>REBLOZYL     INJ</t>
+  </si>
+  <si>
+    <t>LUSPATERCEPT-AAMT FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J9353</t>
+  </si>
+  <si>
+    <t>MARGENZA     INJ 250/10ML</t>
+  </si>
+  <si>
+    <t>MARGETUXIMAB-CMKB IV SOLN 250 MG/10ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J7172</t>
+  </si>
+  <si>
+    <t>HYMPAVZI INJ</t>
+  </si>
+  <si>
+    <t>MARSTACIMAB-HNCQ 0.5 mg</t>
+  </si>
+  <si>
+    <t>J9248</t>
+  </si>
+  <si>
+    <t>HEPZATO/50MM INJ</t>
+  </si>
+  <si>
+    <t>MELPHALAN HCL FOR INTRA-ARTERIAL SOLN</t>
+  </si>
+  <si>
+    <t>J2182</t>
+  </si>
+  <si>
+    <t>NUCALA       INJ 100MG</t>
+  </si>
+  <si>
+    <t>MEPOLIZUMAB FOR INJ 100 MG</t>
+  </si>
+  <si>
+    <t>J2267</t>
+  </si>
+  <si>
+    <t>DC-0160</t>
+  </si>
+  <si>
+    <t>OMVOH</t>
+  </si>
+  <si>
+    <t>MIRIKIZUMAB</t>
+  </si>
+  <si>
+    <t>J9063</t>
+  </si>
+  <si>
+    <t>ELAHERE      INJ</t>
+  </si>
+  <si>
+    <t>MIRVETUXIMAB SORAVTANSINE-GYNX IV SOLN</t>
+  </si>
+  <si>
+    <t>J9204</t>
+  </si>
+  <si>
+    <t>POTELIGEO    INJ</t>
+  </si>
+  <si>
+    <t>MOGAMULIZUMAB-KPKC IV SOLN</t>
+  </si>
+  <si>
+    <t>J9350</t>
+  </si>
+  <si>
+    <t>LUNSUMIO     INJ 30MG/30</t>
+  </si>
+  <si>
+    <t>MOSUNETUZUMAB-AXGB IV SOLN 30 MG/30ML (1 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9313</t>
+  </si>
+  <si>
+    <t>LUMOXITI     SOL</t>
+  </si>
+  <si>
+    <t>MOXETUMOMAB PASUDOTOX-TDFK FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9029</t>
+  </si>
+  <si>
+    <t>ADSTILADRIN  SUS</t>
+  </si>
+  <si>
+    <t>NADOFARAGENE FIRADENOV-VNCG INTRAVES SUSP 300000000000 VP/ML</t>
+  </si>
+  <si>
+    <t>J2323</t>
+  </si>
+  <si>
+    <t>DC-0091</t>
+  </si>
+  <si>
+    <t>TYSABRI      INJ</t>
+  </si>
+  <si>
+    <t>NATALIZUMAB FOR IV INJ CONC</t>
+  </si>
+  <si>
+    <t>Q5134</t>
+  </si>
+  <si>
+    <t>TYRUKO</t>
+  </si>
+  <si>
+    <t>NATALIZUMAB-SZTN</t>
+  </si>
+  <si>
+    <t>J9348</t>
+  </si>
+  <si>
+    <t>DANYELZA     INJ</t>
+  </si>
+  <si>
+    <t>NAXITAMAB-GQGK IV SOLN</t>
+  </si>
+  <si>
+    <t>J9295</t>
+  </si>
+  <si>
+    <t>PORTRAZZA    INJ</t>
+  </si>
+  <si>
+    <t>NECITUMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>RIVFLOZA     INJ</t>
+  </si>
+  <si>
+    <t>NEDOSIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>Not Covered, Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>C9305</t>
+  </si>
+  <si>
+    <t>DC-0165</t>
+  </si>
+  <si>
+    <t>IMAAVY INJ</t>
+  </si>
+  <si>
+    <t>NIPOCALIMAB-AAHU, 3 MG</t>
+  </si>
+  <si>
+    <t>J9298</t>
+  </si>
+  <si>
+    <t>OPDUALAG     SOL</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB-RELATLIMAB-RMBW 240-80 MG/20ML</t>
+  </si>
+  <si>
+    <t>J9028</t>
+  </si>
+  <si>
+    <t>ANKTIVA      SOL</t>
+  </si>
+  <si>
+    <t>NOGAPENDEKIN ALFA INBAK-PMLN INTRAVESICAL SOLN</t>
+  </si>
+  <si>
+    <t>J2326</t>
+  </si>
+  <si>
+    <t>DC-0051</t>
+  </si>
+  <si>
+    <t>SPINRAZA     INJ</t>
+  </si>
+  <si>
+    <t>NUSINERSEN INTRATHECAL SOLN</t>
+  </si>
+  <si>
+    <t>J2351</t>
+  </si>
+  <si>
+    <t>DC-0096</t>
+  </si>
+  <si>
+    <t>OCREVUS ZUNOVO</t>
+  </si>
+  <si>
+    <t>OCRELIZUMAB AND HYALURONIDASE-OCSQ</t>
+  </si>
+  <si>
+    <t>J2350</t>
+  </si>
+  <si>
+    <t>OCREVUS      INJ</t>
+  </si>
+  <si>
+    <t>OCRELIZUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J0128</t>
+  </si>
+  <si>
+    <t>DC-0143</t>
+  </si>
+  <si>
+    <t>XENPOZYME    INJ</t>
+  </si>
+  <si>
+    <t>OLIPUDASE ALFA-RPCP FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J2357</t>
+  </si>
+  <si>
+    <t>DC-0052</t>
+  </si>
+  <si>
+    <t>XOLAIR       SOL</t>
+  </si>
+  <si>
+    <t>OMALIZUMAB FOR INJ</t>
+  </si>
+  <si>
+    <t>Q5154</t>
+  </si>
+  <si>
+    <t>OMLYCLO INJECTION</t>
+  </si>
+  <si>
+    <t>OMALIZUMAB-IGEC (OMLYCLO), BIOSIMILAR, 5 MG</t>
+  </si>
+  <si>
+    <t>J0585</t>
+  </si>
+  <si>
+    <t>BOTOX        INJ</t>
+  </si>
+  <si>
+    <t>ONABOTULINUMTOXINA FOR INJ</t>
+  </si>
+  <si>
+    <t>J3399</t>
+  </si>
+  <si>
+    <t>DC-0053</t>
+  </si>
+  <si>
+    <t>ZOLGENSMA    INJ</t>
+  </si>
+  <si>
+    <t>ONASEMNOGENE ABEPARVOVEC-XIOI</t>
+  </si>
+  <si>
+    <t>J2425</t>
+  </si>
+  <si>
+    <t>DC-0054</t>
+  </si>
+  <si>
+    <t>KEPIVANCE    INJ 6.25MG</t>
+  </si>
+  <si>
+    <t>PALIFERMIN FOR IV INJ 6.25 MG</t>
+  </si>
+  <si>
+    <t>90378</t>
+  </si>
+  <si>
+    <t>DC-0055</t>
+  </si>
+  <si>
+    <t>SYNAGIS      INJ</t>
+  </si>
+  <si>
+    <t>PALIVIZUMAB IM SOLN</t>
+  </si>
+  <si>
+    <t>Administration code 93672 requires a PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J0222</t>
+  </si>
+  <si>
+    <t>DC-0089</t>
+  </si>
+  <si>
+    <t>ONPATTRO     SOL 10MG/5ML</t>
+  </si>
+  <si>
+    <t>PATISIRAN SODIUM IV SOLN 10 MG/5ML (2 MG/ML) (BASE EQUIV)</t>
+  </si>
+  <si>
+    <t>DC-0058</t>
+  </si>
+  <si>
+    <t>PALFORZIA    POW</t>
+  </si>
+  <si>
+    <t>PEANUT ALLERGEN POWDER-DNFP</t>
+  </si>
+  <si>
+    <t>J2781</t>
+  </si>
+  <si>
+    <t>DC-107</t>
+  </si>
+  <si>
+    <t>SYFOVRE      INJ</t>
+  </si>
+  <si>
+    <t>PEGCETACOPLAN INTRAVITREAL SOLN</t>
+  </si>
+  <si>
+    <t>J7799</t>
+  </si>
+  <si>
+    <t>EMPAVELI     INJ</t>
+  </si>
+  <si>
+    <t>PEGCETACOPLAN SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J2506</t>
+  </si>
+  <si>
+    <t>NEULASTA     INJ/KIT 6MG/0.6M</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM SOLN PREFILLED SYRINGE/KIT 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Not Covered  Fulphila, Udenyca, or Nyvepria biosimilars covered without PA, OnPro code 96337 requires a PA</t>
+  </si>
+  <si>
+    <t>Q5120</t>
+  </si>
+  <si>
+    <t>ZIEXTENZO    INJ 6/0.6ML</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-BMEZ SOLN PREFILLED SYRINGE 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Q5127</t>
+  </si>
+  <si>
+    <t>STIMUFEND    INJ 6/0.6ML</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-FPGK SOLN PREFILLED SYRINGE 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Q5130</t>
+  </si>
+  <si>
+    <t>FYLNETRA     INJ</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-PBBK SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered -  Fulphila, Udenyca, or Nyvepria biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>S0145</t>
+  </si>
+  <si>
+    <t>PEGASYS      INJ</t>
+  </si>
+  <si>
+    <t>PEGINTERFERON ALFA-2A INJ</t>
+  </si>
+  <si>
+    <t>J2507</t>
+  </si>
+  <si>
+    <t>DC-0061</t>
+  </si>
+  <si>
+    <t>KRYSTEXXA    INJ 8MG/ML</t>
+  </si>
+  <si>
+    <t>PEGLOTICASE INJ 8 MG/ML (FOR IV INFUSION)</t>
+  </si>
+  <si>
+    <t>J2508</t>
+  </si>
+  <si>
+    <t>DC-108</t>
+  </si>
+  <si>
+    <t>ELFABRIO     SOL</t>
+  </si>
+  <si>
+    <t>PEGUNIGALSIDASE ALFA-IWXJ IV SOLUTION</t>
+  </si>
+  <si>
+    <t>J9271</t>
+  </si>
+  <si>
+    <t>KEYTRUDA     INJ 100MG/4M</t>
+  </si>
+  <si>
+    <t>PEMBROLIZUMAB IV SOLN 100 MG/4ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J2998</t>
+  </si>
+  <si>
+    <t>DC-0144</t>
+  </si>
+  <si>
+    <t>RYPLAZIM     SOL 68.8MG</t>
+  </si>
+  <si>
+    <t>PLASMINOGEN, HUMAN-TVMH FOR IV SOLN 68.8 MG</t>
+  </si>
+  <si>
+    <t>J9309</t>
+  </si>
+  <si>
+    <t>POLIVY       INJ</t>
+  </si>
+  <si>
+    <t>POLATUZUMAB VEDOTIN-PIIQ FOR IV SOLUTION</t>
+  </si>
+  <si>
+    <t>J9376</t>
+  </si>
+  <si>
+    <t>DC-0117</t>
+  </si>
+  <si>
+    <t>VEOPOZ       INJ 400/2ML</t>
+  </si>
+  <si>
+    <t>POZELIMAB-BBFG INJ SOLN 400 MG/2ML</t>
+  </si>
+  <si>
+    <t>JEUVEAU      INJ 100UNIT</t>
+  </si>
+  <si>
+    <t>PRABOTULINUMTOXINA-XVFS (COSMETIC) FOR INJ 100 UNIT</t>
+  </si>
+  <si>
+    <t>Not Covered - cosmetic use, Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>DC-0164</t>
+  </si>
+  <si>
+    <t>ZEVASKYN MIS</t>
+  </si>
+  <si>
+    <t>PRADEMAGENE ZAMIKERACEL SHEET</t>
+  </si>
+  <si>
+    <t>J1303</t>
+  </si>
+  <si>
+    <t>DC-0137</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS    INJ 100MG/ML</t>
+  </si>
+  <si>
+    <t>RAVULIZUMAB-CWVZ IV SOLN</t>
+  </si>
+  <si>
+    <t>J3402</t>
+  </si>
+  <si>
+    <t>DC-0159</t>
+  </si>
+  <si>
+    <t>RYONCIL</t>
+  </si>
+  <si>
+    <t>INJ. REMESTEMCEL-L-RKND/ TD</t>
+  </si>
+  <si>
+    <t>J2786</t>
+  </si>
+  <si>
+    <t>DC-0103</t>
+  </si>
+  <si>
+    <t>CINQAIR      INJ</t>
+  </si>
+  <si>
+    <t>RESLIZUMAB IV INFUSION SOLN 100 MG/10ML (10 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9345</t>
+  </si>
+  <si>
+    <t>ZYNYZ        INJ 500/20ML</t>
+  </si>
+  <si>
+    <t>RETIFANLIMAB-DLWR IV SOLN 500 MG/20ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3403</t>
+  </si>
+  <si>
+    <t>DC-0167</t>
+  </si>
+  <si>
+    <t>ENCELTO</t>
+  </si>
+  <si>
+    <t>REVAKINAGENE TARORETCEL-LWEY,  PER IMPLANT</t>
+  </si>
+  <si>
+    <t>J2793</t>
+  </si>
+  <si>
+    <t>DC-0062</t>
+  </si>
+  <si>
+    <t>ARCALYST     INJ 220MG</t>
+  </si>
+  <si>
+    <t>RILONACEPT FOR INJ 220 MG</t>
+  </si>
+  <si>
+    <t>J0587</t>
+  </si>
+  <si>
+    <t>MYOBLOC      INJ</t>
+  </si>
+  <si>
+    <t>RIMABOTULINUMTOXINB IM INJ</t>
+  </si>
+  <si>
+    <t>J2327</t>
+  </si>
+  <si>
+    <t>DC-0083</t>
+  </si>
+  <si>
+    <t>SKYRIZI      SOL 60MG/ML</t>
+  </si>
+  <si>
+    <t>RISANKIZUMAB-RZAA IV SOLN 600 MG/10ML (60 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9312</t>
+  </si>
+  <si>
+    <t>RITUXAN      INJ</t>
+  </si>
+  <si>
+    <t>RITUXIMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J2802</t>
+  </si>
+  <si>
+    <t>DC-0145</t>
+  </si>
+  <si>
+    <t>NPLATE       INJ</t>
+  </si>
+  <si>
+    <t>ROMIPLOSTIM FOR INJ 500 MCG</t>
+  </si>
+  <si>
+    <t>J3111</t>
+  </si>
+  <si>
+    <t>DC-0064</t>
+  </si>
+  <si>
+    <t>EVENITY      INJ 105MG</t>
+  </si>
+  <si>
+    <t>ROMOSOZUMAB-AQQG INJ SOLN PREFILLED SYRINGE 105 MG/1.17ML</t>
+  </si>
+  <si>
+    <t>J9333</t>
+  </si>
+  <si>
+    <t>DC-0118</t>
+  </si>
+  <si>
+    <t>RYSTIGGO     INJ</t>
+  </si>
+  <si>
+    <t>ROZANOLIXIZUMAB-NOLI SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J2840</t>
+  </si>
+  <si>
+    <t>DC-0065</t>
+  </si>
+  <si>
+    <t>KANUMA       INJ 20/10ML</t>
+  </si>
+  <si>
+    <t>SEBELIPASE ALFA IV SOLN 20 MG/10ML (2 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3247</t>
+  </si>
+  <si>
+    <t>COSENTYX     INJ 125/5ML</t>
+  </si>
+  <si>
+    <t>SECUKINUMAB IV SOLN 125 MG/5ML</t>
+  </si>
+  <si>
+    <t>Not Covered - self-administered coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J7294</t>
+  </si>
+  <si>
+    <t>ANNOVERA     MIS</t>
+  </si>
+  <si>
+    <t>SEGESTERONE ACE-ETHINYL ESTRADIOL VA RING 0.15-0.013 MG/24HR</t>
+  </si>
+  <si>
+    <t>UPTRAVI      INJ 1800MCG</t>
+  </si>
+  <si>
+    <t>SELEXIPAG FOR IV SOLN 1800 MCG</t>
+  </si>
+  <si>
+    <t>J2860</t>
+  </si>
+  <si>
+    <t>SYLVANT      SOL</t>
+  </si>
+  <si>
+    <t>SILTUXIMAB FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J9331</t>
+  </si>
+  <si>
+    <t>FYARRO       SUS 100MG</t>
+  </si>
+  <si>
+    <t>SIROLIMUS PROTEIN-BOUND PARTICLES FOR IV SUSP 100 MG</t>
+  </si>
+  <si>
+    <t>J7318</t>
+  </si>
+  <si>
+    <t>DUROLANE     INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR GEL PREF SYR</t>
+  </si>
+  <si>
+    <t>J7321</t>
+  </si>
+  <si>
+    <t>HYALGAN      INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR INJ</t>
+  </si>
+  <si>
+    <t>J7320</t>
+  </si>
+  <si>
+    <t>GENVISC 850  INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>SUPARTZ FX   INJ</t>
+  </si>
+  <si>
+    <t>J7329</t>
+  </si>
+  <si>
+    <t>TRIVISC      INJ</t>
+  </si>
+  <si>
+    <t>J7333</t>
+  </si>
+  <si>
+    <t>VISCO-3      INJ</t>
+  </si>
+  <si>
+    <t>J7328</t>
+  </si>
+  <si>
+    <t>GELSYN-3     INJ 16.8/2ML</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR 16.8 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7331</t>
+  </si>
+  <si>
+    <t>SYNOJOYNT    INJ 20MG/2ML</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR 20 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7332</t>
+  </si>
+  <si>
+    <t>TRILURON     INJ 20MG/2ML</t>
+  </si>
+  <si>
+    <t>J0208</t>
+  </si>
+  <si>
+    <t>PEDMARK      INJ 12.5GM</t>
+  </si>
+  <si>
+    <t>SODIUM THIOSULFATE IV SOLN 125 MG/ML (12.5%)</t>
+  </si>
+  <si>
+    <t>J2941</t>
+  </si>
+  <si>
+    <t>SAIZEN       INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR INJ</t>
+  </si>
+  <si>
+    <t>SEROSTIM     INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>ZORBTIVE     INJ 8.8MG</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR SUBCUTANEOUS INJ 8.8 MG</t>
+  </si>
+  <si>
+    <t>ZOMACTON     INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR INJ</t>
+  </si>
+  <si>
+    <t>HUMATROPE    INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR INJ CARTRIDGE</t>
+  </si>
+  <si>
+    <t>GENOTROPIN   INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>OMNITROPE    INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN SOLUTION CARTRIDGE</t>
+  </si>
+  <si>
+    <t>NORDITROPIN  INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN SOLUTION PEN-INJECTOR</t>
+  </si>
+  <si>
+    <t>NUTROPIN AQ  INJ</t>
+  </si>
+  <si>
+    <t>J1747</t>
+  </si>
+  <si>
+    <t>DC-009</t>
+  </si>
+  <si>
+    <t>SPEVIGO      INJ 450/7.5</t>
+  </si>
+  <si>
+    <t>SPESOLIMAB-SBZO IV SOLN 450 MG/7.5ML (60 MG/ML)</t>
+  </si>
+  <si>
+    <t>J1302</t>
+  </si>
+  <si>
+    <t>DC-0070</t>
+  </si>
+  <si>
+    <t>ENJAYMO      SOL</t>
+  </si>
+  <si>
+    <t>SUTIMLIMAB-JOME IV SOLN 1100 MG/22ML (50 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9349</t>
+  </si>
+  <si>
+    <t>MONJUVI      INJ 200MG</t>
+  </si>
+  <si>
+    <t>TAFASITAMAB-CXIX FOR IV SOLN 200 MG</t>
+  </si>
+  <si>
+    <t>J9269</t>
+  </si>
+  <si>
+    <t>ELZONRIS     SOL 1000MCG</t>
+  </si>
+  <si>
+    <t>TAGRAXOFUSP-ERZS IV SOLN 1000 MCG/ML</t>
+  </si>
+  <si>
+    <t>J3060</t>
+  </si>
+  <si>
+    <t>ELELYSO</t>
+  </si>
+  <si>
+    <t>TALIGLUCERASE ALFA</t>
+  </si>
+  <si>
+    <t>J9325</t>
+  </si>
+  <si>
+    <t>IMLYGIC      INJ</t>
+  </si>
+  <si>
+    <t>TALIMOGENE LAHERPAREPVEC INTRALESIONAL INJ</t>
+  </si>
+  <si>
+    <t>J3055</t>
+  </si>
+  <si>
+    <t>TALVEY       INJ</t>
+  </si>
+  <si>
+    <t>TALQUETAMAB-TGVS SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9026</t>
+  </si>
+  <si>
+    <t>IMDELLTRA    INJ</t>
+  </si>
+  <si>
+    <t>TARLATAMAB-DLLE FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J9274</t>
+  </si>
+  <si>
+    <t>KIMMTRAK     SOL 100MCG</t>
+  </si>
+  <si>
+    <t>TEBENTAFUSP-TEBN IV SOLN 100 MCG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9380</t>
+  </si>
+  <si>
+    <t>TECVAYLI     INJ</t>
+  </si>
+  <si>
+    <t>TECLISTAMAB-CQYV SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>C9306</t>
+  </si>
+  <si>
+    <t>EMRELIS</t>
+  </si>
+  <si>
+    <t>TELISOTUZUMAB VEDOTIN-TLLV</t>
+  </si>
+  <si>
+    <t>J9381</t>
+  </si>
+  <si>
+    <t>DC-0102</t>
+  </si>
+  <si>
+    <t>TZIELD       INJ 2MG/2ML</t>
+  </si>
+  <si>
+    <t>TEPLIZUMAB-MZWV IV SOLN 2 MG/2ML (1 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3241</t>
+  </si>
+  <si>
+    <t>DC-0067</t>
+  </si>
+  <si>
+    <t>TEPEZZA      INJ 500MG</t>
+  </si>
+  <si>
+    <t>TEPROTUMUMAB-TRBW FOR IV SOLN 500 MG</t>
+  </si>
+  <si>
+    <t>J1071</t>
+  </si>
+  <si>
+    <t>DC-0085</t>
+  </si>
+  <si>
+    <t>DEPO-TESTOST INJ</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE CYPIONATE IM INJ IN OIL</t>
+  </si>
+  <si>
+    <t>Covered without PA for gender identity diagnoses for IL plans</t>
+  </si>
+  <si>
+    <t>J1072</t>
+  </si>
+  <si>
+    <t>AZMIRO</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE CYPIONATE, 1 MG</t>
+  </si>
+  <si>
+    <t>J3121</t>
+  </si>
+  <si>
+    <t>DELATESTRYL    INJ</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE ENANTHATE IM INJ IN OIL 200 MG/ML</t>
+  </si>
+  <si>
+    <t>S0189</t>
+  </si>
+  <si>
+    <t>TESTOPEL</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE PELLET, IMPLANT, 75 MG</t>
+  </si>
+  <si>
+    <t>J3145</t>
+  </si>
+  <si>
+    <t>AVEED        INJ 750/3ML</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE UNDECANOATE IM INJ IN OIL 750 MG/3ML (250MG/ML)</t>
+  </si>
+  <si>
+    <t>J2356</t>
+  </si>
+  <si>
+    <t>DC-0098</t>
+  </si>
+  <si>
+    <t>TEZSPIRE     INJ</t>
+  </si>
+  <si>
+    <t>TEZEPELUMAB-EKKO SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J3245</t>
+  </si>
+  <si>
+    <t>DC-0094</t>
+  </si>
+  <si>
+    <t>ILUMYA       INJ 100MG/ML</t>
+  </si>
+  <si>
+    <t>TILDRAKIZUMAB-ASMN SUBCUTANEOUS SOLN PREF SYRINGE 100 MG/ML</t>
+  </si>
+  <si>
+    <t>J9329</t>
+  </si>
+  <si>
+    <t>TEVIMBRA     INJ 100/10ML</t>
+  </si>
+  <si>
+    <t>TISLELIZUMAB-JSGR IV SOLN 100 MG/10ML</t>
+  </si>
+  <si>
+    <t>J9273</t>
+  </si>
+  <si>
+    <t>TIVDAK       INJ 40MG</t>
+  </si>
+  <si>
+    <t>TISOTUMAB VEDOTIN-TFTV FOR IV SOLUTION 40 MG</t>
+  </si>
+  <si>
+    <t>J3262</t>
+  </si>
+  <si>
+    <t>DC-0082</t>
+  </si>
+  <si>
+    <t>ACTEMRA      INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB IV INJ</t>
+  </si>
+  <si>
+    <t>Q5135</t>
+  </si>
+  <si>
+    <t>TYENNE       INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-AAZG IV INJ</t>
+  </si>
+  <si>
+    <t>Q5156</t>
+  </si>
+  <si>
+    <t>AVTOZMA INJECTION</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-ANOH, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5133</t>
+  </si>
+  <si>
+    <t>TOFIDENCE    INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-BAVI IV INJ</t>
+  </si>
+  <si>
+    <t>J1304</t>
+  </si>
+  <si>
+    <t>DC-109</t>
+  </si>
+  <si>
+    <t>QALSODY      SOL 100/15ML</t>
+  </si>
+  <si>
+    <t>TOFERSEN INTRATHECAL SOLN 100 MG/15ML (6.7 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3263</t>
+  </si>
+  <si>
+    <t>LOQTORZI     INJ 240/6ML</t>
+  </si>
+  <si>
+    <t>TORIPALIMAB-TPZI IV SOLN 240 MG/6ML (40 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9352</t>
+  </si>
+  <si>
+    <t>YONDELIS     INJ 1MG</t>
+  </si>
+  <si>
+    <t>TRABECTEDIN FOR INJ 1 MG</t>
+  </si>
+  <si>
+    <t>J9355</t>
+  </si>
+  <si>
+    <t>HERCEPTIN    INJ 150MG</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB FOR IV SOLN 150 MG</t>
+  </si>
+  <si>
+    <t>Not Covered - Kanjiniti and Trazimera biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>Q5114</t>
+  </si>
+  <si>
+    <t>OGIVRI       INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-DKST FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5112</t>
+  </si>
+  <si>
+    <t>ONTRUZANT    INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-DTTB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5113</t>
+  </si>
+  <si>
+    <t>HERZUMA      INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-PKRB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5146</t>
+  </si>
+  <si>
+    <t>HERCESSI     INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-STRF FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9347</t>
+  </si>
+  <si>
+    <t>IMJUDO       INJ</t>
+  </si>
+  <si>
+    <t>TREMELIMUMAB-ACTL SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J3285</t>
+  </si>
+  <si>
+    <t>REMODULIN    INJ</t>
+  </si>
+  <si>
+    <t>TREPROSTINIL INJ SOLN</t>
+  </si>
+  <si>
+    <t>J1448</t>
+  </si>
+  <si>
+    <t>DC-0146</t>
+  </si>
+  <si>
+    <t>COSELA       INJ 300MG</t>
+  </si>
+  <si>
+    <t>TRILACICLIB DIHYDROCHLORIDE FOR IV SOLN 300 MG</t>
+  </si>
+  <si>
+    <t>J2329</t>
+  </si>
+  <si>
+    <t>DC-0097</t>
+  </si>
+  <si>
+    <t>BRIUMVI      INJ 150/6ML</t>
+  </si>
+  <si>
+    <t>UBLITUXIMAB-XIIY SOLN FOR IV INFUSION 150 MG/6ML</t>
+  </si>
+  <si>
+    <t>J3358</t>
+  </si>
+  <si>
+    <t>STELARA      INJ 5MG/ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INFUSION)</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilars covered with PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J3357</t>
+  </si>
+  <si>
+    <t>STELARA      INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilar coverage may be available on the prescription drug benefit, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>Q9999</t>
+  </si>
+  <si>
+    <t>DC-0081</t>
+  </si>
+  <si>
+    <t>OTULFI       INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AAUZ IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q9998</t>
+  </si>
+  <si>
+    <t>SELARSDI     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AEKN IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5138</t>
+  </si>
+  <si>
+    <t>WEZLANA      INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AUUB IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5137</t>
+  </si>
+  <si>
+    <t>WEZLANA      INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AUUB SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Q5100</t>
+  </si>
+  <si>
+    <t>YESINTEK INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-KFCE INJ</t>
+  </si>
+  <si>
+    <t>Q5098</t>
+  </si>
+  <si>
+    <t>IMULDOSA INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-SRLF INJ</t>
+  </si>
+  <si>
+    <t>IMULDOSA     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-SRLF IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5099</t>
+  </si>
+  <si>
+    <t>STEQEYMA INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-STBA, 1 MG</t>
+  </si>
+  <si>
+    <t>Q9997</t>
+  </si>
+  <si>
+    <t>PYZCHIVA     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-TTWE IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q9996</t>
+  </si>
+  <si>
+    <t>PYZCHIVA     INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-TTWE SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>J0901</t>
+  </si>
+  <si>
+    <t>DC-0151</t>
+  </si>
+  <si>
+    <t>VAFSEO</t>
+  </si>
+  <si>
+    <t>VADADUSTAT</t>
+  </si>
+  <si>
+    <t>J1412</t>
+  </si>
+  <si>
+    <t>ROCTAVIAN    INJ</t>
+  </si>
+  <si>
+    <t>VALOCTOCOGENE ROXAPARVOVEC-RVOX IV SUSP 20000000000000 VG/ML</t>
+  </si>
+  <si>
+    <t>J3380</t>
+  </si>
+  <si>
+    <t>DC-0093</t>
+  </si>
+  <si>
+    <t>ENTYVIO      INJ 300MG</t>
+  </si>
+  <si>
+    <t>VEDOLIZUMAB FOR IV SOLUTION 300 MG</t>
+  </si>
+  <si>
+    <t>J3385</t>
+  </si>
+  <si>
+    <t>VPRIV</t>
+  </si>
+  <si>
+    <t>VELAGLUCERASE ALFA</t>
+  </si>
+  <si>
+    <t>J0217</t>
+  </si>
+  <si>
+    <t>DC-0123</t>
+  </si>
+  <si>
+    <t>LAMZEDE      INJ 10MG</t>
+  </si>
+  <si>
+    <t>VELMANASE ALFA-TYCV FOR IV SOLN 10 MG</t>
+  </si>
+  <si>
+    <t>J1427</t>
+  </si>
+  <si>
+    <t>VILTEPSO     SOL</t>
+  </si>
+  <si>
+    <t>VILTOLARSEN IV SOLN 250 MG/5ML (50 MG/ML)</t>
+  </si>
+  <si>
+    <t>J7179</t>
+  </si>
+  <si>
+    <t>VONVENDI     INJ</t>
+  </si>
+  <si>
+    <t>VON WILLEBRAND FACTOR (RECOMBINANT) FOR INJ</t>
+  </si>
+  <si>
+    <t>J3398</t>
+  </si>
+  <si>
+    <t>DC-0148</t>
+  </si>
+  <si>
+    <t>LUXTURNA     SUS</t>
+  </si>
+  <si>
+    <t>VORETIGENE NEPARVOVEC-RZYL 5000000000000 VG/ML INTRAOC SUSP</t>
+  </si>
+  <si>
+    <t>J0225</t>
+  </si>
+  <si>
+    <t>AMVUTTRA     SOL 25/0.5ML</t>
+  </si>
+  <si>
+    <t>VUTRISIRAN SODIUM SOLN PREFILLED SYRINGE 25 MG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9276</t>
+  </si>
+  <si>
+    <t>ZIIHERA INJ</t>
+  </si>
+  <si>
+    <t>ZANIDATAMAB-HRII, 2 mg</t>
+  </si>
+  <si>
+    <t>J9382</t>
+  </si>
+  <si>
+    <t>BIZENGRI     INJ 750 DOSE</t>
+  </si>
+  <si>
+    <t>ZENOCUTUZUMAB-ZBCO IV SOLN PACK 375 MG/18.75ML (750 MG DOSE)</t>
+  </si>
+  <si>
+    <t>J1326</t>
+  </si>
+  <si>
+    <t>VYLOY</t>
+  </si>
+  <si>
+    <t>ZOLBETUXIMAB-CLZB, 2 mg</t>
+  </si>
+  <si>
+    <t>90750</t>
+  </si>
+  <si>
+    <t>SHINGRIX     INJ 50/0.5ML</t>
+  </si>
+  <si>
+    <t>ZOSTER VAC RECOMBINANT ADJUVANTED FOR IM INJ 50 MCG/0.5ML</t>
+  </si>
+  <si>
+    <t>Covered for age 50 years and up without PA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="22" x14ac:knownFonts="1">
+  <numFmts count="1">
+    <numFmt numFmtId="164" formatCode="m/d/yyyy;@"/>
+  </numFmts>
+  <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -3597,72 +3652,73 @@
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="2"/>
       <name val="Poppins SemiBold"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="2"/>
       <name val="Poppins SemiBold"/>
     </font>
     <font>
       <sz val="12"/>
-      <color theme="2"/>
       <name val="Poppins"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
-      <color theme="0"/>
       <name val="Poppins"/>
     </font>
+    <font>
+      <sz val="18"/>
+      <color theme="1"/>
+      <name val="Poppins ExtraBold"/>
+    </font>
   </fonts>
-  <fills count="35">
+  <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -3800,62 +3856,56 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FF041343"/>
-[...5 lines deleted...]
-        <fgColor rgb="FF1F847D"/>
+        <fgColor rgb="FF45BFB0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="10">
+  <borders count="15">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -3926,217 +3976,369 @@
       <left style="thin">
         <color rgb="FFB2B2B2"/>
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="double">
+        <color auto="1"/>
+      </left>
+      <right style="double">
+        <color auto="1"/>
+      </right>
+      <top style="double">
+        <color auto="1"/>
+      </top>
+      <bottom style="double">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="42">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="4">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="18" fillId="33" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="34" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF9ADCD2"/>
+      <color rgb="FF45BFB0"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>209551</xdr:colOff>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>1</xdr:rowOff>
+      <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>666750</xdr:colOff>
+      <xdr:colOff>200025</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>28794</xdr:rowOff>
+      <xdr:rowOff>71770</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Quartz Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBE5D9F6-A25B-4A43-ACFF-542F05FF6DD5}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{210B9E95-B4F3-4B48-9C87-517428521EDD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="209551" y="1"/>
-          <a:ext cx="1619249" cy="990818"/>
+          <a:off x="9525" y="0"/>
+          <a:ext cx="1666875" cy="852820"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>257176</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1638300</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>752475</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Picture 1" descr="Quartz Logo">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273C0106-89C2-40FC-9B8A-D486CE57B4C7}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="257176" y="19050"/>
+          <a:ext cx="1381124" cy="733425"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
@@ -4430,6187 +4632,7236 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E360"/>
+  <dimension ref="A1:F358"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
-      <selection activeCell="C135" sqref="C135"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C3" sqref="C1:C1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="17.42578125" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="5" max="5" width="99.140625" customWidth="1"/>
+    <col min="1" max="1" width="22.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.42578125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="28" style="1" customWidth="1"/>
+    <col min="4" max="4" width="42" style="1" customWidth="1"/>
+    <col min="5" max="5" width="65.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="81.140625" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="75.75" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-      <c r="A2" s="1" t="s">
+    <row r="1" spans="1:6" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="D1" s="7"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+    </row>
+    <row r="2" spans="1:6" ht="232.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="5"/>
+    </row>
+    <row r="3" spans="1:6" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A3" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3" s="2" t="s">
+        <v>0</v>
+      </c>
+      <c r="C3" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="2" t="s">
+        <v>1</v>
+      </c>
+      <c r="E3" s="2" t="s">
+        <v>2</v>
+      </c>
+      <c r="F3" s="2" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E4" t="s">
+        <v>15</v>
+      </c>
+      <c r="F4" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B5" t="s">
+        <v>17</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" t="s">
+        <v>20</v>
+      </c>
+      <c r="F5" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B6" t="s">
+        <v>17</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" t="s">
+        <v>20</v>
+      </c>
+      <c r="F6" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>26</v>
+      </c>
+      <c r="E7" t="s">
+        <v>26</v>
+      </c>
+      <c r="F7" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>30</v>
+      </c>
+      <c r="F8" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" t="s">
+        <v>32</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" t="s">
+        <v>25</v>
+      </c>
+      <c r="D10" t="s">
+        <v>35</v>
+      </c>
+      <c r="E10" t="s">
+        <v>36</v>
+      </c>
+      <c r="F10" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B11" t="s">
+        <v>37</v>
+      </c>
+      <c r="C11" t="s">
+        <v>25</v>
+      </c>
+      <c r="D11" t="s">
+        <v>38</v>
+      </c>
+      <c r="E11" t="s">
+        <v>39</v>
+      </c>
+      <c r="F11" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B12" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" t="s">
+        <v>25</v>
+      </c>
+      <c r="D12" t="s">
+        <v>41</v>
+      </c>
+      <c r="E12" t="s">
+        <v>42</v>
+      </c>
+      <c r="F12" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" t="s">
+        <v>25</v>
+      </c>
+      <c r="D13" t="s">
+        <v>44</v>
+      </c>
+      <c r="E13" t="s">
+        <v>45</v>
+      </c>
+      <c r="F13" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" t="s">
+        <v>25</v>
+      </c>
+      <c r="D14" t="s">
+        <v>47</v>
+      </c>
+      <c r="E14" t="s">
+        <v>48</v>
+      </c>
+      <c r="F14" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" t="s">
+        <v>50</v>
+      </c>
+      <c r="D15" t="s">
+        <v>51</v>
+      </c>
+      <c r="E15" t="s">
+        <v>52</v>
+      </c>
+      <c r="F15" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B16" t="s">
+        <v>53</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" t="s">
+        <v>55</v>
+      </c>
+      <c r="F16" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" t="s">
+        <v>59</v>
+      </c>
+      <c r="E17" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A18" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B18" t="s">
+        <v>61</v>
+      </c>
+      <c r="C18" t="s">
+        <v>62</v>
+      </c>
+      <c r="D18" t="s">
+        <v>63</v>
+      </c>
+      <c r="E18" t="s">
+        <v>64</v>
+      </c>
+      <c r="F18" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A19" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B19" t="s">
+        <v>66</v>
+      </c>
+      <c r="C19" t="s">
+        <v>67</v>
+      </c>
+      <c r="D19" t="s">
+        <v>68</v>
+      </c>
+      <c r="E19" t="s">
+        <v>69</v>
+      </c>
+      <c r="F19" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A20" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B20" t="s">
+        <v>70</v>
+      </c>
+      <c r="C20" t="s">
+        <v>71</v>
+      </c>
+      <c r="D20" t="s">
+        <v>72</v>
+      </c>
+      <c r="E20" t="s">
+        <v>73</v>
+      </c>
+      <c r="F20" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A21" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B21" t="s">
+        <v>74</v>
+      </c>
+      <c r="C21" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" t="s">
+        <v>76</v>
+      </c>
+      <c r="E21" t="s">
+        <v>77</v>
+      </c>
+      <c r="F21" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A22" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B22" t="s">
+        <v>79</v>
+      </c>
+      <c r="C22" t="s">
+        <v>80</v>
+      </c>
+      <c r="D22" t="s">
+        <v>81</v>
+      </c>
+      <c r="E22" t="s">
+        <v>82</v>
+      </c>
+      <c r="F22" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A23" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" t="s">
+        <v>84</v>
+      </c>
+      <c r="C23" t="s">
+        <v>85</v>
+      </c>
+      <c r="D23" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" t="s">
+        <v>87</v>
+      </c>
+      <c r="F23" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A24" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" t="s">
+        <v>84</v>
+      </c>
+      <c r="C24" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" t="s">
+        <v>88</v>
+      </c>
+      <c r="E24" t="s">
+        <v>87</v>
+      </c>
+      <c r="F24" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A25" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" t="s">
+        <v>84</v>
+      </c>
+      <c r="C25" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" t="s">
+        <v>89</v>
+      </c>
+      <c r="E25" t="s">
+        <v>90</v>
+      </c>
+      <c r="F25" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A26" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B26" t="s">
+        <v>91</v>
+      </c>
+      <c r="C26" t="s">
+        <v>85</v>
+      </c>
+      <c r="D26" t="s">
+        <v>92</v>
+      </c>
+      <c r="E26" t="s">
+        <v>93</v>
+      </c>
+      <c r="F26" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A27" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" t="s">
+        <v>94</v>
+      </c>
+      <c r="C27" t="s">
+        <v>95</v>
+      </c>
+      <c r="D27" t="s">
+        <v>96</v>
+      </c>
+      <c r="E27" t="s">
+        <v>97</v>
+      </c>
+      <c r="F27" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B28" t="s">
+        <v>98</v>
+      </c>
+      <c r="C28" t="s">
+        <v>99</v>
+      </c>
+      <c r="D28" t="s">
+        <v>100</v>
+      </c>
+      <c r="E28" t="s">
+        <v>101</v>
+      </c>
+      <c r="F28" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B29" t="s">
+        <v>102</v>
+      </c>
+      <c r="C29" t="s">
+        <v>103</v>
+      </c>
+      <c r="D29" t="s">
+        <v>104</v>
+      </c>
+      <c r="E29" t="s">
+        <v>105</v>
+      </c>
+      <c r="F29" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A30" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B30" t="s">
+        <v>106</v>
+      </c>
+      <c r="C30" t="s">
+        <v>103</v>
+      </c>
+      <c r="D30" t="s">
+        <v>107</v>
+      </c>
+      <c r="E30" t="s">
+        <v>108</v>
+      </c>
+      <c r="F30" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A31" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B31" t="s">
+        <v>109</v>
+      </c>
+      <c r="C31" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" t="s">
+        <v>110</v>
+      </c>
+      <c r="E31" t="s">
+        <v>111</v>
+      </c>
+      <c r="F31" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A32" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B32" t="s">
+        <v>112</v>
+      </c>
+      <c r="C32" t="s">
+        <v>103</v>
+      </c>
+      <c r="D32" t="s">
+        <v>113</v>
+      </c>
+      <c r="E32" t="s">
+        <v>114</v>
+      </c>
+      <c r="F32" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A33" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B33" t="s">
+        <v>115</v>
+      </c>
+      <c r="C33" t="s">
+        <v>103</v>
+      </c>
+      <c r="D33" t="s">
+        <v>116</v>
+      </c>
+      <c r="E33" t="s">
+        <v>117</v>
+      </c>
+      <c r="F33" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A34" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B34" t="s">
+        <v>118</v>
+      </c>
+      <c r="C34" t="s">
+        <v>103</v>
+      </c>
+      <c r="D34" t="s">
+        <v>119</v>
+      </c>
+      <c r="E34" t="s">
+        <v>120</v>
+      </c>
+      <c r="F34" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B35" t="s">
+        <v>121</v>
+      </c>
+      <c r="C35" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" t="s">
+        <v>122</v>
+      </c>
+      <c r="E35" t="s">
+        <v>123</v>
+      </c>
+      <c r="F35" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" t="s">
+        <v>121</v>
+      </c>
+      <c r="C36" t="s">
+        <v>103</v>
+      </c>
+      <c r="D36" t="s">
+        <v>124</v>
+      </c>
+      <c r="E36" t="s">
+        <v>123</v>
+      </c>
+      <c r="F36" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A37" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B37" t="s">
+        <v>125</v>
+      </c>
+      <c r="C37" t="s">
+        <v>103</v>
+      </c>
+      <c r="D37" t="s">
+        <v>126</v>
+      </c>
+      <c r="E37" t="s">
+        <v>127</v>
+      </c>
+      <c r="F37" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A38" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B38" t="s">
+        <v>128</v>
+      </c>
+      <c r="C38" t="s">
+        <v>103</v>
+      </c>
+      <c r="D38" t="s">
+        <v>129</v>
+      </c>
+      <c r="E38" t="s">
+        <v>130</v>
+      </c>
+      <c r="F38" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A39" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B39" t="s">
+        <v>131</v>
+      </c>
+      <c r="C39" t="s">
+        <v>103</v>
+      </c>
+      <c r="D39" t="s">
+        <v>132</v>
+      </c>
+      <c r="E39" t="s">
+        <v>133</v>
+      </c>
+      <c r="F39" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s">
+        <v>103</v>
+      </c>
+      <c r="D40" t="s">
+        <v>135</v>
+      </c>
+      <c r="E40" t="s">
+        <v>133</v>
+      </c>
+      <c r="F40" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" t="s">
+        <v>131</v>
+      </c>
+      <c r="C41" t="s">
+        <v>103</v>
+      </c>
+      <c r="D41" t="s">
+        <v>136</v>
+      </c>
+      <c r="E41" t="s">
+        <v>137</v>
+      </c>
+      <c r="F41" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B42" t="s">
+        <v>131</v>
+      </c>
+      <c r="C42" t="s">
+        <v>103</v>
+      </c>
+      <c r="D42" t="s">
+        <v>138</v>
+      </c>
+      <c r="E42" t="s">
+        <v>139</v>
+      </c>
+      <c r="F42" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A43" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B43" t="s">
+        <v>140</v>
+      </c>
+      <c r="C43" t="s">
+        <v>103</v>
+      </c>
+      <c r="D43" t="s">
+        <v>141</v>
+      </c>
+      <c r="E43" t="s">
+        <v>142</v>
+      </c>
+      <c r="F43" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A44" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B44" t="s">
+        <v>143</v>
+      </c>
+      <c r="C44" t="s">
+        <v>103</v>
+      </c>
+      <c r="D44" t="s">
+        <v>144</v>
+      </c>
+      <c r="E44" t="s">
+        <v>145</v>
+      </c>
+      <c r="F44" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45" t="s">
+        <v>146</v>
+      </c>
+      <c r="C45" t="s">
+        <v>103</v>
+      </c>
+      <c r="D45" t="s">
+        <v>147</v>
+      </c>
+      <c r="E45" t="s">
+        <v>145</v>
+      </c>
+      <c r="F45" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" t="s">
+        <v>148</v>
+      </c>
+      <c r="C46" t="s">
+        <v>103</v>
+      </c>
+      <c r="D46" t="s">
+        <v>149</v>
+      </c>
+      <c r="E46" t="s">
+        <v>145</v>
+      </c>
+      <c r="F46" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A47" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B47" t="s">
+        <v>150</v>
+      </c>
+      <c r="C47" t="s">
+        <v>103</v>
+      </c>
+      <c r="D47" t="s">
+        <v>151</v>
+      </c>
+      <c r="E47" t="s">
+        <v>152</v>
+      </c>
+      <c r="F47" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B48" t="s">
+        <v>153</v>
+      </c>
+      <c r="C48" t="s">
+        <v>154</v>
+      </c>
+      <c r="D48" t="s">
+        <v>155</v>
+      </c>
+      <c r="E48" t="s">
+        <v>156</v>
+      </c>
+      <c r="F48" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B49" t="s">
+        <v>157</v>
+      </c>
+      <c r="C49" t="s">
+        <v>158</v>
+      </c>
+      <c r="D49" t="s">
+        <v>159</v>
+      </c>
+      <c r="E49" t="s">
+        <v>160</v>
+      </c>
+      <c r="F49" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B50" t="s">
+        <v>161</v>
+      </c>
+      <c r="C50" t="s">
+        <v>75</v>
+      </c>
+      <c r="D50" t="s">
+        <v>162</v>
+      </c>
+      <c r="E50" t="s">
+        <v>163</v>
+      </c>
+      <c r="F50" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B51" t="s">
+        <v>164</v>
+      </c>
+      <c r="C51" t="s">
+        <v>95</v>
+      </c>
+      <c r="D51" t="s">
+        <v>165</v>
+      </c>
+      <c r="E51" t="s">
+        <v>166</v>
+      </c>
+      <c r="F51" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A52" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B52" t="s">
+        <v>167</v>
+      </c>
+      <c r="C52" t="s">
+        <v>99</v>
+      </c>
+      <c r="D52" t="s">
+        <v>168</v>
+      </c>
+      <c r="E52" t="s">
+        <v>169</v>
+      </c>
+      <c r="F52" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B53" t="s">
+        <v>170</v>
+      </c>
+      <c r="C53" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" t="s">
+        <v>171</v>
+      </c>
+      <c r="E53" t="s">
+        <v>172</v>
+      </c>
+      <c r="F53" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B54" t="s">
+        <v>79</v>
+      </c>
+      <c r="C54" t="s">
+        <v>174</v>
+      </c>
+      <c r="D54" t="s">
+        <v>175</v>
+      </c>
+      <c r="E54" t="s">
+        <v>176</v>
+      </c>
+      <c r="F54" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B55" t="s">
+        <v>177</v>
+      </c>
+      <c r="C55" t="s">
+        <v>178</v>
+      </c>
+      <c r="D55" t="s">
+        <v>179</v>
+      </c>
+      <c r="E55" t="s">
+        <v>180</v>
+      </c>
+      <c r="F55" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B56" t="s">
+        <v>181</v>
+      </c>
+      <c r="C56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" t="s">
+        <v>182</v>
+      </c>
+      <c r="E56" t="s">
+        <v>183</v>
+      </c>
+      <c r="F56" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B57" t="s">
+        <v>185</v>
+      </c>
+      <c r="C57" t="s">
+        <v>186</v>
+      </c>
+      <c r="D57" t="s">
+        <v>187</v>
+      </c>
+      <c r="E57" t="s">
+        <v>188</v>
+      </c>
+      <c r="F57" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B58" t="s">
+        <v>189</v>
+      </c>
+      <c r="C58" t="s">
+        <v>190</v>
+      </c>
+      <c r="D58" t="s">
+        <v>191</v>
+      </c>
+      <c r="E58" t="s">
+        <v>192</v>
+      </c>
+      <c r="F58" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B59" t="s">
+        <v>193</v>
+      </c>
+      <c r="C59" t="s">
+        <v>194</v>
+      </c>
+      <c r="D59" t="s">
+        <v>195</v>
+      </c>
+      <c r="E59" t="s">
+        <v>196</v>
+      </c>
+      <c r="F59" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B60" t="s">
+        <v>198</v>
+      </c>
+      <c r="C60" t="s">
+        <v>199</v>
+      </c>
+      <c r="D60" t="s">
+        <v>200</v>
+      </c>
+      <c r="E60" t="s">
+        <v>201</v>
+      </c>
+      <c r="F60" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B61" t="s">
+        <v>202</v>
+      </c>
+      <c r="C61" t="s">
+        <v>199</v>
+      </c>
+      <c r="D61" t="s">
+        <v>203</v>
+      </c>
+      <c r="E61" t="s">
+        <v>201</v>
+      </c>
+      <c r="F61" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B62" t="s">
+        <v>204</v>
+      </c>
+      <c r="C62" t="s">
+        <v>199</v>
+      </c>
+      <c r="D62" t="s">
+        <v>205</v>
+      </c>
+      <c r="E62" t="s">
+        <v>206</v>
+      </c>
+      <c r="F62" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B63" t="s">
+        <v>207</v>
+      </c>
+      <c r="C63" t="s">
+        <v>199</v>
+      </c>
+      <c r="D63" t="s">
+        <v>208</v>
+      </c>
+      <c r="E63" t="s">
+        <v>209</v>
+      </c>
+      <c r="F63" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B64" t="s">
+        <v>210</v>
+      </c>
+      <c r="C64" t="s">
+        <v>211</v>
+      </c>
+      <c r="D64" t="s">
+        <v>212</v>
+      </c>
+      <c r="E64" t="s">
+        <v>213</v>
+      </c>
+      <c r="F64" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B65" t="s">
+        <v>215</v>
+      </c>
+      <c r="C65" t="s">
+        <v>216</v>
+      </c>
+      <c r="D65" t="s">
+        <v>217</v>
+      </c>
+      <c r="E65" t="s">
+        <v>218</v>
+      </c>
+      <c r="F65" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B66" t="s">
+        <v>219</v>
+      </c>
+      <c r="C66" t="s">
+        <v>220</v>
+      </c>
+      <c r="D66" t="s">
+        <v>221</v>
+      </c>
+      <c r="E66" t="s">
+        <v>222</v>
+      </c>
+      <c r="F66" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B67" t="s">
+        <v>223</v>
+      </c>
+      <c r="C67" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" t="s">
+        <v>224</v>
+      </c>
+      <c r="E67" t="s">
+        <v>225</v>
+      </c>
+      <c r="F67" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B68" t="s">
+        <v>227</v>
+      </c>
+      <c r="C68" t="s">
+        <v>95</v>
+      </c>
+      <c r="D68" t="s">
+        <v>228</v>
+      </c>
+      <c r="E68" t="s">
+        <v>229</v>
+      </c>
+      <c r="F68" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B69" t="s">
+        <v>230</v>
+      </c>
+      <c r="C69" t="s">
+        <v>231</v>
+      </c>
+      <c r="D69" t="s">
+        <v>232</v>
+      </c>
+      <c r="E69" t="s">
+        <v>233</v>
+      </c>
+      <c r="F69" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B70" t="s">
+        <v>234</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>235</v>
+      </c>
+      <c r="E70" t="s">
+        <v>236</v>
+      </c>
+      <c r="F70" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B71" t="s">
+        <v>237</v>
+      </c>
+      <c r="C71" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" t="s">
+        <v>238</v>
+      </c>
+      <c r="E71" t="s">
+        <v>239</v>
+      </c>
+      <c r="F71" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B72" t="s">
+        <v>240</v>
+      </c>
+      <c r="C72" t="s">
+        <v>103</v>
+      </c>
+      <c r="D72" t="s">
+        <v>241</v>
+      </c>
+      <c r="E72" t="s">
+        <v>242</v>
+      </c>
+      <c r="F72" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B73" t="s">
+        <v>243</v>
+      </c>
+      <c r="C73" t="s">
+        <v>103</v>
+      </c>
+      <c r="D73" t="s">
+        <v>244</v>
+      </c>
+      <c r="E73" t="s">
+        <v>245</v>
+      </c>
+      <c r="F73" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B74" t="s">
+        <v>246</v>
+      </c>
+      <c r="C74" t="s">
+        <v>103</v>
+      </c>
+      <c r="D74" t="s">
+        <v>247</v>
+      </c>
+      <c r="E74" t="s">
+        <v>248</v>
+      </c>
+      <c r="F74" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A75" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B75" t="s">
+        <v>249</v>
+      </c>
+      <c r="C75" t="s">
+        <v>103</v>
+      </c>
+      <c r="D75" t="s">
+        <v>250</v>
+      </c>
+      <c r="E75" t="s">
+        <v>248</v>
+      </c>
+      <c r="F75" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A76" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B76" t="s">
+        <v>251</v>
+      </c>
+      <c r="C76" t="s">
+        <v>103</v>
+      </c>
+      <c r="D76" t="s">
+        <v>252</v>
+      </c>
+      <c r="E76" t="s">
+        <v>248</v>
+      </c>
+      <c r="F76" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A77" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B77" t="s">
+        <v>253</v>
+      </c>
+      <c r="C77" t="s">
+        <v>103</v>
+      </c>
+      <c r="D77" t="s">
+        <v>254</v>
+      </c>
+      <c r="E77" t="s">
+        <v>255</v>
+      </c>
+      <c r="F77" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A78" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B78" t="s">
+        <v>256</v>
+      </c>
+      <c r="C78" t="s">
+        <v>103</v>
+      </c>
+      <c r="D78" t="s">
+        <v>257</v>
+      </c>
+      <c r="E78" t="s">
+        <v>258</v>
+      </c>
+      <c r="F78" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A79" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B79" t="s">
+        <v>259</v>
+      </c>
+      <c r="C79" t="s">
+        <v>103</v>
+      </c>
+      <c r="D79" t="s">
+        <v>260</v>
+      </c>
+      <c r="E79" t="s">
+        <v>261</v>
+      </c>
+      <c r="F79" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B80" t="s">
+        <v>262</v>
+      </c>
+      <c r="C80" t="s">
+        <v>103</v>
+      </c>
+      <c r="D80" t="s">
+        <v>263</v>
+      </c>
+      <c r="E80" t="s">
+        <v>264</v>
+      </c>
+      <c r="F80" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B81" t="s">
+        <v>265</v>
+      </c>
+      <c r="C81" t="s">
+        <v>103</v>
+      </c>
+      <c r="D81" t="s">
+        <v>266</v>
+      </c>
+      <c r="E81" t="s">
+        <v>267</v>
+      </c>
+      <c r="F81" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B82" t="s">
+        <v>268</v>
+      </c>
+      <c r="C82" t="s">
+        <v>103</v>
+      </c>
+      <c r="D82" t="s">
+        <v>269</v>
+      </c>
+      <c r="E82" t="s">
+        <v>270</v>
+      </c>
+      <c r="F82" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A83" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B83" t="s">
+        <v>272</v>
+      </c>
+      <c r="C83" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" t="s">
+        <v>273</v>
+      </c>
+      <c r="E83" t="s">
+        <v>274</v>
+      </c>
+      <c r="F83" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B84" t="s">
+        <v>276</v>
+      </c>
+      <c r="C84" t="s">
+        <v>277</v>
+      </c>
+      <c r="D84" t="s">
+        <v>278</v>
+      </c>
+      <c r="E84" t="s">
+        <v>279</v>
+      </c>
+      <c r="F84" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A85" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B85" t="s">
+        <v>280</v>
+      </c>
+      <c r="C85" t="s">
+        <v>95</v>
+      </c>
+      <c r="D85" t="s">
+        <v>281</v>
+      </c>
+      <c r="E85" t="s">
+        <v>282</v>
+      </c>
+      <c r="F85" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A86" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B86" t="s">
+        <v>280</v>
+      </c>
+      <c r="C86" t="s">
+        <v>95</v>
+      </c>
+      <c r="D86" t="s">
+        <v>283</v>
+      </c>
+      <c r="E86" t="s">
+        <v>284</v>
+      </c>
+      <c r="F86" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A87" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B87" t="s">
+        <v>285</v>
+      </c>
+      <c r="C87" t="s">
+        <v>286</v>
+      </c>
+      <c r="D87" t="s">
+        <v>287</v>
+      </c>
+      <c r="E87" t="s">
+        <v>288</v>
+      </c>
+      <c r="F87" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A88" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B88" t="s">
+        <v>289</v>
+      </c>
+      <c r="C88" t="s">
+        <v>25</v>
+      </c>
+      <c r="D88" t="s">
+        <v>290</v>
+      </c>
+      <c r="E88" t="s">
+        <v>291</v>
+      </c>
+      <c r="F88" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A89" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B89" t="s">
+        <v>293</v>
+      </c>
+      <c r="C89" t="s">
+        <v>294</v>
+      </c>
+      <c r="D89" t="s">
+        <v>295</v>
+      </c>
+      <c r="E89" t="s">
+        <v>296</v>
+      </c>
+      <c r="F89" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A90" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B90" t="s">
+        <v>297</v>
+      </c>
+      <c r="C90" t="s">
+        <v>298</v>
+      </c>
+      <c r="D90" t="s">
+        <v>299</v>
+      </c>
+      <c r="E90" t="s">
+        <v>300</v>
+      </c>
+      <c r="F90" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B91" t="s">
+        <v>301</v>
+      </c>
+      <c r="C91" t="s">
+        <v>95</v>
+      </c>
+      <c r="D91" t="s">
+        <v>302</v>
+      </c>
+      <c r="E91" t="s">
+        <v>303</v>
+      </c>
+      <c r="F91" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A92" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B92" t="s">
+        <v>304</v>
+      </c>
+      <c r="C92" t="s">
+        <v>18</v>
+      </c>
+      <c r="D92" t="s">
+        <v>305</v>
+      </c>
+      <c r="E92" t="s">
+        <v>306</v>
+      </c>
+      <c r="F92" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A93" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B93" t="s">
+        <v>304</v>
+      </c>
+      <c r="C93" t="s">
+        <v>22</v>
+      </c>
+      <c r="D93" t="s">
+        <v>305</v>
+      </c>
+      <c r="E93" t="s">
+        <v>306</v>
+      </c>
+      <c r="F93" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A94" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B94" t="s">
+        <v>307</v>
+      </c>
+      <c r="C94" t="s">
+        <v>25</v>
+      </c>
+      <c r="D94" t="s">
+        <v>308</v>
+      </c>
+      <c r="E94" t="s">
+        <v>309</v>
+      </c>
+      <c r="F94" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A95" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B95" t="s">
+        <v>311</v>
+      </c>
+      <c r="C95" t="s">
+        <v>312</v>
+      </c>
+      <c r="D95" t="s">
+        <v>313</v>
+      </c>
+      <c r="E95" t="s">
+        <v>314</v>
+      </c>
+      <c r="F95" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A96" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B96" t="s">
+        <v>311</v>
+      </c>
+      <c r="C96" t="s">
+        <v>312</v>
+      </c>
+      <c r="D96" t="s">
+        <v>315</v>
+      </c>
+      <c r="E96" t="s">
+        <v>316</v>
+      </c>
+      <c r="F96" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A97" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B97" t="s">
+        <v>317</v>
+      </c>
+      <c r="C97" t="s">
+        <v>312</v>
+      </c>
+      <c r="D97" t="s">
+        <v>318</v>
+      </c>
+      <c r="E97" t="s">
+        <v>319</v>
+      </c>
+      <c r="F97" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A98" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B98" t="s">
+        <v>317</v>
+      </c>
+      <c r="C98" t="s">
+        <v>312</v>
+      </c>
+      <c r="D98" t="s">
+        <v>320</v>
+      </c>
+      <c r="E98" t="s">
+        <v>321</v>
+      </c>
+      <c r="F98" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A99" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B99" t="s">
+        <v>322</v>
+      </c>
+      <c r="C99" t="s">
+        <v>312</v>
+      </c>
+      <c r="D99" t="s">
+        <v>323</v>
+      </c>
+      <c r="E99" t="s">
+        <v>324</v>
+      </c>
+      <c r="F99" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A100" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B100" t="s">
+        <v>325</v>
+      </c>
+      <c r="C100" t="s">
+        <v>312</v>
+      </c>
+      <c r="D100" t="s">
+        <v>326</v>
+      </c>
+      <c r="E100" t="s">
+        <v>327</v>
+      </c>
+      <c r="F100" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A101" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B101" t="s">
+        <v>328</v>
+      </c>
+      <c r="C101" t="s">
+        <v>312</v>
+      </c>
+      <c r="D101" t="s">
+        <v>329</v>
+      </c>
+      <c r="E101" t="s">
+        <v>330</v>
+      </c>
+      <c r="F101" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A102" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B102" t="s">
+        <v>79</v>
+      </c>
+      <c r="C102" t="s">
+        <v>95</v>
+      </c>
+      <c r="D102" t="s">
+        <v>331</v>
+      </c>
+      <c r="E102" t="s">
+        <v>332</v>
+      </c>
+      <c r="F102" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A103" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B103" t="s">
+        <v>333</v>
+      </c>
+      <c r="C103" t="s">
+        <v>334</v>
+      </c>
+      <c r="D103" t="s">
+        <v>335</v>
+      </c>
+      <c r="E103" t="s">
+        <v>336</v>
+      </c>
+      <c r="F103" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A104" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" t="s">
+        <v>79</v>
+      </c>
+      <c r="C104" t="s">
+        <v>337</v>
+      </c>
+      <c r="D104" t="s">
+        <v>338</v>
+      </c>
+      <c r="E104" t="s">
+        <v>339</v>
+      </c>
+      <c r="F104" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A105" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B105" t="s">
+        <v>340</v>
+      </c>
+      <c r="C105" t="s">
+        <v>95</v>
+      </c>
+      <c r="D105" t="s">
+        <v>341</v>
+      </c>
+      <c r="E105" t="s">
+        <v>342</v>
+      </c>
+      <c r="F105" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A106" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B106" t="s">
+        <v>343</v>
+      </c>
+      <c r="C106" t="s">
+        <v>199</v>
+      </c>
+      <c r="D106" t="s">
+        <v>344</v>
+      </c>
+      <c r="E106" t="s">
+        <v>345</v>
+      </c>
+      <c r="F106" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A107" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B107" t="s">
+        <v>346</v>
+      </c>
+      <c r="C107" t="s">
+        <v>347</v>
+      </c>
+      <c r="D107" t="s">
+        <v>348</v>
+      </c>
+      <c r="E107" t="s">
+        <v>349</v>
+      </c>
+      <c r="F107" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A108" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B108" t="s">
+        <v>350</v>
+      </c>
+      <c r="C108" t="s">
+        <v>347</v>
+      </c>
+      <c r="D108" t="s">
+        <v>351</v>
+      </c>
+      <c r="E108" t="s">
+        <v>352</v>
+      </c>
+      <c r="F108" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A109" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B109" t="s">
+        <v>353</v>
+      </c>
+      <c r="C109" t="s">
+        <v>347</v>
+      </c>
+      <c r="D109" t="s">
+        <v>354</v>
+      </c>
+      <c r="E109" t="s">
+        <v>355</v>
+      </c>
+      <c r="F109" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A110" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B110" t="s">
+        <v>356</v>
+      </c>
+      <c r="C110" t="s">
+        <v>357</v>
+      </c>
+      <c r="D110" t="s">
+        <v>358</v>
+      </c>
+      <c r="E110" t="s">
+        <v>359</v>
+      </c>
+      <c r="F110" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A111" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B111" t="s">
+        <v>360</v>
+      </c>
+      <c r="C111" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" t="s">
+        <v>361</v>
+      </c>
+      <c r="E111" t="s">
+        <v>362</v>
+      </c>
+      <c r="F111" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A112" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B112" t="s">
+        <v>364</v>
+      </c>
+      <c r="C112" t="s">
+        <v>365</v>
+      </c>
+      <c r="D112" t="s">
+        <v>366</v>
+      </c>
+      <c r="E112" t="s">
+        <v>367</v>
+      </c>
+      <c r="F112" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A113" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B113" t="s">
+        <v>368</v>
+      </c>
+      <c r="C113" t="s">
+        <v>365</v>
+      </c>
+      <c r="D113" t="s">
+        <v>369</v>
+      </c>
+      <c r="E113" t="s">
+        <v>370</v>
+      </c>
+      <c r="F113" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A114" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B114" t="s">
+        <v>371</v>
+      </c>
+      <c r="C114" t="s">
+        <v>25</v>
+      </c>
+      <c r="D114" t="s">
+        <v>372</v>
+      </c>
+      <c r="E114" t="s">
+        <v>373</v>
+      </c>
+      <c r="F114" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A115" s="8">
+        <v>45839</v>
+      </c>
+      <c r="B115" t="s">
+        <v>79</v>
+      </c>
+      <c r="C115" t="s">
+        <v>374</v>
+      </c>
+      <c r="D115" t="s">
+        <v>375</v>
+      </c>
+      <c r="E115" t="s">
+        <v>376</v>
+      </c>
+      <c r="F115" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A116" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B116" t="s">
+        <v>79</v>
+      </c>
+      <c r="C116" t="s">
+        <v>378</v>
+      </c>
+      <c r="D116" t="s">
+        <v>379</v>
+      </c>
+      <c r="E116" t="s">
+        <v>380</v>
+      </c>
+      <c r="F116" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A117" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B117" t="s">
+        <v>79</v>
+      </c>
+      <c r="C117" t="s">
+        <v>381</v>
+      </c>
+      <c r="D117" t="s">
+        <v>382</v>
+      </c>
+      <c r="E117" t="s">
+        <v>383</v>
+      </c>
+      <c r="F117" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A118" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B118" t="s">
+        <v>384</v>
+      </c>
+      <c r="C118" t="s">
+        <v>95</v>
+      </c>
+      <c r="D118" t="s">
+        <v>385</v>
+      </c>
+      <c r="E118" t="s">
+        <v>386</v>
+      </c>
+      <c r="F118" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A119" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B119" t="s">
+        <v>387</v>
+      </c>
+      <c r="C119" t="s">
+        <v>95</v>
+      </c>
+      <c r="D119" t="s">
+        <v>388</v>
+      </c>
+      <c r="E119" t="s">
+        <v>389</v>
+      </c>
+      <c r="F119" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A120" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B120" t="s">
+        <v>390</v>
+      </c>
+      <c r="C120" t="s">
+        <v>391</v>
+      </c>
+      <c r="D120" t="s">
+        <v>392</v>
+      </c>
+      <c r="E120" t="s">
+        <v>393</v>
+      </c>
+      <c r="F120" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A121" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B121" t="s">
+        <v>394</v>
+      </c>
+      <c r="C121" t="s">
+        <v>25</v>
+      </c>
+      <c r="D121" t="s">
+        <v>395</v>
+      </c>
+      <c r="E121" t="s">
+        <v>396</v>
+      </c>
+      <c r="F121" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A122" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B122" t="s">
+        <v>397</v>
+      </c>
+      <c r="C122" t="s">
+        <v>95</v>
+      </c>
+      <c r="D122" t="s">
+        <v>398</v>
+      </c>
+      <c r="E122" t="s">
+        <v>399</v>
+      </c>
+      <c r="F122" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A123" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B123" t="s">
+        <v>400</v>
+      </c>
+      <c r="C123" t="s">
+        <v>95</v>
+      </c>
+      <c r="D123" t="s">
+        <v>401</v>
+      </c>
+      <c r="E123" t="s">
+        <v>402</v>
+      </c>
+      <c r="F123" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A124" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B124" t="s">
+        <v>403</v>
+      </c>
+      <c r="C124" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" t="s">
+        <v>404</v>
+      </c>
+      <c r="E124" t="s">
+        <v>405</v>
+      </c>
+      <c r="F124" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A125" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B125" t="s">
+        <v>403</v>
+      </c>
+      <c r="C125" t="s">
+        <v>25</v>
+      </c>
+      <c r="D125" t="s">
+        <v>407</v>
+      </c>
+      <c r="E125" t="s">
+        <v>405</v>
+      </c>
+      <c r="F125" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A126" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B126" t="s">
+        <v>408</v>
+      </c>
+      <c r="C126" t="s">
+        <v>409</v>
+      </c>
+      <c r="D126" t="s">
+        <v>410</v>
+      </c>
+      <c r="E126" t="s">
+        <v>411</v>
+      </c>
+      <c r="F126" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A127" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B127" t="s">
+        <v>412</v>
+      </c>
+      <c r="C127" t="s">
+        <v>413</v>
+      </c>
+      <c r="D127" t="s">
+        <v>414</v>
+      </c>
+      <c r="E127" t="s">
+        <v>415</v>
+      </c>
+      <c r="F127" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A128" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B128" t="s">
+        <v>416</v>
+      </c>
+      <c r="C128" t="s">
+        <v>417</v>
+      </c>
+      <c r="D128" t="s">
+        <v>418</v>
+      </c>
+      <c r="E128" t="s">
+        <v>419</v>
+      </c>
+      <c r="F128" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A129" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B129" t="s">
+        <v>420</v>
+      </c>
+      <c r="C129" t="s">
+        <v>25</v>
+      </c>
+      <c r="D129" t="s">
+        <v>421</v>
+      </c>
+      <c r="E129" t="s">
+        <v>422</v>
+      </c>
+      <c r="F129" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A130" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B130" t="s">
+        <v>423</v>
+      </c>
+      <c r="C130" t="s">
+        <v>25</v>
+      </c>
+      <c r="D130" t="s">
+        <v>424</v>
+      </c>
+      <c r="E130" t="s">
+        <v>425</v>
+      </c>
+      <c r="F130" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A131" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B131" t="s">
+        <v>426</v>
+      </c>
+      <c r="C131" t="s">
+        <v>427</v>
+      </c>
+      <c r="D131" t="s">
+        <v>428</v>
+      </c>
+      <c r="E131" t="s">
+        <v>429</v>
+      </c>
+      <c r="F131" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A132" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B132" t="s">
+        <v>430</v>
+      </c>
+      <c r="C132" t="s">
+        <v>431</v>
+      </c>
+      <c r="D132" t="s">
+        <v>432</v>
+      </c>
+      <c r="E132" t="s">
+        <v>433</v>
+      </c>
+      <c r="F132" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A133" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B133" t="s">
+        <v>434</v>
+      </c>
+      <c r="C133" t="s">
+        <v>435</v>
+      </c>
+      <c r="D133" t="s">
+        <v>436</v>
+      </c>
+      <c r="E133" t="s">
+        <v>437</v>
+      </c>
+      <c r="F133" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A134" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B134" t="s">
+        <v>253</v>
+      </c>
+      <c r="C134" t="s">
+        <v>103</v>
+      </c>
+      <c r="D134" t="s">
+        <v>439</v>
+      </c>
+      <c r="E134" t="s">
+        <v>440</v>
+      </c>
+      <c r="F134" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A135" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B135" t="s">
+        <v>441</v>
+      </c>
+      <c r="C135" t="s">
+        <v>103</v>
+      </c>
+      <c r="D135" t="s">
+        <v>442</v>
+      </c>
+      <c r="E135" t="s">
+        <v>443</v>
+      </c>
+      <c r="F135" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A136" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B136" t="s">
+        <v>444</v>
+      </c>
+      <c r="C136" t="s">
+        <v>103</v>
+      </c>
+      <c r="D136" t="s">
+        <v>445</v>
+      </c>
+      <c r="E136" t="s">
+        <v>446</v>
+      </c>
+      <c r="F136" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A137" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B137" t="s">
+        <v>447</v>
+      </c>
+      <c r="C137" t="s">
+        <v>448</v>
+      </c>
+      <c r="D137" t="s">
+        <v>449</v>
+      </c>
+      <c r="E137" t="s">
+        <v>450</v>
+      </c>
+      <c r="F137" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A138" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B138" t="s">
+        <v>451</v>
+      </c>
+      <c r="C138" t="s">
+        <v>452</v>
+      </c>
+      <c r="D138" t="s">
+        <v>453</v>
+      </c>
+      <c r="E138" t="s">
+        <v>454</v>
+      </c>
+      <c r="F138"/>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A139" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B139" t="s">
+        <v>455</v>
+      </c>
+      <c r="C139" t="s">
+        <v>25</v>
+      </c>
+      <c r="D139" t="s">
+        <v>456</v>
+      </c>
+      <c r="E139" t="s">
+        <v>457</v>
+      </c>
+      <c r="F139" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A140" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B140" t="s">
+        <v>459</v>
+      </c>
+      <c r="C140" t="s">
+        <v>25</v>
+      </c>
+      <c r="D140" t="s">
+        <v>460</v>
+      </c>
+      <c r="E140" t="s">
+        <v>461</v>
+      </c>
+      <c r="F140" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A141" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B141" t="s">
+        <v>462</v>
+      </c>
+      <c r="C141" t="s">
+        <v>463</v>
+      </c>
+      <c r="D141" t="s">
+        <v>464</v>
+      </c>
+      <c r="E141" t="s">
+        <v>465</v>
+      </c>
+      <c r="F141" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A142" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B142" t="s">
+        <v>466</v>
+      </c>
+      <c r="C142" t="s">
+        <v>25</v>
+      </c>
+      <c r="D142" t="s">
+        <v>467</v>
+      </c>
+      <c r="E142" t="s">
+        <v>468</v>
+      </c>
+      <c r="F142" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A143" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B143" t="s">
+        <v>469</v>
+      </c>
+      <c r="C143" t="s">
+        <v>470</v>
+      </c>
+      <c r="D143" t="s">
+        <v>471</v>
+      </c>
+      <c r="E143" t="s">
+        <v>472</v>
+      </c>
+      <c r="F143" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A144" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B144" t="s">
+        <v>473</v>
+      </c>
+      <c r="C144" t="s">
+        <v>474</v>
+      </c>
+      <c r="D144" t="s">
+        <v>475</v>
+      </c>
+      <c r="E144" t="s">
+        <v>476</v>
+      </c>
+      <c r="F144" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A145" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B145" t="s">
+        <v>477</v>
+      </c>
+      <c r="C145" t="s">
+        <v>95</v>
+      </c>
+      <c r="D145" t="s">
+        <v>478</v>
+      </c>
+      <c r="E145" t="s">
+        <v>479</v>
+      </c>
+      <c r="F145" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A146" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B146" t="s">
+        <v>480</v>
+      </c>
+      <c r="C146" t="s">
+        <v>481</v>
+      </c>
+      <c r="D146" t="s">
+        <v>482</v>
+      </c>
+      <c r="E146" t="s">
+        <v>483</v>
+      </c>
+      <c r="F146" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A147" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B147" t="s">
+        <v>484</v>
+      </c>
+      <c r="C147" t="s">
+        <v>25</v>
+      </c>
+      <c r="D147" t="s">
+        <v>485</v>
+      </c>
+      <c r="E147" t="s">
+        <v>486</v>
+      </c>
+      <c r="F147" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A148" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B148" t="s">
+        <v>487</v>
+      </c>
+      <c r="C148" t="s">
+        <v>488</v>
+      </c>
+      <c r="D148" t="s">
+        <v>489</v>
+      </c>
+      <c r="E148" t="s">
+        <v>490</v>
+      </c>
+      <c r="F148" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A149" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B149" t="s">
+        <v>491</v>
+      </c>
+      <c r="C149" t="s">
+        <v>492</v>
+      </c>
+      <c r="D149" t="s">
+        <v>493</v>
+      </c>
+      <c r="E149" t="s">
+        <v>494</v>
+      </c>
+      <c r="F149" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A150" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B150" t="s">
+        <v>495</v>
+      </c>
+      <c r="C150" t="s">
+        <v>492</v>
+      </c>
+      <c r="D150" t="s">
+        <v>493</v>
+      </c>
+      <c r="E150" t="s">
+        <v>496</v>
+      </c>
+      <c r="F150" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A151" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B151" t="s">
+        <v>497</v>
+      </c>
+      <c r="C151" t="s">
+        <v>25</v>
+      </c>
+      <c r="D151" t="s">
+        <v>498</v>
+      </c>
+      <c r="E151" t="s">
+        <v>499</v>
+      </c>
+      <c r="F151" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A152" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B152" t="s">
+        <v>501</v>
+      </c>
+      <c r="C152" t="s">
+        <v>25</v>
+      </c>
+      <c r="D152" t="s">
+        <v>502</v>
+      </c>
+      <c r="E152" t="s">
+        <v>503</v>
+      </c>
+      <c r="F152" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A153" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B153" t="s">
+        <v>504</v>
+      </c>
+      <c r="C153" t="s">
+        <v>25</v>
+      </c>
+      <c r="D153" t="s">
+        <v>505</v>
+      </c>
+      <c r="E153" t="s">
+        <v>503</v>
+      </c>
+      <c r="F153" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A154" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B154" t="s">
+        <v>506</v>
+      </c>
+      <c r="C154" t="s">
+        <v>507</v>
+      </c>
+      <c r="D154" t="s">
+        <v>508</v>
+      </c>
+      <c r="E154" t="s">
+        <v>509</v>
+      </c>
+      <c r="F154" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A155" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B155" t="s">
+        <v>510</v>
+      </c>
+      <c r="C155" t="s">
+        <v>199</v>
+      </c>
+      <c r="D155" t="s">
+        <v>511</v>
+      </c>
+      <c r="E155" t="s">
+        <v>512</v>
+      </c>
+      <c r="F155" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A156" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B156" t="s">
+        <v>514</v>
+      </c>
+      <c r="C156" t="s">
+        <v>515</v>
+      </c>
+      <c r="D156" t="s">
+        <v>512</v>
+      </c>
+      <c r="E156" t="s">
+        <v>512</v>
+      </c>
+      <c r="F156" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A157" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B157" t="s">
+        <v>516</v>
+      </c>
+      <c r="C157" t="s">
+        <v>517</v>
+      </c>
+      <c r="D157" t="s">
+        <v>518</v>
+      </c>
+      <c r="E157" t="s">
+        <v>519</v>
+      </c>
+      <c r="F157" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A158" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B158" t="s">
+        <v>520</v>
+      </c>
+      <c r="C158" t="s">
+        <v>521</v>
+      </c>
+      <c r="D158" t="s">
+        <v>522</v>
+      </c>
+      <c r="E158" t="s">
+        <v>523</v>
+      </c>
+      <c r="F158" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A159" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B159" t="s">
+        <v>524</v>
+      </c>
+      <c r="C159" t="s">
+        <v>521</v>
+      </c>
+      <c r="D159" t="s">
+        <v>525</v>
+      </c>
+      <c r="E159" t="s">
+        <v>526</v>
+      </c>
+      <c r="F159" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A160" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B160" t="s">
+        <v>527</v>
+      </c>
+      <c r="C160" t="s">
+        <v>521</v>
+      </c>
+      <c r="D160" t="s">
+        <v>528</v>
+      </c>
+      <c r="E160" t="s">
+        <v>529</v>
+      </c>
+      <c r="F160" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A161" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B161" t="s">
+        <v>530</v>
+      </c>
+      <c r="C161" t="s">
+        <v>521</v>
+      </c>
+      <c r="D161" t="s">
+        <v>531</v>
+      </c>
+      <c r="E161" t="s">
+        <v>532</v>
+      </c>
+      <c r="F161" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A162" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B162" t="s">
+        <v>533</v>
+      </c>
+      <c r="C162" t="s">
+        <v>521</v>
+      </c>
+      <c r="D162" t="s">
+        <v>534</v>
+      </c>
+      <c r="E162" t="s">
+        <v>532</v>
+      </c>
+      <c r="F162" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A163" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B163" t="s">
+        <v>535</v>
+      </c>
+      <c r="C163" t="s">
+        <v>521</v>
+      </c>
+      <c r="D163" t="s">
+        <v>536</v>
+      </c>
+      <c r="E163" t="s">
+        <v>537</v>
+      </c>
+      <c r="F163" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A164" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B164" t="s">
+        <v>538</v>
+      </c>
+      <c r="C164" t="s">
+        <v>521</v>
+      </c>
+      <c r="D164" t="s">
+        <v>539</v>
+      </c>
+      <c r="E164" t="s">
+        <v>540</v>
+      </c>
+      <c r="F164" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A165" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B165" t="s">
+        <v>538</v>
+      </c>
+      <c r="C165" t="s">
+        <v>521</v>
+      </c>
+      <c r="D165" t="s">
+        <v>541</v>
+      </c>
+      <c r="E165" t="s">
+        <v>540</v>
+      </c>
+      <c r="F165" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A166" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B166" t="s">
+        <v>542</v>
+      </c>
+      <c r="C166" t="s">
+        <v>521</v>
+      </c>
+      <c r="D166" t="s">
+        <v>543</v>
+      </c>
+      <c r="E166" t="s">
+        <v>540</v>
+      </c>
+      <c r="F166" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A167" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B167" t="s">
+        <v>544</v>
+      </c>
+      <c r="C167" t="s">
+        <v>521</v>
+      </c>
+      <c r="D167" t="s">
+        <v>545</v>
+      </c>
+      <c r="E167" t="s">
+        <v>546</v>
+      </c>
+      <c r="F167" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A168" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B168" t="s">
+        <v>547</v>
+      </c>
+      <c r="C168" t="s">
+        <v>521</v>
+      </c>
+      <c r="D168" t="s">
+        <v>548</v>
+      </c>
+      <c r="E168" t="s">
+        <v>546</v>
+      </c>
+      <c r="F168"/>
+    </row>
+    <row r="169" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A169" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B169" t="s">
+        <v>549</v>
+      </c>
+      <c r="C169" t="s">
+        <v>521</v>
+      </c>
+      <c r="D169" t="s">
+        <v>550</v>
+      </c>
+      <c r="E169" t="s">
+        <v>551</v>
+      </c>
+      <c r="F169" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A170" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B170" t="s">
+        <v>552</v>
+      </c>
+      <c r="C170" t="s">
+        <v>521</v>
+      </c>
+      <c r="D170" t="s">
+        <v>553</v>
+      </c>
+      <c r="E170" t="s">
+        <v>554</v>
+      </c>
+      <c r="F170" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A171" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B171" t="s">
+        <v>555</v>
+      </c>
+      <c r="C171" t="s">
+        <v>521</v>
+      </c>
+      <c r="D171" t="s">
+        <v>556</v>
+      </c>
+      <c r="E171" t="s">
+        <v>557</v>
+      </c>
+      <c r="F171" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A172" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B172" t="s">
+        <v>558</v>
+      </c>
+      <c r="C172" t="s">
+        <v>521</v>
+      </c>
+      <c r="D172" t="s">
+        <v>559</v>
+      </c>
+      <c r="E172" t="s">
+        <v>560</v>
+      </c>
+      <c r="F172" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A173" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B173" t="s">
+        <v>561</v>
+      </c>
+      <c r="C173" t="s">
+        <v>521</v>
+      </c>
+      <c r="D173" t="s">
+        <v>562</v>
+      </c>
+      <c r="E173" t="s">
+        <v>560</v>
+      </c>
+      <c r="F173" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A174" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B174" t="s">
+        <v>563</v>
+      </c>
+      <c r="C174" t="s">
+        <v>521</v>
+      </c>
+      <c r="D174" t="s">
+        <v>564</v>
+      </c>
+      <c r="E174" t="s">
+        <v>565</v>
+      </c>
+      <c r="F174" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A175" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B175" t="s">
+        <v>566</v>
+      </c>
+      <c r="C175" t="s">
+        <v>521</v>
+      </c>
+      <c r="D175" t="s">
+        <v>567</v>
+      </c>
+      <c r="E175" t="s">
+        <v>568</v>
+      </c>
+      <c r="F175" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A176" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B176" t="s">
+        <v>569</v>
+      </c>
+      <c r="C176" t="s">
+        <v>521</v>
+      </c>
+      <c r="D176" t="s">
+        <v>570</v>
+      </c>
+      <c r="E176" t="s">
+        <v>571</v>
+      </c>
+      <c r="F176" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A177" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B177" t="s">
+        <v>572</v>
+      </c>
+      <c r="C177" t="s">
+        <v>521</v>
+      </c>
+      <c r="D177" t="s">
+        <v>573</v>
+      </c>
+      <c r="E177" t="s">
+        <v>574</v>
+      </c>
+      <c r="F177" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A178" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B178" t="s">
+        <v>575</v>
+      </c>
+      <c r="C178" t="s">
+        <v>521</v>
+      </c>
+      <c r="D178" t="s">
+        <v>576</v>
+      </c>
+      <c r="E178" t="s">
+        <v>577</v>
+      </c>
+      <c r="F178" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A179" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B179" t="s">
+        <v>578</v>
+      </c>
+      <c r="C179" t="s">
+        <v>579</v>
+      </c>
+      <c r="D179" t="s">
+        <v>576</v>
+      </c>
+      <c r="E179" t="s">
+        <v>577</v>
+      </c>
+      <c r="F179" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A180" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B180" t="s">
+        <v>79</v>
+      </c>
+      <c r="C180" t="s">
+        <v>580</v>
+      </c>
+      <c r="D180" t="s">
+        <v>581</v>
+      </c>
+      <c r="E180" t="s">
+        <v>582</v>
+      </c>
+      <c r="F180" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A181" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B181" t="s">
+        <v>583</v>
+      </c>
+      <c r="C181" t="s">
+        <v>18</v>
+      </c>
+      <c r="D181" t="s">
+        <v>584</v>
+      </c>
+      <c r="E181" t="s">
+        <v>585</v>
+      </c>
+      <c r="F181" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A182" s="8" t="s">
+        <v>587</v>
+      </c>
+      <c r="B182" t="s">
+        <v>583</v>
+      </c>
+      <c r="C182" t="s">
+        <v>22</v>
+      </c>
+      <c r="D182" t="s">
+        <v>584</v>
+      </c>
+      <c r="E182" t="s">
+        <v>588</v>
+      </c>
+      <c r="F182"/>
+    </row>
+    <row r="183" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A183" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B183" t="s">
+        <v>589</v>
+      </c>
+      <c r="C183" t="s">
+        <v>590</v>
+      </c>
+      <c r="D183" t="s">
+        <v>591</v>
+      </c>
+      <c r="E183" t="s">
+        <v>592</v>
+      </c>
+      <c r="F183" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A184" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B184" t="s">
+        <v>589</v>
+      </c>
+      <c r="C184" t="s">
+        <v>25</v>
+      </c>
+      <c r="D184" t="s">
+        <v>591</v>
+      </c>
+      <c r="E184" t="s">
+        <v>592</v>
+      </c>
+      <c r="F184" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A185" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B185" t="s">
+        <v>593</v>
+      </c>
+      <c r="C185" t="s">
+        <v>25</v>
+      </c>
+      <c r="D185" t="s">
+        <v>594</v>
+      </c>
+      <c r="E185" t="s">
+        <v>595</v>
+      </c>
+      <c r="F185" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A186" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B186" t="s">
+        <v>596</v>
+      </c>
+      <c r="C186"/>
+      <c r="D186" t="s">
+        <v>597</v>
+      </c>
+      <c r="E186" t="s">
+        <v>598</v>
+      </c>
+      <c r="F186" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A187" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B187" t="s">
+        <v>600</v>
+      </c>
+      <c r="C187" t="s">
+        <v>601</v>
+      </c>
+      <c r="D187" t="s">
+        <v>602</v>
+      </c>
+      <c r="E187" t="s">
+        <v>603</v>
+      </c>
+      <c r="F187" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A188" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B188" t="s">
+        <v>605</v>
+      </c>
+      <c r="C188" t="s">
+        <v>606</v>
+      </c>
+      <c r="D188" t="s">
+        <v>607</v>
+      </c>
+      <c r="E188" t="s">
+        <v>608</v>
+      </c>
+      <c r="F188" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A189" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B189" t="s">
+        <v>609</v>
+      </c>
+      <c r="C189" t="s">
+        <v>25</v>
+      </c>
+      <c r="D189" t="s">
+        <v>610</v>
+      </c>
+      <c r="E189" t="s">
+        <v>611</v>
+      </c>
+      <c r="F189" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A190" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B190" t="s">
+        <v>612</v>
+      </c>
+      <c r="C190" t="s">
+        <v>25</v>
+      </c>
+      <c r="D190" t="s">
+        <v>613</v>
+      </c>
+      <c r="E190" t="s">
+        <v>614</v>
+      </c>
+      <c r="F190" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A191" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B191" t="s">
+        <v>615</v>
+      </c>
+      <c r="C191" t="s">
+        <v>25</v>
+      </c>
+      <c r="D191" t="s">
+        <v>616</v>
+      </c>
+      <c r="E191" t="s">
+        <v>617</v>
+      </c>
+      <c r="F191" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A192" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B192" t="s">
+        <v>618</v>
+      </c>
+      <c r="C192" t="s">
+        <v>25</v>
+      </c>
+      <c r="D192" t="s">
+        <v>619</v>
+      </c>
+      <c r="E192" t="s">
+        <v>620</v>
+      </c>
+      <c r="F192" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A193" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B193" t="s">
+        <v>621</v>
+      </c>
+      <c r="C193" t="s">
+        <v>622</v>
+      </c>
+      <c r="D193" t="s">
+        <v>623</v>
+      </c>
+      <c r="E193" t="s">
+        <v>624</v>
+      </c>
+      <c r="F193" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A194" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B194" t="s">
+        <v>625</v>
+      </c>
+      <c r="C194" t="s">
+        <v>199</v>
+      </c>
+      <c r="D194" t="s">
+        <v>626</v>
+      </c>
+      <c r="E194" t="s">
+        <v>627</v>
+      </c>
+      <c r="F194" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="195" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A195" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B195" t="s">
+        <v>79</v>
+      </c>
+      <c r="C195" t="s">
+        <v>334</v>
+      </c>
+      <c r="D195" t="s">
+        <v>628</v>
+      </c>
+      <c r="E195" t="s">
+        <v>629</v>
+      </c>
+      <c r="F195" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A196" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B196" t="s">
+        <v>630</v>
+      </c>
+      <c r="C196" t="s">
+        <v>631</v>
+      </c>
+      <c r="D196" t="s">
+        <v>632</v>
+      </c>
+      <c r="E196" t="s">
+        <v>633</v>
+      </c>
+      <c r="F196" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A197" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B197" t="s">
+        <v>634</v>
+      </c>
+      <c r="C197" t="s">
+        <v>25</v>
+      </c>
+      <c r="D197" t="s">
+        <v>635</v>
+      </c>
+      <c r="E197" t="s">
+        <v>636</v>
+      </c>
+      <c r="F197" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A198" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B198" t="s">
+        <v>79</v>
+      </c>
+      <c r="C198" t="s">
+        <v>492</v>
+      </c>
+      <c r="D198" t="s">
+        <v>637</v>
+      </c>
+      <c r="E198" t="s">
+        <v>638</v>
+      </c>
+      <c r="F198" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A199" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B199" t="s">
+        <v>639</v>
+      </c>
+      <c r="C199"/>
+      <c r="D199" t="s">
+        <v>640</v>
+      </c>
+      <c r="E199" t="s">
+        <v>641</v>
+      </c>
+      <c r="F199" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A200" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B200" t="s">
+        <v>79</v>
+      </c>
+      <c r="C200"/>
+      <c r="D200" t="s">
+        <v>643</v>
+      </c>
+      <c r="E200" t="s">
+        <v>644</v>
+      </c>
+      <c r="F200" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A201" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B201" t="s">
+        <v>79</v>
+      </c>
+      <c r="C201" t="s">
+        <v>95</v>
+      </c>
+      <c r="D201" t="s">
+        <v>645</v>
+      </c>
+      <c r="E201" t="s">
+        <v>646</v>
+      </c>
+      <c r="F201" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A202" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B202" t="s">
+        <v>647</v>
+      </c>
+      <c r="C202" t="s">
+        <v>95</v>
+      </c>
+      <c r="D202" t="s">
+        <v>648</v>
+      </c>
+      <c r="E202" t="s">
+        <v>649</v>
+      </c>
+      <c r="F202" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A203" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B203" t="s">
+        <v>650</v>
+      </c>
+      <c r="C203" t="s">
+        <v>25</v>
+      </c>
+      <c r="D203" t="s">
+        <v>651</v>
+      </c>
+      <c r="E203" t="s">
+        <v>652</v>
+      </c>
+      <c r="F203" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A204" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B204" t="s">
+        <v>653</v>
+      </c>
+      <c r="C204" t="s">
+        <v>654</v>
+      </c>
+      <c r="D204" t="s">
+        <v>655</v>
+      </c>
+      <c r="E204" t="s">
+        <v>656</v>
+      </c>
+      <c r="F204" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A205" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B205" t="s">
+        <v>657</v>
+      </c>
+      <c r="C205" t="s">
+        <v>95</v>
+      </c>
+      <c r="D205" t="s">
+        <v>658</v>
+      </c>
+      <c r="E205" t="s">
+        <v>659</v>
+      </c>
+      <c r="F205" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A206" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B206" t="s">
+        <v>660</v>
+      </c>
+      <c r="C206" t="s">
+        <v>661</v>
+      </c>
+      <c r="D206" t="s">
+        <v>662</v>
+      </c>
+      <c r="E206" t="s">
+        <v>663</v>
+      </c>
+      <c r="F206" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A207" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B207" t="s">
+        <v>664</v>
+      </c>
+      <c r="C207" t="s">
+        <v>95</v>
+      </c>
+      <c r="D207" t="s">
+        <v>665</v>
+      </c>
+      <c r="E207" t="s">
+        <v>666</v>
+      </c>
+      <c r="F207" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A208" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B208" t="s">
+        <v>667</v>
+      </c>
+      <c r="C208" t="s">
+        <v>25</v>
+      </c>
+      <c r="D208" t="s">
+        <v>668</v>
+      </c>
+      <c r="E208" t="s">
+        <v>669</v>
+      </c>
+      <c r="F208" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A209" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B209" t="s">
+        <v>670</v>
+      </c>
+      <c r="C209" t="s">
+        <v>95</v>
+      </c>
+      <c r="D209" t="s">
+        <v>671</v>
+      </c>
+      <c r="E209" t="s">
+        <v>672</v>
+      </c>
+      <c r="F209" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A210" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B210" t="s">
+        <v>673</v>
+      </c>
+      <c r="C210" t="s">
+        <v>25</v>
+      </c>
+      <c r="D210" t="s">
+        <v>674</v>
+      </c>
+      <c r="E210" t="s">
+        <v>675</v>
+      </c>
+      <c r="F210" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A211" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B211" t="s">
+        <v>676</v>
+      </c>
+      <c r="C211" t="s">
+        <v>677</v>
+      </c>
+      <c r="D211" t="s">
+        <v>678</v>
+      </c>
+      <c r="E211" t="s">
+        <v>679</v>
+      </c>
+      <c r="F211" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A212" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B212" t="s">
+        <v>680</v>
+      </c>
+      <c r="C212" t="s">
+        <v>95</v>
+      </c>
+      <c r="D212" t="s">
+        <v>681</v>
+      </c>
+      <c r="E212" t="s">
+        <v>682</v>
+      </c>
+      <c r="F212" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A213" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B213" t="s">
+        <v>683</v>
+      </c>
+      <c r="C213" t="s">
+        <v>95</v>
+      </c>
+      <c r="D213" t="s">
+        <v>684</v>
+      </c>
+      <c r="E213" t="s">
+        <v>685</v>
+      </c>
+      <c r="F213" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A214" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B214" t="s">
+        <v>686</v>
+      </c>
+      <c r="C214" t="s">
+        <v>95</v>
+      </c>
+      <c r="D214" t="s">
+        <v>687</v>
+      </c>
+      <c r="E214" t="s">
+        <v>688</v>
+      </c>
+      <c r="F214" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A215" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B215" t="s">
+        <v>689</v>
+      </c>
+      <c r="C215" t="s">
+        <v>95</v>
+      </c>
+      <c r="D215" t="s">
+        <v>690</v>
+      </c>
+      <c r="E215" t="s">
+        <v>691</v>
+      </c>
+      <c r="F215" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A216" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B216" t="s">
+        <v>692</v>
+      </c>
+      <c r="C216" t="s">
+        <v>95</v>
+      </c>
+      <c r="D216" t="s">
+        <v>693</v>
+      </c>
+      <c r="E216" t="s">
+        <v>694</v>
+      </c>
+      <c r="F216"/>
+    </row>
+    <row r="217" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A217" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B217" t="s">
+        <v>695</v>
+      </c>
+      <c r="C217" t="s">
+        <v>696</v>
+      </c>
+      <c r="D217" t="s">
+        <v>697</v>
+      </c>
+      <c r="E217" t="s">
+        <v>698</v>
+      </c>
+      <c r="F217" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A218" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B218" t="s">
+        <v>699</v>
+      </c>
+      <c r="C218" t="s">
+        <v>696</v>
+      </c>
+      <c r="D218" t="s">
+        <v>700</v>
+      </c>
+      <c r="E218" t="s">
+        <v>701</v>
+      </c>
+      <c r="F218" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A219" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B219" t="s">
+        <v>702</v>
+      </c>
+      <c r="C219" t="s">
+        <v>95</v>
+      </c>
+      <c r="D219" t="s">
+        <v>703</v>
+      </c>
+      <c r="E219" t="s">
+        <v>704</v>
+      </c>
+      <c r="F219" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A220" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B220" t="s">
+        <v>705</v>
+      </c>
+      <c r="C220" t="s">
+        <v>95</v>
+      </c>
+      <c r="D220" t="s">
+        <v>706</v>
+      </c>
+      <c r="E220" t="s">
+        <v>707</v>
+      </c>
+      <c r="F220" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A221" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B221" t="s">
+        <v>79</v>
+      </c>
+      <c r="C221" t="s">
+        <v>25</v>
+      </c>
+      <c r="D221" t="s">
+        <v>708</v>
+      </c>
+      <c r="E221" t="s">
+        <v>709</v>
+      </c>
+      <c r="F221" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A222" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B222" t="s">
+        <v>711</v>
+      </c>
+      <c r="C222" t="s">
+        <v>712</v>
+      </c>
+      <c r="D222" t="s">
+        <v>713</v>
+      </c>
+      <c r="E222" t="s">
+        <v>714</v>
+      </c>
+      <c r="F222" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A223" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B223" t="s">
+        <v>715</v>
+      </c>
+      <c r="C223" t="s">
+        <v>95</v>
+      </c>
+      <c r="D223" t="s">
+        <v>716</v>
+      </c>
+      <c r="E223" t="s">
+        <v>717</v>
+      </c>
+      <c r="F223" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A224" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B224" t="s">
+        <v>718</v>
+      </c>
+      <c r="C224" t="s">
+        <v>95</v>
+      </c>
+      <c r="D224" t="s">
+        <v>719</v>
+      </c>
+      <c r="E224" t="s">
+        <v>720</v>
+      </c>
+      <c r="F224" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A225" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B225" t="s">
+        <v>721</v>
+      </c>
+      <c r="C225" t="s">
+        <v>722</v>
+      </c>
+      <c r="D225" t="s">
+        <v>723</v>
+      </c>
+      <c r="E225" t="s">
+        <v>724</v>
+      </c>
+      <c r="F225" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A226" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B226" t="s">
+        <v>725</v>
+      </c>
+      <c r="C226" t="s">
+        <v>726</v>
+      </c>
+      <c r="D226" t="s">
+        <v>727</v>
+      </c>
+      <c r="E226" t="s">
+        <v>728</v>
+      </c>
+      <c r="F226" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A227" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B227" t="s">
+        <v>729</v>
+      </c>
+      <c r="C227" t="s">
+        <v>726</v>
+      </c>
+      <c r="D227" t="s">
+        <v>730</v>
+      </c>
+      <c r="E227" t="s">
+        <v>731</v>
+      </c>
+      <c r="F227" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A228" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B228" t="s">
+        <v>732</v>
+      </c>
+      <c r="C228" t="s">
+        <v>733</v>
+      </c>
+      <c r="D228" t="s">
+        <v>734</v>
+      </c>
+      <c r="E228" t="s">
+        <v>735</v>
+      </c>
+      <c r="F228" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A229" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B229" t="s">
+        <v>736</v>
+      </c>
+      <c r="C229" t="s">
+        <v>737</v>
+      </c>
+      <c r="D229" t="s">
+        <v>738</v>
+      </c>
+      <c r="E229" t="s">
+        <v>739</v>
+      </c>
+      <c r="F229" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A230" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B230" t="s">
+        <v>740</v>
+      </c>
+      <c r="C230" t="s">
+        <v>737</v>
+      </c>
+      <c r="D230" t="s">
+        <v>741</v>
+      </c>
+      <c r="E230" t="s">
+        <v>742</v>
+      </c>
+      <c r="F230" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A231" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B231" t="s">
+        <v>743</v>
+      </c>
+      <c r="C231" t="s">
+        <v>18</v>
+      </c>
+      <c r="D231" t="s">
+        <v>744</v>
+      </c>
+      <c r="E231" t="s">
+        <v>745</v>
+      </c>
+      <c r="F231" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A232" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B232" t="s">
+        <v>743</v>
+      </c>
+      <c r="C232" t="s">
+        <v>22</v>
+      </c>
+      <c r="D232" t="s">
+        <v>744</v>
+      </c>
+      <c r="E232" t="s">
+        <v>745</v>
+      </c>
+      <c r="F232" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A233" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B233" t="s">
+        <v>746</v>
+      </c>
+      <c r="C233" t="s">
+        <v>747</v>
+      </c>
+      <c r="D233" t="s">
+        <v>748</v>
+      </c>
+      <c r="E233" t="s">
+        <v>749</v>
+      </c>
+      <c r="F233" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A234" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B234" t="s">
+        <v>750</v>
+      </c>
+      <c r="C234" t="s">
+        <v>751</v>
+      </c>
+      <c r="D234" t="s">
+        <v>752</v>
+      </c>
+      <c r="E234" t="s">
+        <v>753</v>
+      </c>
+      <c r="F234" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A235" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B235" t="s">
+        <v>754</v>
+      </c>
+      <c r="C235" t="s">
+        <v>755</v>
+      </c>
+      <c r="D235" t="s">
+        <v>756</v>
+      </c>
+      <c r="E235" t="s">
+        <v>757</v>
+      </c>
+      <c r="F235" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A236" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B236" t="s">
+        <v>759</v>
+      </c>
+      <c r="C236" t="s">
+        <v>760</v>
+      </c>
+      <c r="D236" t="s">
+        <v>761</v>
+      </c>
+      <c r="E236" t="s">
+        <v>762</v>
+      </c>
+      <c r="F236" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A237" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B237" t="s">
+        <v>79</v>
+      </c>
+      <c r="C237" t="s">
+        <v>763</v>
+      </c>
+      <c r="D237" t="s">
+        <v>764</v>
+      </c>
+      <c r="E237" t="s">
+        <v>765</v>
+      </c>
+      <c r="F237" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A238" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B238" t="s">
+        <v>766</v>
+      </c>
+      <c r="C238" t="s">
+        <v>767</v>
+      </c>
+      <c r="D238" t="s">
+        <v>768</v>
+      </c>
+      <c r="E238" t="s">
+        <v>769</v>
+      </c>
+      <c r="F238" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A239" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B239" t="s">
+        <v>770</v>
+      </c>
+      <c r="C239" t="s">
+        <v>521</v>
+      </c>
+      <c r="D239" t="s">
+        <v>771</v>
+      </c>
+      <c r="E239" t="s">
+        <v>772</v>
+      </c>
+      <c r="F239" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A240" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B240" t="s">
+        <v>773</v>
+      </c>
+      <c r="C240" t="s">
+        <v>25</v>
+      </c>
+      <c r="D240" t="s">
+        <v>774</v>
+      </c>
+      <c r="E240" t="s">
+        <v>775</v>
+      </c>
+      <c r="F240" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A241" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B241" t="s">
+        <v>777</v>
+      </c>
+      <c r="C241" t="s">
+        <v>25</v>
+      </c>
+      <c r="D241" t="s">
+        <v>778</v>
+      </c>
+      <c r="E241" t="s">
+        <v>779</v>
+      </c>
+      <c r="F241" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A242" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B242" t="s">
+        <v>780</v>
+      </c>
+      <c r="C242" t="s">
+        <v>25</v>
+      </c>
+      <c r="D242" t="s">
+        <v>781</v>
+      </c>
+      <c r="E242" t="s">
+        <v>782</v>
+      </c>
+      <c r="F242" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A243" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B243" t="s">
+        <v>783</v>
+      </c>
+      <c r="C243" t="s">
+        <v>25</v>
+      </c>
+      <c r="D243" t="s">
+        <v>784</v>
+      </c>
+      <c r="E243" t="s">
+        <v>785</v>
+      </c>
+      <c r="F243" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A244" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B244" t="s">
+        <v>787</v>
+      </c>
+      <c r="C244" t="s">
+        <v>25</v>
+      </c>
+      <c r="D244" t="s">
+        <v>788</v>
+      </c>
+      <c r="E244" t="s">
+        <v>789</v>
+      </c>
+      <c r="F244" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A245" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B245" t="s">
+        <v>790</v>
+      </c>
+      <c r="C245" t="s">
+        <v>791</v>
+      </c>
+      <c r="D245" t="s">
+        <v>792</v>
+      </c>
+      <c r="E245" t="s">
+        <v>793</v>
+      </c>
+      <c r="F245" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A246" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B246" t="s">
+        <v>794</v>
+      </c>
+      <c r="C246" t="s">
+        <v>795</v>
+      </c>
+      <c r="D246" t="s">
+        <v>796</v>
+      </c>
+      <c r="E246" t="s">
+        <v>797</v>
+      </c>
+      <c r="F246" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="247" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A247" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B247" t="s">
+        <v>798</v>
+      </c>
+      <c r="C247" t="s">
+        <v>95</v>
+      </c>
+      <c r="D247" t="s">
+        <v>799</v>
+      </c>
+      <c r="E247" t="s">
+        <v>800</v>
+      </c>
+      <c r="F247" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A248" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B248" t="s">
+        <v>801</v>
+      </c>
+      <c r="C248" t="s">
+        <v>802</v>
+      </c>
+      <c r="D248" t="s">
+        <v>803</v>
+      </c>
+      <c r="E248" t="s">
+        <v>804</v>
+      </c>
+      <c r="F248" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A249" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B249" t="s">
+        <v>805</v>
+      </c>
+      <c r="C249" t="s">
+        <v>95</v>
+      </c>
+      <c r="D249" t="s">
+        <v>806</v>
+      </c>
+      <c r="E249" t="s">
+        <v>807</v>
+      </c>
+      <c r="F249" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A250" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B250" t="s">
+        <v>808</v>
+      </c>
+      <c r="C250" t="s">
+        <v>809</v>
+      </c>
+      <c r="D250" t="s">
+        <v>810</v>
+      </c>
+      <c r="E250" t="s">
+        <v>811</v>
+      </c>
+      <c r="F250" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A251" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B251" t="s">
+        <v>79</v>
+      </c>
+      <c r="C251" t="s">
+        <v>25</v>
+      </c>
+      <c r="D251" t="s">
+        <v>812</v>
+      </c>
+      <c r="E251" t="s">
+        <v>813</v>
+      </c>
+      <c r="F251" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A252" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B252" t="s">
+        <v>79</v>
+      </c>
+      <c r="C252" t="s">
+        <v>815</v>
+      </c>
+      <c r="D252" t="s">
+        <v>816</v>
+      </c>
+      <c r="E252" t="s">
+        <v>817</v>
+      </c>
+      <c r="F252" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A253" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B253" t="s">
+        <v>818</v>
+      </c>
+      <c r="C253" t="s">
+        <v>819</v>
+      </c>
+      <c r="D253" t="s">
+        <v>820</v>
+      </c>
+      <c r="E253" t="s">
+        <v>821</v>
+      </c>
+      <c r="F253" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A254" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B254" t="s">
+        <v>822</v>
+      </c>
+      <c r="C254" t="s">
+        <v>823</v>
+      </c>
+      <c r="D254" t="s">
+        <v>824</v>
+      </c>
+      <c r="E254" t="s">
+        <v>825</v>
+      </c>
+      <c r="F254"/>
+    </row>
+    <row r="255" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A255" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B255" t="s">
+        <v>826</v>
+      </c>
+      <c r="C255" t="s">
+        <v>827</v>
+      </c>
+      <c r="D255" t="s">
+        <v>828</v>
+      </c>
+      <c r="E255" t="s">
+        <v>829</v>
+      </c>
+      <c r="F255" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A256" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B256" t="s">
+        <v>830</v>
+      </c>
+      <c r="C256" t="s">
+        <v>95</v>
+      </c>
+      <c r="D256" t="s">
+        <v>831</v>
+      </c>
+      <c r="E256" t="s">
+        <v>832</v>
+      </c>
+      <c r="F256" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A257" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B257" t="s">
+        <v>833</v>
+      </c>
+      <c r="C257" t="s">
+        <v>834</v>
+      </c>
+      <c r="D257" t="s">
+        <v>835</v>
+      </c>
+      <c r="E257" t="s">
+        <v>836</v>
+      </c>
+      <c r="F257" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A258" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B258" t="s">
+        <v>837</v>
+      </c>
+      <c r="C258" t="s">
+        <v>838</v>
+      </c>
+      <c r="D258" t="s">
+        <v>839</v>
+      </c>
+      <c r="E258" t="s">
+        <v>840</v>
+      </c>
+      <c r="F258" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A259" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B259" t="s">
+        <v>841</v>
+      </c>
+      <c r="C259" t="s">
+        <v>18</v>
+      </c>
+      <c r="D259" t="s">
+        <v>842</v>
+      </c>
+      <c r="E259" t="s">
+        <v>843</v>
+      </c>
+      <c r="F259" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A260" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B260" t="s">
+        <v>841</v>
+      </c>
+      <c r="C260" t="s">
+        <v>22</v>
+      </c>
+      <c r="D260" t="s">
+        <v>842</v>
+      </c>
+      <c r="E260" t="s">
+        <v>843</v>
+      </c>
+      <c r="F260" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A261" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B261" t="s">
+        <v>844</v>
+      </c>
+      <c r="C261" t="s">
+        <v>845</v>
+      </c>
+      <c r="D261" t="s">
+        <v>846</v>
+      </c>
+      <c r="E261" t="s">
+        <v>847</v>
+      </c>
+      <c r="F261" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A262" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B262" t="s">
+        <v>848</v>
+      </c>
+      <c r="C262" t="s">
+        <v>25</v>
+      </c>
+      <c r="D262" t="s">
+        <v>849</v>
+      </c>
+      <c r="E262" t="s">
+        <v>850</v>
+      </c>
+      <c r="F262" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A263" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B263" t="s">
+        <v>851</v>
+      </c>
+      <c r="C263" t="s">
+        <v>852</v>
+      </c>
+      <c r="D263" t="s">
+        <v>853</v>
+      </c>
+      <c r="E263" t="s">
+        <v>854</v>
+      </c>
+      <c r="F263" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A264" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B264" t="s">
+        <v>855</v>
+      </c>
+      <c r="C264" t="s">
+        <v>856</v>
+      </c>
+      <c r="D264" t="s">
+        <v>857</v>
+      </c>
+      <c r="E264" t="s">
+        <v>858</v>
+      </c>
+      <c r="F264" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A265" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B265" t="s">
+        <v>859</v>
+      </c>
+      <c r="C265" t="s">
+        <v>860</v>
+      </c>
+      <c r="D265" t="s">
+        <v>861</v>
+      </c>
+      <c r="E265" t="s">
+        <v>862</v>
+      </c>
+      <c r="F265" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A266" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B266" t="s">
+        <v>863</v>
+      </c>
+      <c r="C266" t="s">
+        <v>864</v>
+      </c>
+      <c r="D266" t="s">
+        <v>865</v>
+      </c>
+      <c r="E266" t="s">
+        <v>866</v>
+      </c>
+      <c r="F266" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A267" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B267" t="s">
+        <v>867</v>
+      </c>
+      <c r="C267" t="s">
+        <v>25</v>
+      </c>
+      <c r="D267" t="s">
+        <v>868</v>
+      </c>
+      <c r="E267" t="s">
+        <v>869</v>
+      </c>
+      <c r="F267" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A268" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B268" t="s">
+        <v>871</v>
+      </c>
+      <c r="C268" t="s">
+        <v>25</v>
+      </c>
+      <c r="D268" t="s">
+        <v>872</v>
+      </c>
+      <c r="E268" t="s">
+        <v>873</v>
+      </c>
+      <c r="F268" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A269" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B269" t="s">
+        <v>79</v>
+      </c>
+      <c r="C269" t="s">
+        <v>409</v>
+      </c>
+      <c r="D269" t="s">
+        <v>874</v>
+      </c>
+      <c r="E269" t="s">
+        <v>875</v>
+      </c>
+      <c r="F269" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A270" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B270" t="s">
+        <v>876</v>
+      </c>
+      <c r="C270" t="s">
+        <v>95</v>
+      </c>
+      <c r="D270" t="s">
+        <v>877</v>
+      </c>
+      <c r="E270" t="s">
+        <v>878</v>
+      </c>
+      <c r="F270" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A271" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B271" t="s">
+        <v>879</v>
+      </c>
+      <c r="C271" t="s">
+        <v>95</v>
+      </c>
+      <c r="D271" t="s">
+        <v>880</v>
+      </c>
+      <c r="E271" t="s">
+        <v>881</v>
+      </c>
+      <c r="F271" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A272" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B272" t="s">
+        <v>882</v>
+      </c>
+      <c r="C272" t="s">
+        <v>25</v>
+      </c>
+      <c r="D272" t="s">
+        <v>883</v>
+      </c>
+      <c r="E272" t="s">
+        <v>884</v>
+      </c>
+      <c r="F272" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A273" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B273" t="s">
+        <v>885</v>
+      </c>
+      <c r="C273" t="s">
+        <v>25</v>
+      </c>
+      <c r="D273" t="s">
+        <v>886</v>
+      </c>
+      <c r="E273" t="s">
+        <v>887</v>
+      </c>
+      <c r="F273" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A274" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B274" t="s">
+        <v>888</v>
+      </c>
+      <c r="C274" t="s">
+        <v>25</v>
+      </c>
+      <c r="D274" t="s">
+        <v>889</v>
+      </c>
+      <c r="E274" t="s">
+        <v>890</v>
+      </c>
+      <c r="F274" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A275" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B275" t="s">
+        <v>885</v>
+      </c>
+      <c r="C275" t="s">
+        <v>25</v>
+      </c>
+      <c r="D275" t="s">
+        <v>891</v>
+      </c>
+      <c r="E275" t="s">
+        <v>890</v>
+      </c>
+      <c r="F275" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A276" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B276" t="s">
+        <v>892</v>
+      </c>
+      <c r="C276" t="s">
+        <v>25</v>
+      </c>
+      <c r="D276" t="s">
+        <v>893</v>
+      </c>
+      <c r="E276" t="s">
+        <v>890</v>
+      </c>
+      <c r="F276" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A277" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B277" t="s">
+        <v>894</v>
+      </c>
+      <c r="C277" t="s">
+        <v>25</v>
+      </c>
+      <c r="D277" t="s">
+        <v>895</v>
+      </c>
+      <c r="E277" t="s">
+        <v>890</v>
+      </c>
+      <c r="F277" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A278" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B278" t="s">
+        <v>896</v>
+      </c>
+      <c r="C278" t="s">
+        <v>25</v>
+      </c>
+      <c r="D278" t="s">
+        <v>897</v>
+      </c>
+      <c r="E278" t="s">
+        <v>898</v>
+      </c>
+      <c r="F278" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A279" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B279" t="s">
+        <v>899</v>
+      </c>
+      <c r="C279" t="s">
+        <v>25</v>
+      </c>
+      <c r="D279" t="s">
+        <v>900</v>
+      </c>
+      <c r="E279" t="s">
+        <v>901</v>
+      </c>
+      <c r="F279" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A280" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B280" t="s">
+        <v>902</v>
+      </c>
+      <c r="C280" t="s">
+        <v>25</v>
+      </c>
+      <c r="D280" t="s">
+        <v>903</v>
+      </c>
+      <c r="E280" t="s">
+        <v>901</v>
+      </c>
+      <c r="F280" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A281" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B281" t="s">
+        <v>904</v>
+      </c>
+      <c r="C281" t="s">
+        <v>95</v>
+      </c>
+      <c r="D281" t="s">
+        <v>905</v>
+      </c>
+      <c r="E281" t="s">
+        <v>906</v>
+      </c>
+      <c r="F281" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A282" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B282" t="s">
+        <v>907</v>
+      </c>
+      <c r="C282" t="s">
+        <v>25</v>
+      </c>
+      <c r="D282" t="s">
+        <v>908</v>
+      </c>
+      <c r="E282" t="s">
+        <v>909</v>
+      </c>
+      <c r="F282" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A283" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B283" t="s">
+        <v>907</v>
+      </c>
+      <c r="C283" t="s">
+        <v>25</v>
+      </c>
+      <c r="D283" t="s">
+        <v>910</v>
+      </c>
+      <c r="E283" t="s">
+        <v>911</v>
+      </c>
+      <c r="F283" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A284" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B284" t="s">
+        <v>907</v>
+      </c>
+      <c r="C284" t="s">
+        <v>25</v>
+      </c>
+      <c r="D284" t="s">
+        <v>912</v>
+      </c>
+      <c r="E284" t="s">
+        <v>913</v>
+      </c>
+      <c r="F284" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A285" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B285" t="s">
+        <v>907</v>
+      </c>
+      <c r="C285" t="s">
+        <v>25</v>
+      </c>
+      <c r="D285" t="s">
+        <v>914</v>
+      </c>
+      <c r="E285" t="s">
+        <v>915</v>
+      </c>
+      <c r="F285" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A286" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B286" t="s">
+        <v>907</v>
+      </c>
+      <c r="C286" t="s">
+        <v>25</v>
+      </c>
+      <c r="D286" t="s">
+        <v>916</v>
+      </c>
+      <c r="E286" t="s">
+        <v>917</v>
+      </c>
+      <c r="F286" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A287" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B287" t="s">
+        <v>907</v>
+      </c>
+      <c r="C287" t="s">
+        <v>25</v>
+      </c>
+      <c r="D287" t="s">
+        <v>918</v>
+      </c>
+      <c r="E287" t="s">
+        <v>919</v>
+      </c>
+      <c r="F287" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A288" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B288" t="s">
+        <v>907</v>
+      </c>
+      <c r="C288" t="s">
+        <v>25</v>
+      </c>
+      <c r="D288" t="s">
+        <v>920</v>
+      </c>
+      <c r="E288" t="s">
+        <v>921</v>
+      </c>
+      <c r="F288" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A289" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B289" t="s">
+        <v>907</v>
+      </c>
+      <c r="C289" t="s">
+        <v>25</v>
+      </c>
+      <c r="D289" t="s">
+        <v>922</v>
+      </c>
+      <c r="E289" t="s">
+        <v>923</v>
+      </c>
+      <c r="F289" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A290" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B290" t="s">
+        <v>907</v>
+      </c>
+      <c r="C290" t="s">
+        <v>25</v>
+      </c>
+      <c r="D290" t="s">
+        <v>924</v>
+      </c>
+      <c r="E290" t="s">
+        <v>923</v>
+      </c>
+      <c r="F290" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A291" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B291" t="s">
+        <v>925</v>
+      </c>
+      <c r="C291" t="s">
+        <v>926</v>
+      </c>
+      <c r="D291" t="s">
+        <v>927</v>
+      </c>
+      <c r="E291" t="s">
+        <v>928</v>
+      </c>
+      <c r="F291" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A292" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B292" t="s">
+        <v>929</v>
+      </c>
+      <c r="C292" t="s">
+        <v>930</v>
+      </c>
+      <c r="D292" t="s">
+        <v>931</v>
+      </c>
+      <c r="E292" t="s">
+        <v>932</v>
+      </c>
+      <c r="F292" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A293" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B293" t="s">
+        <v>933</v>
+      </c>
+      <c r="C293" t="s">
+        <v>95</v>
+      </c>
+      <c r="D293" t="s">
+        <v>934</v>
+      </c>
+      <c r="E293" t="s">
+        <v>935</v>
+      </c>
+      <c r="F293" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A294" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B294" t="s">
+        <v>936</v>
+      </c>
+      <c r="C294" t="s">
+        <v>95</v>
+      </c>
+      <c r="D294" t="s">
+        <v>937</v>
+      </c>
+      <c r="E294" t="s">
+        <v>938</v>
+      </c>
+      <c r="F294" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A295" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B295" t="s">
+        <v>939</v>
+      </c>
+      <c r="C295" t="s">
+        <v>517</v>
+      </c>
+      <c r="D295" t="s">
+        <v>940</v>
+      </c>
+      <c r="E295" t="s">
+        <v>941</v>
+      </c>
+      <c r="F295" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A296" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B296" t="s">
+        <v>942</v>
+      </c>
+      <c r="C296" t="s">
+        <v>95</v>
+      </c>
+      <c r="D296" t="s">
+        <v>943</v>
+      </c>
+      <c r="E296" t="s">
+        <v>944</v>
+      </c>
+      <c r="F296" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A297" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B297" t="s">
+        <v>945</v>
+      </c>
+      <c r="C297" t="s">
+        <v>95</v>
+      </c>
+      <c r="D297" t="s">
+        <v>946</v>
+      </c>
+      <c r="E297" t="s">
+        <v>947</v>
+      </c>
+      <c r="F297" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A298" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B298" t="s">
+        <v>948</v>
+      </c>
+      <c r="C298" t="s">
+        <v>95</v>
+      </c>
+      <c r="D298" t="s">
+        <v>949</v>
+      </c>
+      <c r="E298" t="s">
+        <v>950</v>
+      </c>
+      <c r="F298" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A299" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B299" t="s">
+        <v>951</v>
+      </c>
+      <c r="C299" t="s">
+        <v>95</v>
+      </c>
+      <c r="D299" t="s">
+        <v>952</v>
+      </c>
+      <c r="E299" t="s">
+        <v>953</v>
+      </c>
+      <c r="F299" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A300" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B300" t="s">
+        <v>954</v>
+      </c>
+      <c r="C300" t="s">
+        <v>95</v>
+      </c>
+      <c r="D300" t="s">
+        <v>955</v>
+      </c>
+      <c r="E300" t="s">
+        <v>956</v>
+      </c>
+      <c r="F300" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A301" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B301" t="s">
+        <v>957</v>
+      </c>
+      <c r="C301" t="s">
+        <v>95</v>
+      </c>
+      <c r="D301" t="s">
+        <v>958</v>
+      </c>
+      <c r="E301" t="s">
+        <v>959</v>
+      </c>
+      <c r="F301" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A302" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B302" t="s">
+        <v>960</v>
+      </c>
+      <c r="C302" t="s">
+        <v>961</v>
+      </c>
+      <c r="D302" t="s">
+        <v>962</v>
+      </c>
+      <c r="E302" t="s">
+        <v>963</v>
+      </c>
+      <c r="F302" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A303" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B303" t="s">
+        <v>964</v>
+      </c>
+      <c r="C303" t="s">
+        <v>965</v>
+      </c>
+      <c r="D303" t="s">
+        <v>966</v>
+      </c>
+      <c r="E303" t="s">
+        <v>967</v>
+      </c>
+      <c r="F303" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A304" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B304" t="s">
+        <v>968</v>
+      </c>
+      <c r="C304" t="s">
+        <v>969</v>
+      </c>
+      <c r="D304" t="s">
+        <v>970</v>
+      </c>
+      <c r="E304" t="s">
+        <v>971</v>
+      </c>
+      <c r="F304" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A305" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B305" t="s">
+        <v>973</v>
+      </c>
+      <c r="C305" t="s">
+        <v>969</v>
+      </c>
+      <c r="D305" t="s">
+        <v>974</v>
+      </c>
+      <c r="E305" t="s">
+        <v>975</v>
+      </c>
+      <c r="F305" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A306" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B306" t="s">
+        <v>976</v>
+      </c>
+      <c r="C306" t="s">
+        <v>969</v>
+      </c>
+      <c r="D306" t="s">
+        <v>977</v>
+      </c>
+      <c r="E306" t="s">
+        <v>978</v>
+      </c>
+      <c r="F306" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A307" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B307" t="s">
+        <v>979</v>
+      </c>
+      <c r="C307" t="s">
+        <v>969</v>
+      </c>
+      <c r="D307" t="s">
+        <v>980</v>
+      </c>
+      <c r="E307" t="s">
+        <v>981</v>
+      </c>
+      <c r="F307" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A308" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B308" t="s">
+        <v>982</v>
+      </c>
+      <c r="C308" t="s">
+        <v>969</v>
+      </c>
+      <c r="D308" t="s">
+        <v>983</v>
+      </c>
+      <c r="E308" t="s">
+        <v>984</v>
+      </c>
+      <c r="F308" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A309" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B309" t="s">
+        <v>985</v>
+      </c>
+      <c r="C309" t="s">
+        <v>986</v>
+      </c>
+      <c r="D309" t="s">
+        <v>987</v>
+      </c>
+      <c r="E309" t="s">
+        <v>988</v>
+      </c>
+      <c r="F309" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A310" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B310" t="s">
+        <v>989</v>
+      </c>
+      <c r="C310" t="s">
+        <v>990</v>
+      </c>
+      <c r="D310" t="s">
+        <v>991</v>
+      </c>
+      <c r="E310" t="s">
+        <v>992</v>
+      </c>
+      <c r="F310" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A311" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B311" t="s">
+        <v>993</v>
+      </c>
+      <c r="C311" t="s">
+        <v>95</v>
+      </c>
+      <c r="D311" t="s">
+        <v>994</v>
+      </c>
+      <c r="E311" t="s">
+        <v>995</v>
+      </c>
+      <c r="F311" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A312" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B312" t="s">
+        <v>996</v>
+      </c>
+      <c r="C312" t="s">
+        <v>95</v>
+      </c>
+      <c r="D312" t="s">
+        <v>997</v>
+      </c>
+      <c r="E312" t="s">
+        <v>998</v>
+      </c>
+      <c r="F312" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A313" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B313" t="s">
+        <v>999</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E313" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F313" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A314" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B314" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F314" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A315" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F315" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A316" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B316" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1010</v>
+      </c>
+      <c r="E316" t="s">
+        <v>1011</v>
+      </c>
+      <c r="F316" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A317" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B317" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F317" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A318" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C318" t="s">
+        <v>95</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1017</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F318" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A319" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B319" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C319" t="s">
+        <v>95</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E319" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F319" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A320" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B320" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C320" t="s">
+        <v>25</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E320" t="s">
+        <v>1024</v>
+      </c>
+      <c r="F320" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A321" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B321" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C321" t="s">
+        <v>25</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F321" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A322" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B322" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C322" t="s">
+        <v>25</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E322" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F322" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A323" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B323" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C323" t="s">
+        <v>25</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1033</v>
+      </c>
+      <c r="E323" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F323" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A324" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C324" t="s">
+        <v>25</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1036</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A325" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C325" t="s">
+        <v>95</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F325" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A326" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C326" t="s">
+        <v>409</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1042</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F326" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A327" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1046</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F327" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A328" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F328" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A329" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C329" t="s">
+        <v>25</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1053</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1054</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A330" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C330" t="s">
+        <v>25</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1058</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A331" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F331" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A332" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F332" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A333" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F333" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A334" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C334" t="s">
+        <v>25</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F334" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A335" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F335" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A336" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B336" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F336" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A337" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="B337" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C337" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F337" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A338" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F338" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A339" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B339" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C339" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F339" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A340" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C340" t="s">
+        <v>25</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F340" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A341" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C341" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F341" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A342" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C342" t="s">
+        <v>25</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F342" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A343" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1099</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F343" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A344" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C344" t="s">
+        <v>517</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F344" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A345" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D345" t="s">
         <v>1106</v>
       </c>
-      <c r="B2" s="1"/>
-[...4 lines deleted...]
-    <row r="3" spans="1:5" s="3" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.65">
+      <c r="E345" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F345" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A346" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C346" t="s">
+        <v>25</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F346" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A347" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1111</v>
+      </c>
+      <c r="C347" t="s">
+        <v>103</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1112</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1113</v>
+      </c>
+      <c r="F347" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A348" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F348" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A349" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C349" t="s">
+        <v>760</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1120</v>
+      </c>
+      <c r="F349" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A350" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C350" t="s">
+        <v>95</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F350" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A351" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C351" t="s">
+        <v>95</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F351" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A352" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C352" t="s">
+        <v>95</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F352" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A353" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C353" t="s">
+        <v>25</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A354"/>
+      <c r="B354"/>
+      <c r="C354"/>
+      <c r="D354"/>
+      <c r="E354"/>
+      <c r="F354"/>
+    </row>
+    <row r="355" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A355"/>
+      <c r="B355"/>
+      <c r="C355"/>
+      <c r="D355"/>
+      <c r="E355"/>
+      <c r="F355"/>
+    </row>
+    <row r="356" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A356"/>
+      <c r="B356"/>
+      <c r="C356"/>
+      <c r="D356"/>
+      <c r="E356"/>
+      <c r="F356"/>
+    </row>
+    <row r="357" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A357"/>
+      <c r="B357"/>
+      <c r="C357"/>
+      <c r="D357"/>
+      <c r="E357"/>
+      <c r="F357"/>
+    </row>
+    <row r="358" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A358"/>
+      <c r="B358"/>
+      <c r="C358"/>
+      <c r="D358"/>
+      <c r="E358"/>
+      <c r="F358"/>
+    </row>
+  </sheetData>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:O491">
+    <sortCondition ref="E4:E491"/>
+    <sortCondition ref="A4:A491"/>
+  </sortState>
+  <mergeCells count="3">
+    <mergeCell ref="A2:F2"/>
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:F1"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82DB6F30-940A-4906-B41A-BB4492CA8DF4}">
+  <dimension ref="A1:F4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4:XFD4"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultColWidth="20.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="29.5703125" customWidth="1"/>
+    <col min="3" max="3" width="30.28515625" customWidth="1"/>
+    <col min="4" max="4" width="38.7109375" customWidth="1"/>
+    <col min="5" max="5" width="58.5703125" customWidth="1"/>
+    <col min="6" max="6" width="60" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="7" t="s">
+        <v>9</v>
+      </c>
+      <c r="D1" s="7"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+    </row>
+    <row r="2" spans="1:6" s="1" customFormat="1" ht="102" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="5"/>
+    </row>
+    <row r="3" spans="1:6" s="1" customFormat="1" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A3" s="2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="D3" s="2" t="s">
         <v>1</v>
       </c>
-      <c r="D3" s="2" t="s">
+      <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
-      <c r="E3" s="2" t="s">
+      <c r="F3" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:5" x14ac:dyDescent="0.25">
-[...6067 lines deleted...]
-    </row>
+    <row r="4" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A3:N353" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...3 lines deleted...]
-  </sortState>
+  <mergeCells count="3">
+    <mergeCell ref="A1:B1"/>
+    <mergeCell ref="C1:F1"/>
+    <mergeCell ref="A2:F2"/>
+  </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Pharmacy - Medical Benefit Repo</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>PA Medical Benefit Drugs</vt:lpstr>
+      <vt:lpstr>Termed PA Medical Benefit Drugs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Mandy Volney</dc:creator>
+  <dc:creator>Carl Nelson</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>