--- v1 (2025-12-13)
+++ v2 (2026-01-30)
@@ -2,187 +2,178 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Pharmacy Program\Medical Benefits\Medical Benefits posting to website\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MICHADAY\OneDrive - Quartz Benefits\Documents\Ticket Downloads\Jan 1 Updates\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BA17C681-828D-47A2-8DB9-58B1E21DBB68}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81DEE786-9093-46E5-98A1-628624BAF10B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PA Medical Benefit Drugs" sheetId="1" r:id="rId1"/>
     <sheet name="Termed PA Medical Benefit Drugs" sheetId="2" r:id="rId2"/>
   </sheets>
-  <calcPr calcId="191029"/>
-[...12 lines deleted...]
-  </extLst>
+  <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PA Medical Benefit Drugs'!$A$3:$F$360</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Termed PA Medical Benefit Drugs'!$A$3:$F$3</definedName>
+  </definedNames>
+  <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2106" uniqueCount="1134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2170" uniqueCount="1162">
   <si>
     <t>HCPCS Code</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Comments Pharmacy Benefits Program</t>
   </si>
   <si>
     <t>MCG PA Criteria Code</t>
+  </si>
+  <si>
+    <t>PA Effective Date</t>
+  </si>
+  <si>
+    <t>Restricted Medical Benefit Drug List</t>
+  </si>
+  <si>
+    <t>PA Term Date</t>
+  </si>
+  <si>
+    <t>Recent Medical Benefit Drug Restriction Removals</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <rFont val="Poppins"/>
+      </rPr>
+      <t xml:space="preserve">•This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products no longer require a prior authorization for coverage. *
+*Products will be listed for one month after the restriction has been removed.  If no drugs are listed there have been no recent medical benefit drug restriction removals.
+</t>
+    </r>
   </si>
   <si>
     <r>
       <t>Date Posted to the Website:</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
-      <t xml:space="preserve">  </t>
+      <t xml:space="preserve">  1/1/2026</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">•This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products require an approved prior authorization for coverage.  
 •Drugs listed as Not Covered require an approved medical necessity exception for coverage.  
 •Drugs that are typically filled at the pharmacy and are self-administred (given by the person or a family member) are </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
       <t xml:space="preserve">not covered </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">if given in a clinic or other place by a healthcare professional and billed to a person's medical benefit.  
 •Some medical benefit drugs do not have a unique billing code and are submitted using a non-specific miscellanous (can be used for any product) drug code.  </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
       <t xml:space="preserve">All drug claims billed with a miscellaneous code such as C9399, J0220, J0256, J1566, J1599, J1729, J3490, J3535, J3590, J3591, J7192, J7195, J7199, J7599, J7699, J7799, J7999, J8499, J8597, J8999, or J9999 require an approved prior authorization for coverage if the submitted charge for the drug is $2500.00 or more or if included in the listing below as MISC.   
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>•Chimeric antigen receptor T-cell (CAR-T) cell therapies are not listed as drugs but do require prior authorization for coverage.  Please contact Quartz Customer Success at (800) 897-1923 with questions related to CAR-T treatment.</t>
     </r>
   </si>
   <si>
-    <t>PA Effective Date</t>
-[...25 lines deleted...]
-  <si>
     <t>07/01/2025</t>
   </si>
   <si>
     <t>J0129</t>
   </si>
   <si>
     <t>DC-0084</t>
   </si>
   <si>
     <t>ORENCIA      INJ 250MG</t>
   </si>
   <si>
     <t>ABATACEPT FOR IV SOLN 250 MG</t>
   </si>
   <si>
     <t>Vendor Solutions</t>
   </si>
   <si>
     <t>J0586</t>
   </si>
   <si>
     <t>DB-0016</t>
   </si>
   <si>
     <t>DYSPORT      INJ</t>
@@ -265,3300 +256,3381 @@
   <si>
     <t>ADALIMUMAB-FKJP</t>
   </si>
   <si>
     <t>Q5142</t>
   </si>
   <si>
     <t>SIMLANDI</t>
   </si>
   <si>
     <t>ADALIMUMAB-RYVK</t>
   </si>
   <si>
     <t>J7171</t>
   </si>
   <si>
     <t>DC-0127</t>
   </si>
   <si>
     <t>ADZYNMA      KIT 500IU</t>
   </si>
   <si>
     <t>ADAMTS13 RECOMBINANT-KRHN FOR INJ KIT 500 UNIT</t>
   </si>
   <si>
+    <t>J7352</t>
+  </si>
+  <si>
+    <t>DC-004</t>
+  </si>
+  <si>
+    <t>SCENESSE</t>
+  </si>
+  <si>
+    <t>AFAMELANOTIDE ACETATE IMPLANT</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>Q2057</t>
+  </si>
+  <si>
+    <t>TECELRA      SUS</t>
+  </si>
+  <si>
+    <t>AFAMITRESGENE AUTOLEUCEL IV SUSP 10,000,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion, BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0180</t>
+  </si>
+  <si>
+    <t>DC-005</t>
+  </si>
+  <si>
+    <t>FABRAZYME</t>
+  </si>
+  <si>
+    <t>AGALSIDASE BETA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0202</t>
+  </si>
+  <si>
+    <t>DC-0095</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>ALEMTUZUMAB IV INJ</t>
+  </si>
+  <si>
+    <t>J0221</t>
+  </si>
+  <si>
+    <t>DC-0013</t>
+  </si>
+  <si>
+    <t>LUMIZYME</t>
+  </si>
+  <si>
+    <t>ALGLUCOSIDASE ALFA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>MISC</t>
+  </si>
+  <si>
+    <t>DC-0131</t>
+  </si>
+  <si>
+    <t>RETHYMIC</t>
+  </si>
+  <si>
+    <t>ALLOGENEIC PROCESSED THYMUS TISSUE -AGDC</t>
+  </si>
+  <si>
+    <t>Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J0256</t>
+  </si>
+  <si>
+    <t>DC-007</t>
+  </si>
+  <si>
+    <t>ARALAST NP   INJ</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>ZEMAIRA      INJ</t>
+  </si>
+  <si>
+    <t>PROLASTIN-C  INJ 1000MG</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) INJ 1000 MG/20ML</t>
+  </si>
+  <si>
+    <t>J0257</t>
+  </si>
+  <si>
+    <t>GLASSIA      INJ</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) INJ 1000 MG/50ML</t>
+  </si>
+  <si>
+    <t>J9061</t>
+  </si>
+  <si>
+    <t>DC-008</t>
+  </si>
+  <si>
+    <t>RYBREVANT    SOL</t>
+  </si>
+  <si>
+    <t>AMIVANTAMAB-VMJW IV SOLN</t>
+  </si>
+  <si>
+    <t>J0491</t>
+  </si>
+  <si>
+    <t>DC-0010</t>
+  </si>
+  <si>
+    <t>SAPHNELO     SOL</t>
+  </si>
+  <si>
+    <t>ANIFROLUMAB-FNIA IV SOLN</t>
+  </si>
+  <si>
+    <t>J7185</t>
+  </si>
+  <si>
+    <t>DC-0041</t>
+  </si>
+  <si>
+    <t>XYNTHA       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB (BDD-RFVIII,MOR) FOR INJ</t>
+  </si>
+  <si>
+    <t>BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J7209</t>
+  </si>
+  <si>
+    <t>NUWIQ        KIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB (BDD-RFVIII,SIM) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7208</t>
+  </si>
+  <si>
+    <t>JIVI         INJ 500 UNIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB(BDD-RFVIII PEG-AUCL) FOR INJ 500 UNIT</t>
+  </si>
+  <si>
+    <t>J7182</t>
+  </si>
+  <si>
+    <t>NOVOEIGHT    INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB (BD TRUNC-RFVIII) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7214</t>
+  </si>
+  <si>
+    <t>ALTUVIIIO    INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB FC-VWF-XTEN-EHTL FOR INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>J7210</t>
+  </si>
+  <si>
+    <t>AFSTYLA      KIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB SINGLE CHAIN FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7190</t>
+  </si>
+  <si>
+    <t>HEMOFIL M    INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR (HUMAN) FOR INJ</t>
+  </si>
+  <si>
+    <t>KOATE        INJ</t>
+  </si>
+  <si>
+    <t>J7188</t>
+  </si>
+  <si>
+    <t>OBIZUR       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR (RECOMB PORC) RPFVIII FOR INJ</t>
+  </si>
+  <si>
+    <t>J7205</t>
+  </si>
+  <si>
+    <t>ELOCTATE     INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RCMB (BDD-RFVIIIFC) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7192</t>
+  </si>
+  <si>
+    <t>ADVATE       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RAHF-PFM) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7211</t>
+  </si>
+  <si>
+    <t>KOVALTRY     INJ</t>
+  </si>
+  <si>
+    <t>RECOMBINATE  INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RFVIII) FOR INJ 1241-1800 UNIT</t>
+  </si>
+  <si>
+    <t>KOGENATE FS  INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RFVIII) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7204</t>
+  </si>
+  <si>
+    <t>ESPEROCT     INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB GLYCOPEG-EXEI FOR INJ</t>
+  </si>
+  <si>
+    <t>J7183</t>
+  </si>
+  <si>
+    <t>WILATE       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR/VWF (HUMAN) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7186</t>
+  </si>
+  <si>
+    <t>ALPHANATE    INJ</t>
+  </si>
+  <si>
+    <t>J7187</t>
+  </si>
+  <si>
+    <t>HUMATE-P     SOL</t>
+  </si>
+  <si>
+    <t>J7198</t>
+  </si>
+  <si>
+    <t>FEIBA        INJ</t>
+  </si>
+  <si>
+    <t>ANTIINHIBITOR COAGULANT COMPLEX FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J3391</t>
+  </si>
+  <si>
+    <t>DC-0126</t>
+  </si>
+  <si>
+    <t>LENMELDY INJ</t>
+  </si>
+  <si>
+    <t>ATIDARSAGENE AUTOTEMCEL</t>
+  </si>
+  <si>
+    <t>J2782</t>
+  </si>
+  <si>
+    <t>DC-0110</t>
+  </si>
+  <si>
+    <t>IZERVAY      SOL</t>
+  </si>
+  <si>
+    <t>AVACINCAPTAD PEGOL INTRAVITREAL SOLN</t>
+  </si>
+  <si>
+    <t>J0219</t>
+  </si>
+  <si>
+    <t>NEXVIAZYME   INJ</t>
+  </si>
+  <si>
+    <t>AVALGLUCOSIDASE ALFA-NGPT FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9038</t>
+  </si>
+  <si>
+    <t>NIKTIMVO</t>
+  </si>
+  <si>
+    <t>AXATILIMAB-CSFR</t>
+  </si>
+  <si>
+    <t>J0490</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>BELIMUMAB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0517</t>
+  </si>
+  <si>
+    <t>FASENRA      INJ</t>
+  </si>
+  <si>
+    <t>BENRALIZUMAB SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J3401</t>
+  </si>
+  <si>
+    <t>DC-0120</t>
+  </si>
+  <si>
+    <t>VYJUVEK      GEL</t>
+  </si>
+  <si>
+    <t>BEREMAGENE GEPERPAVEC-SVDT GEL</t>
+  </si>
+  <si>
+    <t>J3393</t>
+  </si>
+  <si>
+    <t>DC-0122</t>
+  </si>
+  <si>
+    <t>ZYNTEGLO     INJ</t>
+  </si>
+  <si>
+    <t>BETIBEGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J9035</t>
+  </si>
+  <si>
+    <t>AVASTIN      INJ</t>
+  </si>
+  <si>
+    <t>BEVACIZUMAB IV SOLN  (FOR INFUSION)</t>
+  </si>
+  <si>
+    <t>Biosimilars covered w/out PA. Avastin Brand covered to opthalmology diagnoses only w/out PA</t>
+  </si>
+  <si>
+    <t>J0565</t>
+  </si>
+  <si>
+    <t>DC-0015</t>
+  </si>
+  <si>
+    <t>ZINPLAVA     SOL</t>
+  </si>
+  <si>
+    <t>BEZLOTOXUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J1632</t>
+  </si>
+  <si>
+    <t>DC-0086</t>
+  </si>
+  <si>
+    <t>ZULRESSO     INJ</t>
+  </si>
+  <si>
+    <t>BREXANOLONE IV SOLN</t>
+  </si>
+  <si>
+    <t>J0584</t>
+  </si>
+  <si>
+    <t>DC-0018</t>
+  </si>
+  <si>
+    <t>CRYSVITA     INJ</t>
+  </si>
+  <si>
+    <t>BUROSUMAB-TWZA INJ</t>
+  </si>
+  <si>
+    <t>Vendor Solutions, BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0597</t>
+  </si>
+  <si>
+    <t>DC-0019</t>
+  </si>
+  <si>
+    <t>BERINERT     INJ</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (HUMAN) FOR IV INJ</t>
+  </si>
+  <si>
+    <t>J0598</t>
+  </si>
+  <si>
+    <t>CINRYZE      SOL</t>
+  </si>
+  <si>
+    <t>J0599</t>
+  </si>
+  <si>
+    <t>HAEGARDA     INJ 3000UNIT</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (HUMAN) FOR SUBCUTANEOUS INJ 3000 UNIT</t>
+  </si>
+  <si>
+    <t>J0596</t>
+  </si>
+  <si>
+    <t>RUCONEST     INJ</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (RECOMBINANT) FOR IV</t>
+  </si>
+  <si>
+    <t>J0739</t>
+  </si>
+  <si>
+    <t>DC-0071</t>
+  </si>
+  <si>
+    <t>APRETUDE     SUS</t>
+  </si>
+  <si>
+    <t>CABOTEGRAVIR IM EXTENDED RELEASE SUSP</t>
+  </si>
+  <si>
+    <t>Covered without PA for IL and MN plans</t>
+  </si>
+  <si>
+    <t>J0638</t>
+  </si>
+  <si>
+    <t>DC-0020</t>
+  </si>
+  <si>
+    <t>ILARIS       INJ</t>
+  </si>
+  <si>
+    <t>CANAKINUMAB SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>C9047</t>
+  </si>
+  <si>
+    <t>DC-0136</t>
+  </si>
+  <si>
+    <t>CABLIVI      KIT</t>
+  </si>
+  <si>
+    <t>CAPLACIZUMAB-YHDP FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1426</t>
+  </si>
+  <si>
+    <t>AMONDYS 45   INJ</t>
+  </si>
+  <si>
+    <t>CASIMERSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion</t>
+  </si>
+  <si>
+    <t>J9119</t>
+  </si>
+  <si>
+    <t>LIBTAYO      INJ</t>
+  </si>
+  <si>
+    <t>CEMIPLIMAB-RWLC IV SOLN</t>
+  </si>
+  <si>
+    <t>J0567</t>
+  </si>
+  <si>
+    <t>DC-0023</t>
+  </si>
+  <si>
+    <t>BRINEURA     KIT</t>
+  </si>
+  <si>
+    <t>CERLIPONASE ALFA INTRAVENTRICULAR  KIT</t>
+  </si>
+  <si>
+    <t>J0717</t>
+  </si>
+  <si>
+    <t>CIMZIA       KIT</t>
+  </si>
+  <si>
+    <t>CERTOLIZUMAB PEGOL FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1203</t>
+  </si>
+  <si>
+    <t>POMBILITI    SOL</t>
+  </si>
+  <si>
+    <t>CIPAGLUCOSIDASE ALFA-ATGA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered</t>
+  </si>
+  <si>
+    <t>J7201</t>
+  </si>
+  <si>
+    <t>ALPROLIX     INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMB) (RFIXFC) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7202</t>
+  </si>
+  <si>
+    <t>IDELVION     SOL</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMB) (RIX-FP) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7195</t>
+  </si>
+  <si>
+    <t>BENEFIX      INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMBINANT) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7200</t>
+  </si>
+  <si>
+    <t>RIXUBIS      INJ</t>
+  </si>
+  <si>
+    <t>J7213</t>
+  </si>
+  <si>
+    <t>IXINITY      INJ</t>
+  </si>
+  <si>
+    <t>J7193</t>
+  </si>
+  <si>
+    <t>ALPHANINE SD INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX FOR INJ</t>
+  </si>
+  <si>
+    <t>J7203</t>
+  </si>
+  <si>
+    <t>REBINYN      SOL</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX RECOMB GLYCOPEGYLATED FOR INJ</t>
+  </si>
+  <si>
+    <t>J7212</t>
+  </si>
+  <si>
+    <t>SEVENFACT    INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR VIIA (RECOM)-JNCW FOR INJ</t>
+  </si>
+  <si>
+    <t>J7189</t>
+  </si>
+  <si>
+    <t>NOVOSEVEN RT INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR VIIA (RECOMB) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7175</t>
+  </si>
+  <si>
+    <t>COAGADEX     INJ 250UNIT</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR X (HUMAN) FOR INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>J7181</t>
+  </si>
+  <si>
+    <t>TRETTEN      INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR XIII A-SUBUNIT FOR INJ</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>J7173</t>
+  </si>
+  <si>
+    <t>ALHEMO INJ</t>
+  </si>
+  <si>
+    <t>CONCIZUMAB-MTCI, 0.5 MG</t>
+  </si>
+  <si>
+    <t>Not covered - coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J0800, J0801, J0802</t>
+  </si>
+  <si>
+    <t>DC-0139</t>
+  </si>
+  <si>
+    <t>ACTHAR       INJ GEL</t>
+  </si>
+  <si>
+    <t>CORTICOTROPIN SUBCUTANEOUS GEL</t>
+  </si>
+  <si>
+    <t>J9275</t>
+  </si>
+  <si>
+    <t>UNLOXCYT INJECTION</t>
+  </si>
+  <si>
+    <t>COSIBELIMAB-IPDL</t>
+  </si>
+  <si>
+    <t>UNLOXCYT INJ</t>
+  </si>
+  <si>
+    <t>COSIBELIMAB-IPDL INJ</t>
+  </si>
+  <si>
+    <t>J0791</t>
+  </si>
+  <si>
+    <t>DC-0026</t>
+  </si>
+  <si>
+    <t>ADAKVEO      INJ</t>
+  </si>
+  <si>
+    <t>CRIZANLIZUMAB-TMCA IV SOLN</t>
+  </si>
+  <si>
+    <t>J7326</t>
+  </si>
+  <si>
+    <t>GEL-ONE      INJ</t>
+  </si>
+  <si>
+    <t>CROSS-LINKED HYALURONATE GEL PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered- Euflexxa, Synvisc, and Synvisc One covered without PA</t>
+  </si>
+  <si>
+    <t>J1307</t>
+  </si>
+  <si>
+    <t>DC-0134</t>
+  </si>
+  <si>
+    <t>PIASKY</t>
+  </si>
+  <si>
+    <t>CROVALIMAB-AKKZ INJECTION</t>
+  </si>
+  <si>
+    <t>J0889</t>
+  </si>
+  <si>
+    <t>DC-0112</t>
+  </si>
+  <si>
+    <t>JESDUVROQ    TAB</t>
+  </si>
+  <si>
+    <t>DAPRODUSTAT TAB</t>
+  </si>
+  <si>
+    <t>J9011</t>
+  </si>
+  <si>
+    <t>DATROWAY</t>
+  </si>
+  <si>
+    <t>DATOPOTAMAB DERUXTECAN, 1 MG</t>
+  </si>
+  <si>
+    <t>J0589</t>
+  </si>
+  <si>
+    <t>DAXXIFY      INJ</t>
+  </si>
+  <si>
+    <t>DAXIBOTULINUMTOXINA-LANM (GLABELLAR LINES) FOR INJ</t>
+  </si>
+  <si>
+    <t>J1413</t>
+  </si>
+  <si>
+    <t>ELEVIDYS     KIT</t>
+  </si>
+  <si>
+    <t>DELANDISTROGENE MOXEPARVOVEC-ROKL IV SUSP</t>
+  </si>
+  <si>
+    <t>Not Covered, BadgerCare coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0897</t>
+  </si>
+  <si>
+    <t>DC-0104</t>
+  </si>
+  <si>
+    <t>XGEVA        INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>PROLIA       INJ 60MG/ML</t>
+  </si>
+  <si>
+    <t>DENOSUMAB INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>Q5136</t>
+  </si>
+  <si>
+    <t>WYOST   INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BBDZ INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>JUBBONTI   INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BBDZ INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>Q5157</t>
+  </si>
+  <si>
+    <t>STOBOCLO INJ,     OSENVELT  INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BMWO, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5158</t>
+  </si>
+  <si>
+    <t>BOMYNTRA INJ,    CONEXXENCE INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BNHT, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5159</t>
+  </si>
+  <si>
+    <t>OSPOMYV INJ,   XBRYK INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-DSSB, 1 MG</t>
+  </si>
+  <si>
+    <t>BILPREVDA    INJ 120/1.7</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-NXXP INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>BILDYOS      INJ 60MG/ML</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-NXXP INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>UNITUXIN     INJ</t>
+  </si>
+  <si>
+    <t>DINUTUXIMAB IV SOLN 17.5 MG/5ML (3.5 MG/ML)</t>
+  </si>
+  <si>
+    <t>J0175</t>
+  </si>
+  <si>
+    <t>DC-0101</t>
+  </si>
+  <si>
+    <t>KISUNLA      INJ</t>
+  </si>
+  <si>
+    <t>DONANEMAB-AZBT IV SOLN</t>
+  </si>
+  <si>
+    <t>DAWNZERA     INJ 80/0.8ML</t>
+  </si>
+  <si>
+    <t>DONIDALORSEN SODIUM SUBCUTANEOUS SOLN AUTO-INJ 80 MG/0.8ML</t>
+  </si>
+  <si>
+    <t>Not covered - coverage may be available on prescription drug benefit. Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>DC-0114</t>
+  </si>
+  <si>
+    <t>LANTIDRA     INJ</t>
+  </si>
+  <si>
+    <t>DONISLECEL-JUJN IV SUSP</t>
+  </si>
+  <si>
+    <t>J9173</t>
+  </si>
+  <si>
+    <t>IMFINZI      INJ</t>
+  </si>
+  <si>
+    <t>DURVALUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J1290</t>
+  </si>
+  <si>
+    <t>KALBITOR     INJ</t>
+  </si>
+  <si>
+    <t>ECALLANTIDE INJ</t>
+  </si>
+  <si>
+    <t>J1299</t>
+  </si>
+  <si>
+    <t>DC-0135</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB</t>
+  </si>
+  <si>
+    <t>Q5151</t>
+  </si>
+  <si>
+    <t>EPYSQLI INJ</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB-AAGH IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5152</t>
+  </si>
+  <si>
+    <t>BKEMV INK</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB-AEEB  IV SOLN</t>
+  </si>
+  <si>
+    <t>J1301</t>
+  </si>
+  <si>
+    <t>DC-0032</t>
+  </si>
+  <si>
+    <t>RADICAVA     INJ</t>
+  </si>
+  <si>
+    <t>EDARAVONE INJ</t>
+  </si>
+  <si>
+    <t>J9361</t>
+  </si>
+  <si>
+    <t>RYZNEUTA</t>
+  </si>
+  <si>
+    <t>EFBEMALENOGRASTIM ALFA-VUXW</t>
+  </si>
+  <si>
+    <t>Not Covered - Fulphila, Udenyca, or Nyvepria biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>J9332</t>
+  </si>
+  <si>
+    <t>DC-105</t>
+  </si>
+  <si>
+    <t>VYVGART      INJ 400/20ML</t>
+  </si>
+  <si>
+    <t>EFGARTIGIMOD ALFA-FCAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J9334</t>
+  </si>
+  <si>
+    <t>VYVGART      INJ HYTRULO</t>
+  </si>
+  <si>
+    <t>EFGARTIGIMOD ALF-HYALURONIDASE-QVFC SOL</t>
+  </si>
+  <si>
+    <t>J1449</t>
+  </si>
+  <si>
+    <t>ROLVEDON     INJ</t>
+  </si>
+  <si>
+    <t>EFLAPEGRASTIM-XNST SOLN</t>
+  </si>
+  <si>
+    <t>KEBILIDI     INJ</t>
+  </si>
+  <si>
+    <t>ELADOCAGENE EXUPARVOVEC-TNEQ INJ SUSP 280000000000 VG/0.5ML</t>
+  </si>
+  <si>
+    <t>DC-0033</t>
+  </si>
+  <si>
+    <t>REVCOVI      INJ</t>
+  </si>
+  <si>
+    <t>ELAPEGADEMASE-LVLR IM SOLN</t>
+  </si>
+  <si>
+    <t>J3387</t>
+  </si>
+  <si>
+    <t>SKYSONA INJ</t>
+  </si>
+  <si>
+    <t>ELIVALDOGENE AUTOTEMCEL, PER TREATMENT</t>
+  </si>
+  <si>
+    <t>J9176</t>
+  </si>
+  <si>
+    <t>EMPLICITI    INJ</t>
+  </si>
+  <si>
+    <t>ELOTUZUMAB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J1323</t>
+  </si>
+  <si>
+    <t>ELREXFIO     INJ 44/1.1ML</t>
+  </si>
+  <si>
+    <t>ELRANATAMAB-BCMM SUBCUTANEOUS SOLN 44 MG/1.1ML</t>
+  </si>
+  <si>
+    <t>J9210</t>
+  </si>
+  <si>
+    <t>DC-0034</t>
+  </si>
+  <si>
+    <t>GAMIFANT     INJ 10MG/2ML</t>
+  </si>
+  <si>
+    <t>EMAPALUMAB-LZSG IV SOLN 10 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7170</t>
+  </si>
+  <si>
+    <t>HEMLIBRA     INJ</t>
+  </si>
+  <si>
+    <t>EMICIZUMAB-KXWH SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9177</t>
+  </si>
+  <si>
+    <t>PADCEV       INJ 20MG</t>
+  </si>
+  <si>
+    <t>ENFORTUMAB VEDOTIN-EJFV FOR IV SOLN 20 MG</t>
+  </si>
+  <si>
+    <t>J9321</t>
+  </si>
+  <si>
+    <t>EPKINLY      INJ 4/0.8ML</t>
+  </si>
+  <si>
+    <t>EPCORITAMAB-BYSP SUBCUTANEOUS SOLN 4 MG/0.8ML</t>
+  </si>
+  <si>
+    <t>J0885, Q4081</t>
+  </si>
+  <si>
+    <t>EPOGEN       INJ</t>
+  </si>
+  <si>
+    <t>EPOETIN ALFA INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilars are covered without PA</t>
+  </si>
+  <si>
+    <t>PROCRIT      INJ</t>
+  </si>
+  <si>
+    <t>J1325</t>
+  </si>
+  <si>
+    <t>DC-0036</t>
+  </si>
+  <si>
+    <t>VELETRI      INJ</t>
+  </si>
+  <si>
+    <t>EPOPROSTENOL SODIUM FOR INJ</t>
+  </si>
+  <si>
+    <t>J3032</t>
+  </si>
+  <si>
+    <t>DC-0037</t>
+  </si>
+  <si>
+    <t>VYEPTI       INJ</t>
+  </si>
+  <si>
+    <t>EPTINEZUMAB-JJMR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0013</t>
+  </si>
+  <si>
+    <t>DC-0038</t>
+  </si>
+  <si>
+    <t>SPRAVATO</t>
+  </si>
+  <si>
+    <t>ESKETAMINE, NASAL SPRAY, 1 MG</t>
+  </si>
+  <si>
+    <t>J1438</t>
+  </si>
+  <si>
+    <t>ENBREL       INJ</t>
+  </si>
+  <si>
+    <t>ETANERCEPT SUBCUTANEOUS SOLUTION</t>
+  </si>
+  <si>
+    <t>J1428</t>
+  </si>
+  <si>
+    <t>EXONDYS 51   SOL</t>
+  </si>
+  <si>
+    <t>ETEPLIRSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>J1411</t>
+  </si>
+  <si>
+    <t>DC-0100</t>
+  </si>
+  <si>
+    <t>HEMGENIX     INJ</t>
+  </si>
+  <si>
+    <t>ETRANACOGENE DEZAPARVOVEC-DRLB IV SUSP</t>
+  </si>
+  <si>
+    <t>J1305</t>
+  </si>
+  <si>
+    <t>DC-0141</t>
+  </si>
+  <si>
+    <t>EVKEEZA      INJ</t>
+  </si>
+  <si>
+    <t>EVINACUMAB-DGNB IV SOLN</t>
+  </si>
+  <si>
+    <t>J3392</t>
+  </si>
+  <si>
+    <t>DC-0124</t>
+  </si>
+  <si>
+    <t>CASGEVY      INJ</t>
+  </si>
+  <si>
+    <t>EXAGAMGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>BadgerCare covered under Forward Health RX</t>
+  </si>
+  <si>
+    <t>MONONINE</t>
+  </si>
+  <si>
+    <t>FACTOR IX</t>
+  </si>
+  <si>
+    <t>J7194</t>
+  </si>
+  <si>
+    <t>PROFILNINE   INJ</t>
+  </si>
+  <si>
+    <t>FACTOR IX COMPLEX FOR INJ</t>
+  </si>
+  <si>
+    <t>J7180</t>
+  </si>
+  <si>
+    <t>CORIFACT     KIT</t>
+  </si>
+  <si>
+    <t>FACTOR XIII CONCENTRATE (HUMAN) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1440</t>
+  </si>
+  <si>
+    <t>DC-106</t>
+  </si>
+  <si>
+    <t>REBYOTA      SUS FECAL</t>
+  </si>
+  <si>
+    <t>FECAL MICROBIOTA, LIVE-JSLM RECTAL SUSP</t>
+  </si>
+  <si>
+    <t>J1442</t>
+  </si>
+  <si>
+    <t>NEUPOGEN     INJ</t>
+  </si>
+  <si>
+    <t>FILGRASTIM INJ</t>
+  </si>
+  <si>
+    <t>Not Covered- Biosimilars are covered without PA</t>
+  </si>
+  <si>
+    <t>J7174</t>
+  </si>
+  <si>
+    <t>QFTILIA INJECTION</t>
+  </si>
+  <si>
+    <t>FITUSIRAN 0.04 MG</t>
+  </si>
+  <si>
+    <t>J7356</t>
+  </si>
+  <si>
+    <t>DC-0157</t>
+  </si>
+  <si>
+    <t>VYALEV INJ</t>
+  </si>
+  <si>
+    <t>FOSCARBIDOPA AND FOSLEVODOPA</t>
+  </si>
+  <si>
+    <t>J1941</t>
+  </si>
+  <si>
+    <t>FUROSCIX     KIT</t>
+  </si>
+  <si>
+    <t>FUROSEMIDE SUBCUTANEOUS CARTRIDGE KIT (on-body infusion)</t>
+  </si>
+  <si>
+    <t>J1458</t>
+  </si>
+  <si>
+    <t>DC-0150</t>
+  </si>
+  <si>
+    <t>NAGLAZYME    INJ</t>
+  </si>
+  <si>
+    <t>GALSULFASE SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>INLEXZO      MIS 225MG</t>
+  </si>
+  <si>
+    <t>GEMCITABINE HCL INTRAVESICAL DEVICE 225 MG</t>
+  </si>
+  <si>
+    <t>J0223</t>
+  </si>
+  <si>
+    <t>DC-0043</t>
+  </si>
+  <si>
+    <t>GIVLAARI     INJ 189MG/ML</t>
+  </si>
+  <si>
+    <t>GIVOSIRAN SODIUM SUBCUTANEOUS SOLN 189 MG/ML</t>
+  </si>
+  <si>
+    <t>J9286</t>
+  </si>
+  <si>
+    <t>COLUMVI      INJ</t>
+  </si>
+  <si>
+    <t>GLOFITAMAB-GXBM IV SOLN</t>
+  </si>
+  <si>
+    <t>J1602</t>
+  </si>
+  <si>
+    <t>DC-0115</t>
+  </si>
+  <si>
+    <t>SIMPONI ARIA SOL</t>
+  </si>
+  <si>
+    <t>GOLIMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J1429</t>
+  </si>
+  <si>
+    <t>VYONDYS 53   INJ</t>
+  </si>
+  <si>
+    <t>GOLODIRSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>J1628</t>
+  </si>
+  <si>
+    <t>DC-0161</t>
+  </si>
+  <si>
+    <t>TREMFYA</t>
+  </si>
+  <si>
+    <t>GUSELKUMAB</t>
+  </si>
+  <si>
+    <t>J0738</t>
+  </si>
+  <si>
+    <t>DC-0166</t>
+  </si>
+  <si>
+    <t>YEZTUGO</t>
+  </si>
+  <si>
+    <t>HIV PREP, INJ, LENACAPAVIR</t>
+  </si>
+  <si>
+    <t>J0752</t>
+  </si>
+  <si>
+    <t>HIV PREP, ORAL LENACAPAVIR</t>
+  </si>
+  <si>
+    <t>90649, 90651</t>
+  </si>
+  <si>
+    <t>GARDASIL 9   INJ</t>
+  </si>
+  <si>
+    <t>HUMAN PAPILLOMAVIRUS (HPV) 9-VALENT RECOMB VAC IM SUSP</t>
+  </si>
+  <si>
+    <t>Covered for age 9-45 without PA</t>
+  </si>
+  <si>
+    <t>J7322</t>
+  </si>
+  <si>
+    <t>HYMOVIS      INJ</t>
+  </si>
+  <si>
+    <t>HYALURONAN INTRA-ARTICULAR SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>J7327</t>
+  </si>
+  <si>
+    <t>MONOVISC     INJ</t>
+  </si>
+  <si>
+    <t>J7324</t>
+  </si>
+  <si>
+    <t>ORTHOVISC    INJ 15MG/ML</t>
+  </si>
+  <si>
+    <t>HYALURONAN INTRA-ARTICULAR SOLN PREFILLED SYRINGE 30 MG/2ML</t>
+  </si>
+  <si>
+    <t>J1726</t>
+  </si>
+  <si>
+    <t>MAKENA</t>
+  </si>
+  <si>
+    <t>HYDROXYPROGESTERONE</t>
+  </si>
+  <si>
+    <t>Not Covered- Market Withdrawal</t>
+  </si>
+  <si>
+    <t>J1729</t>
+  </si>
+  <si>
+    <t>DC-0044</t>
+  </si>
+  <si>
+    <t>J1744</t>
+  </si>
+  <si>
+    <t>FIRAZYR      INJ 30MG/3ML</t>
+  </si>
+  <si>
+    <t>ICATIBANT ACETATE SUBCUTANEOUS SOLN PREF SYR 30 MG/3ML</t>
+  </si>
+  <si>
+    <t>J0870</t>
+  </si>
+  <si>
+    <t>DC-0133</t>
+  </si>
+  <si>
+    <t>RYTELO       INJ</t>
+  </si>
+  <si>
+    <t>IMETELSTAT SODIUM FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J1786</t>
+  </si>
+  <si>
+    <t>DC-0156</t>
+  </si>
+  <si>
+    <t>CEREZYME</t>
+  </si>
+  <si>
+    <t>IMIGLUCERASE</t>
+  </si>
+  <si>
+    <t>J1575</t>
+  </si>
+  <si>
+    <t>DC-0045</t>
+  </si>
+  <si>
+    <t>HYQVIA       INJ</t>
+  </si>
+  <si>
+    <t>IMMUN GLOB INJ -HYALURON INJ</t>
+  </si>
+  <si>
+    <t>J1460</t>
+  </si>
+  <si>
+    <t>GAMASTAN     INJ (GAMASTAN S/D)</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IM INJ</t>
+  </si>
+  <si>
+    <t>J1560</t>
+  </si>
+  <si>
+    <t>GAMASTAN     INJ (GAMASTAN SD)</t>
+  </si>
+  <si>
+    <t>J1566</t>
+  </si>
+  <si>
+    <t>GAMMAGARD SD INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV FOR SOLN</t>
+  </si>
+  <si>
+    <t>J1561</t>
+  </si>
+  <si>
+    <t>GAMMAKED     INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV OR SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>GAMUNEX-C    INJ</t>
+  </si>
+  <si>
+    <t>J1569</t>
+  </si>
+  <si>
+    <t>GAMMAGARD    INJ</t>
+  </si>
+  <si>
+    <t>J1459</t>
+  </si>
+  <si>
+    <t>PRIVIGEN     INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN</t>
+  </si>
+  <si>
+    <t>J1568</t>
+  </si>
+  <si>
+    <t>OCTAGAM      INJ 2GM/20ML</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 2 GM/20ML</t>
+  </si>
+  <si>
+    <t>J1557</t>
+  </si>
+  <si>
+    <t>GAMMAPLEX    INJ 5%</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 5 GM/100ML</t>
+  </si>
+  <si>
+    <t>J1556</t>
+  </si>
+  <si>
+    <t>BIVIGAM      INJ 10%</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 5 GM/50ML</t>
+  </si>
+  <si>
+    <t>J1555</t>
+  </si>
+  <si>
+    <t>CUVITRU      INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J1559</t>
+  </si>
+  <si>
+    <t>HIZENTRA     INJ</t>
+  </si>
+  <si>
+    <t>J1551</t>
+  </si>
+  <si>
+    <t>CUTAQUIG     SOL</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-HIPP SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J1576</t>
+  </si>
+  <si>
+    <t>PANZYGA      SOL</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-IFAS IV SOLN</t>
+  </si>
+  <si>
+    <t>J1558</t>
+  </si>
+  <si>
+    <t>XEMBIFY      INJ 1GM/5ML</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-KLHW SUBCUTANEOUS INJ 1 GM/5ML</t>
+  </si>
+  <si>
+    <t>J1554</t>
+  </si>
+  <si>
+    <t>ASCENIV      INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-SLRA IV SOLN</t>
+  </si>
+  <si>
+    <t>J1552</t>
+  </si>
+  <si>
+    <t>ALYGLO       INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-STWK IV SOLN</t>
+  </si>
+  <si>
+    <t>J1599</t>
+  </si>
+  <si>
+    <t>YIMMUGO</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN INTRAVENOUS, HUMAN-DIRA INJECTION</t>
+  </si>
+  <si>
+    <t>J1306</t>
+  </si>
+  <si>
+    <t>DC-0099</t>
+  </si>
+  <si>
+    <t>LEQVIO       SOL</t>
+  </si>
+  <si>
+    <t>INCLISIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>DB-0070</t>
+  </si>
+  <si>
+    <t>INCLISIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR 284 MG/1.5ML</t>
+  </si>
+  <si>
+    <t>BadgerCare criteria</t>
+  </si>
+  <si>
+    <t>J0588</t>
+  </si>
+  <si>
+    <t>XEOMIN       INJ</t>
+  </si>
+  <si>
+    <t>INCOBOTULINUMTOXINA FOR IM INJ</t>
+  </si>
+  <si>
+    <t>J1823</t>
+  </si>
+  <si>
+    <t>DC-0142</t>
+  </si>
+  <si>
+    <t>UPLIZNA      SOL</t>
+  </si>
+  <si>
+    <t>INEBILIZUMAB-CDON IV SOLN</t>
+  </si>
+  <si>
+    <t>J1745</t>
+  </si>
+  <si>
+    <t>REMICADE     INJ 100MG</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB FOR IV INJ 100 MG</t>
+  </si>
+  <si>
+    <t>Not Covered - Avsola and Inflectra biosimilars covered without PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>Q5104</t>
+  </si>
+  <si>
+    <t>RENFLEXIS    INJ</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB-ABDA FOR IV INJ</t>
+  </si>
+  <si>
+    <t>Not Covered- Avsola and Inflectra biosimilars covered without PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J1809</t>
+  </si>
+  <si>
+    <t>DC-0149</t>
+  </si>
+  <si>
+    <t>NULIBRY</t>
+  </si>
+  <si>
+    <t>INJ, FOSDENOPTERIN, 0.1MG</t>
+  </si>
+  <si>
+    <t>J9229</t>
+  </si>
+  <si>
+    <t>DC-0008</t>
+  </si>
+  <si>
+    <t>BESPONSA     INJ</t>
+  </si>
+  <si>
+    <t>INOTUZUMAB OZOGAMICIN FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9215</t>
+  </si>
+  <si>
+    <t>ALFERON N    INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON ALFA-N3 INJ 5000000 UNIT/ML</t>
+  </si>
+  <si>
+    <t>J1826, Q3027</t>
+  </si>
+  <si>
+    <t>AVONEX</t>
+  </si>
+  <si>
+    <t>INTERFERON BETA-1A IM</t>
+  </si>
+  <si>
+    <t>Q3208</t>
+  </si>
+  <si>
+    <t>REBIF        INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON BETA-1A SOLN</t>
+  </si>
+  <si>
+    <t>J9216</t>
+  </si>
+  <si>
+    <t>ACTIMMUNE    INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON GAMMA-1B INJ</t>
+  </si>
+  <si>
+    <t>J9228</t>
+  </si>
+  <si>
+    <t>YERVOY</t>
+  </si>
+  <si>
+    <t>IPILIMUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>DC-0163</t>
+  </si>
+  <si>
+    <t>KETAMINE</t>
+  </si>
+  <si>
+    <t>KETAMINE HCL</t>
+  </si>
+  <si>
+    <t>J0593</t>
+  </si>
+  <si>
+    <t>TAKHZYRO     INJ 300/2ML</t>
+  </si>
+  <si>
+    <t>LANADELUMAB-FLYO INJ 300 MG/2ML (150 MG/ML)</t>
+  </si>
+  <si>
+    <t>J0174</t>
+  </si>
+  <si>
+    <t>LEQEMBI      SOL</t>
+  </si>
+  <si>
+    <t>LECANEMAB-IRMB IV SOLN</t>
+  </si>
+  <si>
+    <t>DC-0048</t>
+  </si>
+  <si>
+    <t>PREVYMIS     INJ 240/12</t>
+  </si>
+  <si>
+    <t>LETERMOVIR IV SOLN 240 MG/12ML</t>
+  </si>
+  <si>
+    <t>J9218</t>
+  </si>
+  <si>
+    <t>LEUPROLIDE   INJ</t>
+  </si>
+  <si>
+    <t>LEUPROLIDE ACETATE INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit *Long-Acting Leuprolide is covered w/o restrictions unless used for excluded dx</t>
+  </si>
+  <si>
+    <t>AMTAGVI      INJ</t>
+  </si>
+  <si>
+    <t>LIFILEUCEL IV SUSP 72,000,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>Covered for BadgerCare Only.  Benefit exclusion</t>
+  </si>
+  <si>
+    <t>C9307</t>
+  </si>
+  <si>
+    <t>LYNOZYFIC INJ</t>
+  </si>
+  <si>
+    <t>LINVOSELTAMAB-GCPT, 1 MG</t>
+  </si>
+  <si>
+    <t>J9359</t>
+  </si>
+  <si>
+    <t>ZYNLONTA     SOL</t>
+  </si>
+  <si>
+    <t>LONCASTUXIMAB TESIRINE-LPYL FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J3394</t>
+  </si>
+  <si>
+    <t>LYFGENIA     SUS</t>
+  </si>
+  <si>
+    <t>LOVOTIBEGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J0224</t>
+  </si>
+  <si>
+    <t>DC-0049</t>
+  </si>
+  <si>
+    <t>OXLUMO       INJ 94.5/0.5</t>
+  </si>
+  <si>
+    <t>LUMASIRAN SODIUM SUBCUTANEOUS SOLN 94.5 MG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9223</t>
+  </si>
+  <si>
+    <t>ZEPZELCA     SOL</t>
+  </si>
+  <si>
+    <t>LURBINECTEDIN FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0896</t>
+  </si>
+  <si>
+    <t>DC-0050</t>
+  </si>
+  <si>
+    <t>REBLOZYL     INJ</t>
+  </si>
+  <si>
+    <t>LUSPATERCEPT-AAMT FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J9353</t>
+  </si>
+  <si>
+    <t>MARGENZA     INJ 250/10ML</t>
+  </si>
+  <si>
+    <t>MARGETUXIMAB-CMKB IV SOLN 250 MG/10ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J7172</t>
+  </si>
+  <si>
+    <t>HYMPAVZI INJ</t>
+  </si>
+  <si>
+    <t>MARSTACIMAB-HNCQ 0.5 mg</t>
+  </si>
+  <si>
+    <t>J9248</t>
+  </si>
+  <si>
+    <t>HEPZATO/50MM INJ</t>
+  </si>
+  <si>
+    <t>MELPHALAN HCL FOR INTRA-ARTERIAL SOLN</t>
+  </si>
+  <si>
+    <t>J2182</t>
+  </si>
+  <si>
+    <t>NUCALA       INJ 100MG</t>
+  </si>
+  <si>
+    <t>MEPOLIZUMAB FOR INJ 100 MG</t>
+  </si>
+  <si>
+    <t>J2267</t>
+  </si>
+  <si>
+    <t>DC-0160</t>
+  </si>
+  <si>
+    <t>OMVOH</t>
+  </si>
+  <si>
+    <t>MIRIKIZUMAB</t>
+  </si>
+  <si>
+    <t>J9063</t>
+  </si>
+  <si>
+    <t>ELAHERE      INJ</t>
+  </si>
+  <si>
+    <t>MIRVETUXIMAB SORAVTANSINE-GYNX IV SOLN</t>
+  </si>
+  <si>
+    <t>J9204</t>
+  </si>
+  <si>
+    <t>POTELIGEO    INJ</t>
+  </si>
+  <si>
+    <t>MOGAMULIZUMAB-KPKC IV SOLN</t>
+  </si>
+  <si>
+    <t>J9350</t>
+  </si>
+  <si>
+    <t>LUNSUMIO     INJ 30MG/30</t>
+  </si>
+  <si>
+    <t>MOSUNETUZUMAB-AXGB IV SOLN 30 MG/30ML (1 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9313</t>
+  </si>
+  <si>
+    <t>LUMOXITI     SOL</t>
+  </si>
+  <si>
+    <t>MOXETUMOMAB PASUDOTOX-TDFK FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9029</t>
+  </si>
+  <si>
+    <t>ADSTILADRIN  SUS</t>
+  </si>
+  <si>
+    <t>NADOFARAGENE FIRADENOV-VNCG INTRAVES SUSP 300000000000 VP/ML</t>
+  </si>
+  <si>
+    <t>J2323</t>
+  </si>
+  <si>
+    <t>DC-0091</t>
+  </si>
+  <si>
+    <t>TYSABRI      INJ</t>
+  </si>
+  <si>
+    <t>NATALIZUMAB FOR IV INJ CONC</t>
+  </si>
+  <si>
+    <t>Q5134</t>
+  </si>
+  <si>
+    <t>TYRUKO</t>
+  </si>
+  <si>
+    <t>NATALIZUMAB-SZTN</t>
+  </si>
+  <si>
+    <t>J9348</t>
+  </si>
+  <si>
+    <t>DANYELZA     INJ</t>
+  </si>
+  <si>
+    <t>NAXITAMAB-GQGK IV SOLN</t>
+  </si>
+  <si>
+    <t>J9295</t>
+  </si>
+  <si>
+    <t>PORTRAZZA    INJ</t>
+  </si>
+  <si>
+    <t>NECITUMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>RIVFLOZA     INJ</t>
+  </si>
+  <si>
+    <t>NEDOSIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>Not Covered, Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J9256</t>
+  </si>
+  <si>
+    <t>DC-0165</t>
+  </si>
+  <si>
+    <t>IMAAVY INJ</t>
+  </si>
+  <si>
+    <t>NIPOCALIMAB-AAHU, 3 MG</t>
+  </si>
+  <si>
+    <t>J9299</t>
+  </si>
+  <si>
+    <t>OPDIVO       INJ</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J9289</t>
+  </si>
+  <si>
+    <t>OPDIVO       INJ QVANTIG</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB-HYALURONIDASE-NVHY INJ 600-10000 MG-UNIT/5ML</t>
+  </si>
+  <si>
+    <t>J9298</t>
+  </si>
+  <si>
+    <t>OPDUALAG     SOL</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB-RELATLIMAB-RMBW 240-80 MG/20ML</t>
+  </si>
+  <si>
+    <t>J9028</t>
+  </si>
+  <si>
+    <t>ANKTIVA      SOL</t>
+  </si>
+  <si>
+    <t>NOGAPENDEKIN ALFA INBAK-PMLN INTRAVESICAL SOLN</t>
+  </si>
+  <si>
+    <t>J2326</t>
+  </si>
+  <si>
+    <t>DC-0051</t>
+  </si>
+  <si>
+    <t>SPINRAZA     INJ</t>
+  </si>
+  <si>
+    <t>NUSINERSEN INTRATHECAL SOLN</t>
+  </si>
+  <si>
+    <t>J2351</t>
+  </si>
+  <si>
+    <t>DC-0096</t>
+  </si>
+  <si>
+    <t>OCREVUS ZUNOVO</t>
+  </si>
+  <si>
+    <t>OCRELIZUMAB AND HYALURONIDASE-OCSQ</t>
+  </si>
+  <si>
+    <t>J2350</t>
+  </si>
+  <si>
+    <t>OCREVUS      INJ</t>
+  </si>
+  <si>
+    <t>OCRELIZUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J0128</t>
+  </si>
+  <si>
+    <t>DC-0143</t>
+  </si>
+  <si>
+    <t>XENPOZYME    INJ</t>
+  </si>
+  <si>
+    <t>OLIPUDASE ALFA-RPCP FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J2357</t>
+  </si>
+  <si>
+    <t>DC-0052</t>
+  </si>
+  <si>
+    <t>XOLAIR       SOL</t>
+  </si>
+  <si>
+    <t>OMALIZUMAB FOR INJ</t>
+  </si>
+  <si>
+    <t>Q5154</t>
+  </si>
+  <si>
+    <t>OMLYCLO INJECTION</t>
+  </si>
+  <si>
+    <t>OMALIZUMAB-IGEC (OMLYCLO), BIOSIMILAR, 5 MG</t>
+  </si>
+  <si>
+    <t>J0585</t>
+  </si>
+  <si>
+    <t>BOTOX        INJ</t>
+  </si>
+  <si>
+    <t>ONABOTULINUMTOXINA FOR INJ</t>
+  </si>
+  <si>
+    <t>J3399</t>
+  </si>
+  <si>
+    <t>DC-0053</t>
+  </si>
+  <si>
+    <t>ZOLGENSMA    INJ</t>
+  </si>
+  <si>
+    <t>ONASEMNOGENE ABEPARVOVEC-XIOI</t>
+  </si>
+  <si>
+    <t>J2425</t>
+  </si>
+  <si>
+    <t>DC-0054</t>
+  </si>
+  <si>
+    <t>KEPIVANCE    INJ 6.25MG</t>
+  </si>
+  <si>
+    <t>PALIFERMIN FOR IV INJ 6.25 MG</t>
+  </si>
+  <si>
+    <t>90378</t>
+  </si>
+  <si>
+    <t>SYNAGIS      INJ</t>
+  </si>
+  <si>
+    <t>PALIVIZUMAB IM SOLN</t>
+  </si>
+  <si>
+    <t>J0222</t>
+  </si>
+  <si>
+    <t>DC-0089</t>
+  </si>
+  <si>
+    <t>ONPATTRO     SOL 10MG/5ML</t>
+  </si>
+  <si>
+    <t>PATISIRAN SODIUM IV SOLN 10 MG/5ML (2 MG/ML) (BASE EQUIV)</t>
+  </si>
+  <si>
+    <t>DC-0058</t>
+  </si>
+  <si>
+    <t>PALFORZIA    POW</t>
+  </si>
+  <si>
+    <t>PEANUT ALLERGEN POWDER-DNFP</t>
+  </si>
+  <si>
+    <t>J2781</t>
+  </si>
+  <si>
+    <t>DC-107</t>
+  </si>
+  <si>
+    <t>SYFOVRE      INJ</t>
+  </si>
+  <si>
+    <t>PEGCETACOPLAN INTRAVITREAL SOLN</t>
+  </si>
+  <si>
+    <t>J7799</t>
+  </si>
+  <si>
+    <t>EMPAVELI     INJ</t>
+  </si>
+  <si>
+    <t>PEGCETACOPLAN SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J2506</t>
+  </si>
+  <si>
+    <t>NEULASTA     INJ/KIT 6MG/0.6M</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM SOLN PREFILLED SYRINGE/KIT 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Not Covered  Fulphila, Udenyca, or Nyvepria biosimilars covered without PA, OnPro code 96337 requires a PA</t>
+  </si>
+  <si>
+    <t>Q5120</t>
+  </si>
+  <si>
+    <t>ZIEXTENZO    INJ 6/0.6ML</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-BMEZ SOLN PREFILLED SYRINGE 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Q5127</t>
+  </si>
+  <si>
+    <t>STIMUFEND    INJ 6/0.6ML</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-FPGK SOLN PREFILLED SYRINGE 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Q5130</t>
+  </si>
+  <si>
+    <t>FYLNETRA     INJ</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-PBBK SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered -  Fulphila, Udenyca, or Nyvepria biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>S0145</t>
+  </si>
+  <si>
+    <t>PEGASYS      INJ</t>
+  </si>
+  <si>
+    <t>PEGINTERFERON ALFA-2A INJ</t>
+  </si>
+  <si>
+    <t>J2507</t>
+  </si>
+  <si>
+    <t>DC-0061</t>
+  </si>
+  <si>
+    <t>KRYSTEXXA    INJ 8MG/ML</t>
+  </si>
+  <si>
+    <t>PEGLOTICASE INJ 8 MG/ML (FOR IV INFUSION)</t>
+  </si>
+  <si>
+    <t>J2508</t>
+  </si>
+  <si>
+    <t>DC-108</t>
+  </si>
+  <si>
+    <t>ELFABRIO     SOL</t>
+  </si>
+  <si>
+    <t>PEGUNIGALSIDASE ALFA-IWXJ IV SOLUTION</t>
+  </si>
+  <si>
+    <t>J9271</t>
+  </si>
+  <si>
+    <t>KEYTRUDA     INJ 100MG/4M</t>
+  </si>
+  <si>
+    <t>PEMBROLIZUMAB IV SOLN 100 MG/4ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>KEYTRUDA     INJ QLEX</t>
+  </si>
+  <si>
+    <t>PEMBROLIZUMAB-BERAHYALURON-PMPH INJ</t>
+  </si>
+  <si>
+    <t>J2998</t>
+  </si>
+  <si>
+    <t>DC-0144</t>
+  </si>
+  <si>
+    <t>RYPLAZIM     SOL 68.8MG</t>
+  </si>
+  <si>
+    <t>PLASMINOGEN, HUMAN-TVMH FOR IV SOLN 68.8 MG</t>
+  </si>
+  <si>
+    <t>J9309</t>
+  </si>
+  <si>
+    <t>POLIVY       INJ</t>
+  </si>
+  <si>
+    <t>POLATUZUMAB VEDOTIN-PIIQ FOR IV SOLUTION</t>
+  </si>
+  <si>
+    <t>J9376</t>
+  </si>
+  <si>
+    <t>DC-0117</t>
+  </si>
+  <si>
+    <t>VEOPOZ       INJ 400/2ML</t>
+  </si>
+  <si>
+    <t>POZELIMAB-BBFG INJ SOLN 400 MG/2ML</t>
+  </si>
+  <si>
+    <t>JEUVEAU      INJ 100UNIT</t>
+  </si>
+  <si>
+    <t>PRABOTULINUMTOXINA-XVFS (COSMETIC) FOR INJ 100 UNIT</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion, Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J3389</t>
+  </si>
+  <si>
+    <t>DC-0164</t>
+  </si>
+  <si>
+    <t>ZEVASKYN MIS</t>
+  </si>
+  <si>
+    <t>PRADEMAGENE ZAMIKERACEL SHEET</t>
+  </si>
+  <si>
+    <t>J1303</t>
+  </si>
+  <si>
+    <t>DC-0137</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS    INJ 100MG/ML</t>
+  </si>
+  <si>
+    <t>RAVULIZUMAB-CWVZ IV SOLN</t>
+  </si>
+  <si>
+    <t>J3402</t>
+  </si>
+  <si>
+    <t>RYONCIL      KIT</t>
+  </si>
+  <si>
+    <t>REMESTEMCEL-L-RKND SUSP FOR IV INFUSION KIT</t>
+  </si>
+  <si>
+    <t>J2786</t>
+  </si>
+  <si>
+    <t>DC-0103</t>
+  </si>
+  <si>
+    <t>CINQAIR      INJ</t>
+  </si>
+  <si>
+    <t>RESLIZUMAB IV INFUSION SOLN 100 MG/10ML (10 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9345</t>
+  </si>
+  <si>
+    <t>ZYNYZ        INJ 500/20ML</t>
+  </si>
+  <si>
+    <t>RETIFANLIMAB-DLWR IV SOLN 500 MG/20ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3403</t>
+  </si>
+  <si>
+    <t>DC-0167</t>
+  </si>
+  <si>
+    <t>ENCELTO</t>
+  </si>
+  <si>
+    <t>REVAKINAGENE TARORETCEL-LWEY,  PER IMPLANT</t>
+  </si>
+  <si>
+    <t>J2793</t>
+  </si>
+  <si>
+    <t>DC-0062</t>
+  </si>
+  <si>
+    <t>ARCALYST     INJ 220MG</t>
+  </si>
+  <si>
+    <t>RILONACEPT FOR INJ 220 MG</t>
+  </si>
+  <si>
+    <t>J0587</t>
+  </si>
+  <si>
+    <t>MYOBLOC      INJ</t>
+  </si>
+  <si>
+    <t>RIMABOTULINUMTOXINB IM INJ</t>
+  </si>
+  <si>
+    <t>J2327</t>
+  </si>
+  <si>
+    <t>DC-0083</t>
+  </si>
+  <si>
+    <t>SKYRIZI      SOL 60MG/ML</t>
+  </si>
+  <si>
+    <t>RISANKIZUMAB-RZAA IV SOLN 600 MG/10ML (60 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9312</t>
+  </si>
+  <si>
+    <t>RITUXAN      INJ</t>
+  </si>
+  <si>
+    <t>RITUXIMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J2802</t>
+  </si>
+  <si>
+    <t>DC-0145</t>
+  </si>
+  <si>
+    <t>NPLATE       INJ</t>
+  </si>
+  <si>
+    <t>ROMIPLOSTIM FOR INJ 500 MCG</t>
+  </si>
+  <si>
+    <t>J3111</t>
+  </si>
+  <si>
+    <t>DC-0064</t>
+  </si>
+  <si>
+    <t>EVENITY      INJ 105MG</t>
+  </si>
+  <si>
+    <t>ROMOSOZUMAB-AQQG INJ SOLN PREFILLED SYRINGE 105 MG/1.17ML</t>
+  </si>
+  <si>
+    <t>J9333</t>
+  </si>
+  <si>
+    <t>DC-0118</t>
+  </si>
+  <si>
+    <t>RYSTIGGO     INJ</t>
+  </si>
+  <si>
+    <t>ROZANOLIXIZUMAB-NOLI SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J2840</t>
+  </si>
+  <si>
+    <t>DC-0065</t>
+  </si>
+  <si>
+    <t>KANUMA       INJ 20/10ML</t>
+  </si>
+  <si>
+    <t>SEBELIPASE ALFA IV SOLN 20 MG/10ML (2 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3247</t>
+  </si>
+  <si>
+    <t>COSENTYX     INJ 125/5ML</t>
+  </si>
+  <si>
+    <t>SECUKINUMAB IV SOLN 125 MG/5ML</t>
+  </si>
+  <si>
+    <t>Not Covered - self-administered coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J7294</t>
+  </si>
+  <si>
+    <t>ANNOVERA     MIS</t>
+  </si>
+  <si>
+    <t>SEGESTERONE ACE-ETHINYL ESTRADIOL VA RING 0.15-0.013 MG/24HR</t>
+  </si>
+  <si>
+    <t>UPTRAVI      INJ 1800MCG</t>
+  </si>
+  <si>
+    <t>SELEXIPAG FOR IV SOLN 1800 MCG</t>
+  </si>
+  <si>
+    <t>J2860</t>
+  </si>
+  <si>
+    <t>SYLVANT      SOL</t>
+  </si>
+  <si>
+    <t>SILTUXIMAB FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>Q2043</t>
+  </si>
+  <si>
+    <t>PROVENGE     INJ</t>
+  </si>
+  <si>
+    <t>SIPULEUCEL-T IV SUSP 50,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>Not Covered-benefit exclusion</t>
+  </si>
+  <si>
+    <t>J9331</t>
+  </si>
+  <si>
+    <t>FYARRO       SUS 100MG</t>
+  </si>
+  <si>
+    <t>SIROLIMUS PROTEIN-BOUND PARTICLES FOR IV SUSP 100 MG</t>
+  </si>
+  <si>
+    <t>J7318</t>
+  </si>
+  <si>
+    <t>DUROLANE     INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR GEL PREF SYR</t>
+  </si>
+  <si>
+    <t>J7321</t>
+  </si>
+  <si>
+    <t>HYALGAN      INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR INJ</t>
+  </si>
+  <si>
+    <t>J7320</t>
+  </si>
+  <si>
+    <t>GENVISC 850  INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>SUPARTZ FX   INJ</t>
+  </si>
+  <si>
+    <t>J7329</t>
+  </si>
+  <si>
+    <t>TRIVISC      INJ</t>
+  </si>
+  <si>
+    <t>J7333</t>
+  </si>
+  <si>
+    <t>VISCO-3      INJ</t>
+  </si>
+  <si>
+    <t>J7328</t>
+  </si>
+  <si>
+    <t>GELSYN-3     INJ 16.8/2ML</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR 16.8 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7331</t>
+  </si>
+  <si>
+    <t>SYNOJOYNT    INJ 20MG/2ML</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR 20 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7332</t>
+  </si>
+  <si>
+    <t>TRILURON     INJ 20MG/2ML</t>
+  </si>
+  <si>
+    <t>J0208</t>
+  </si>
+  <si>
+    <t>PEDMARK      INJ 12.5GM</t>
+  </si>
+  <si>
+    <t>SODIUM THIOSULFATE IV SOLN 125 MG/ML (12.5%)</t>
+  </si>
+  <si>
+    <t>J2941</t>
+  </si>
+  <si>
+    <t>SAIZEN       INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR INJ</t>
+  </si>
+  <si>
+    <t>SEROSTIM     INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>ZORBTIVE     INJ 8.8MG</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR SUBCUTANEOUS INJ 8.8 MG</t>
+  </si>
+  <si>
+    <t>ZOMACTON     INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR INJ</t>
+  </si>
+  <si>
+    <t>HUMATROPE    INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR INJ CARTRIDGE</t>
+  </si>
+  <si>
+    <t>GENOTROPIN   INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>OMNITROPE    INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN SOLUTION CARTRIDGE</t>
+  </si>
+  <si>
+    <t>NORDITROPIN  INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN SOLUTION PEN-INJECTOR</t>
+  </si>
+  <si>
+    <t>NUTROPIN AQ  INJ</t>
+  </si>
+  <si>
+    <t>J1747</t>
+  </si>
+  <si>
+    <t>DC-009</t>
+  </si>
+  <si>
+    <t>SPEVIGO      INJ 450/7.5</t>
+  </si>
+  <si>
+    <t>SPESOLIMAB-SBZO IV SOLN 450 MG/7.5ML (60 MG/ML)</t>
+  </si>
+  <si>
+    <t>J1302</t>
+  </si>
+  <si>
+    <t>DC-0070</t>
+  </si>
+  <si>
+    <t>ENJAYMO      SOL</t>
+  </si>
+  <si>
+    <t>SUTIMLIMAB-JOME IV SOLN 1100 MG/22ML (50 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9349</t>
+  </si>
+  <si>
+    <t>MONJUVI      INJ 200MG</t>
+  </si>
+  <si>
+    <t>TAFASITAMAB-CXIX FOR IV SOLN 200 MG</t>
+  </si>
+  <si>
+    <t>J9269</t>
+  </si>
+  <si>
+    <t>ELZONRIS     SOL 1000MCG</t>
+  </si>
+  <si>
+    <t>TAGRAXOFUSP-ERZS IV SOLN 1000 MCG/ML</t>
+  </si>
+  <si>
+    <t>J3060</t>
+  </si>
+  <si>
+    <t>ELELYSO</t>
+  </si>
+  <si>
+    <t>TALIGLUCERASE ALFA</t>
+  </si>
+  <si>
+    <t>J9325</t>
+  </si>
+  <si>
+    <t>IMLYGIC      INJ</t>
+  </si>
+  <si>
+    <t>TALIMOGENE LAHERPAREPVEC INTRALESIONAL INJ</t>
+  </si>
+  <si>
+    <t>J3055</t>
+  </si>
+  <si>
+    <t>TALVEY       INJ</t>
+  </si>
+  <si>
+    <t>TALQUETAMAB-TGVS SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9026</t>
+  </si>
+  <si>
+    <t>IMDELLTRA    INJ</t>
+  </si>
+  <si>
+    <t>TARLATAMAB-DLLE FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J9274</t>
+  </si>
+  <si>
+    <t>KIMMTRAK     SOL 100MCG</t>
+  </si>
+  <si>
+    <t>TEBENTAFUSP-TEBN IV SOLN 100 MCG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9380</t>
+  </si>
+  <si>
+    <t>TECVAYLI     INJ</t>
+  </si>
+  <si>
+    <t>TECLISTAMAB-CQYV SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9326</t>
+  </si>
+  <si>
+    <t>EMRELIS</t>
+  </si>
+  <si>
+    <t>TELISOTUZUMAB VEDOTIN-TLLV</t>
+  </si>
+  <si>
+    <t>J9381</t>
+  </si>
+  <si>
+    <t>DC-0102</t>
+  </si>
+  <si>
+    <t>TZIELD       INJ 2MG/2ML</t>
+  </si>
+  <si>
+    <t>TEPLIZUMAB-MZWV IV SOLN 2 MG/2ML (1 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3241</t>
+  </si>
+  <si>
+    <t>DC-0067</t>
+  </si>
+  <si>
+    <t>TEPEZZA      INJ 500MG</t>
+  </si>
+  <si>
+    <t>TEPROTUMUMAB-TRBW FOR IV SOLN 500 MG</t>
+  </si>
+  <si>
+    <t>J1071</t>
+  </si>
+  <si>
+    <t>DC-0085</t>
+  </si>
+  <si>
+    <t>DEPO-TESTOST INJ</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE CYPIONATE IM INJ IN OIL</t>
+  </si>
+  <si>
+    <t>Covered without PA for gender identity diagnoses for IL plans</t>
+  </si>
+  <si>
+    <t>J1072</t>
+  </si>
+  <si>
+    <t>AZMIRO</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE CYPIONATE, 1 MG</t>
+  </si>
+  <si>
+    <t>J3121</t>
+  </si>
+  <si>
+    <t>DELATESTRYL    INJ</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE ENANTHATE IM INJ IN OIL 200 MG/ML</t>
+  </si>
+  <si>
+    <t>J1073</t>
+  </si>
+  <si>
+    <t>TESTOPEL</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE PELLET, IMPLANT, 75 MG</t>
+  </si>
+  <si>
+    <t>J3145</t>
+  </si>
+  <si>
+    <t>AVEED        INJ 750/3ML</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE UNDECANOATE IM INJ IN OIL 750 MG/3ML (250MG/ML)</t>
+  </si>
+  <si>
+    <t>J2356</t>
+  </si>
+  <si>
+    <t>DC-0098</t>
+  </si>
+  <si>
+    <t>TEZSPIRE     INJ</t>
+  </si>
+  <si>
+    <t>TEZEPELUMAB-EKKO SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J3245</t>
+  </si>
+  <si>
+    <t>DC-0094</t>
+  </si>
+  <si>
+    <t>ILUMYA       INJ 100MG/ML</t>
+  </si>
+  <si>
+    <t>TILDRAKIZUMAB-ASMN SUBCUTANEOUS SOLN PREF SYRINGE 100 MG/ML</t>
+  </si>
+  <si>
+    <t>J9329</t>
+  </si>
+  <si>
+    <t>TEVIMBRA     INJ 100/10ML</t>
+  </si>
+  <si>
+    <t>TISLELIZUMAB-JSGR IV SOLN 100 MG/10ML</t>
+  </si>
+  <si>
+    <t>J9273</t>
+  </si>
+  <si>
+    <t>TIVDAK       INJ 40MG</t>
+  </si>
+  <si>
+    <t>TISOTUMAB VEDOTIN-TFTV FOR IV SOLUTION 40 MG</t>
+  </si>
+  <si>
+    <t>J3262</t>
+  </si>
+  <si>
+    <t>DC-0082</t>
+  </si>
+  <si>
+    <t>ACTEMRA      INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB IV INJ</t>
+  </si>
+  <si>
+    <t>Q5135</t>
+  </si>
+  <si>
+    <t>TYENNE       INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-AAZG IV INJ</t>
+  </si>
+  <si>
+    <t>Q5156</t>
+  </si>
+  <si>
+    <t>AVTOZMA INJECTION</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-ANOH, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5133</t>
+  </si>
+  <si>
+    <t>TOFIDENCE    INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-BAVI IV INJ</t>
+  </si>
+  <si>
+    <t>J1304</t>
+  </si>
+  <si>
+    <t>DC-109</t>
+  </si>
+  <si>
+    <t>QALSODY      SOL 100/15ML</t>
+  </si>
+  <si>
+    <t>TOFERSEN INTRATHECAL SOLN 100 MG/15ML (6.7 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3263</t>
+  </si>
+  <si>
+    <t>LOQTORZI     INJ 240/6ML</t>
+  </si>
+  <si>
+    <t>TORIPALIMAB-TPZI IV SOLN 240 MG/6ML (40 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9352</t>
+  </si>
+  <si>
+    <t>YONDELIS     INJ 1MG</t>
+  </si>
+  <si>
+    <t>TRABECTEDIN FOR INJ 1 MG</t>
+  </si>
+  <si>
+    <t>J9355</t>
+  </si>
+  <si>
+    <t>HERCEPTIN    INJ 150MG</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB FOR IV SOLN 150 MG</t>
+  </si>
+  <si>
+    <t>Not Covered - Kanjiniti and Trazimera biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>Q5114</t>
+  </si>
+  <si>
+    <t>OGIVRI       INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-DKST FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5112</t>
+  </si>
+  <si>
+    <t>ONTRUZANT    INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-DTTB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5113</t>
+  </si>
+  <si>
+    <t>HERZUMA      INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-PKRB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5146</t>
+  </si>
+  <si>
+    <t>HERCESSI     INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-STRF FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9347</t>
+  </si>
+  <si>
+    <t>IMJUDO       INJ</t>
+  </si>
+  <si>
+    <t>TREMELIMUMAB-ACTL SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J3285</t>
+  </si>
+  <si>
+    <t>REMODULIN    INJ</t>
+  </si>
+  <si>
+    <t>TREPROSTINIL INJ SOLN</t>
+  </si>
+  <si>
+    <t>J1448</t>
+  </si>
+  <si>
+    <t>DC-0146</t>
+  </si>
+  <si>
+    <t>COSELA       INJ 300MG</t>
+  </si>
+  <si>
+    <t>TRILACICLIB DIHYDROCHLORIDE FOR IV SOLN 300 MG</t>
+  </si>
+  <si>
+    <t>J2329</t>
+  </si>
+  <si>
+    <t>DC-0097</t>
+  </si>
+  <si>
+    <t>BRIUMVI      INJ 150/6ML</t>
+  </si>
+  <si>
+    <t>UBLITUXIMAB-XIIY SOLN FOR IV INFUSION 150 MG/6ML</t>
+  </si>
+  <si>
+    <t>J3358</t>
+  </si>
+  <si>
+    <t>STELARA      INJ 5MG/ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INFUSION)</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilars covered with PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J3357</t>
+  </si>
+  <si>
+    <t>STELARA      INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilar coverage may be available on the prescription drug benefit, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>Q9999</t>
+  </si>
+  <si>
+    <t>DC-0081</t>
+  </si>
+  <si>
+    <t>OTULFI       INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AAUZ IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q9998</t>
+  </si>
+  <si>
+    <t>SELARSDI     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AEKN IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5138</t>
+  </si>
+  <si>
+    <t>WEZLANA      INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AUUB IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5137</t>
+  </si>
+  <si>
+    <t>WEZLANA      INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AUUB SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Q5100</t>
+  </si>
+  <si>
+    <t>YESINTEK INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-KFCE INJ</t>
+  </si>
+  <si>
+    <t>Q5098</t>
+  </si>
+  <si>
+    <t>IMULDOSA INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-SRLF INJ</t>
+  </si>
+  <si>
+    <t>IMULDOSA     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-SRLF IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5099</t>
+  </si>
+  <si>
+    <t>STEQEYMA INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-STBA, 1 MG</t>
+  </si>
+  <si>
+    <t>Q9997</t>
+  </si>
+  <si>
+    <t>PYZCHIVA     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-TTWE IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q9996</t>
+  </si>
+  <si>
+    <t>PYZCHIVA     INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-TTWE SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>J0901</t>
+  </si>
+  <si>
+    <t>DC-0151</t>
+  </si>
+  <si>
+    <t>VAFSEO</t>
+  </si>
+  <si>
+    <t>VADADUSTAT</t>
+  </si>
+  <si>
+    <t>J1412</t>
+  </si>
+  <si>
+    <t>ROCTAVIAN    INJ</t>
+  </si>
+  <si>
+    <t>VALOCTOCOGENE ROXAPARVOVEC-RVOX IV SUSP 20000000000000 VG/ML</t>
+  </si>
+  <si>
+    <t>J3380</t>
+  </si>
+  <si>
+    <t>DC-0093</t>
+  </si>
+  <si>
+    <t>ENTYVIO      INJ 300MG</t>
+  </si>
+  <si>
+    <t>VEDOLIZUMAB FOR IV SOLUTION 300 MG</t>
+  </si>
+  <si>
+    <t>J3385</t>
+  </si>
+  <si>
+    <t>VPRIV</t>
+  </si>
+  <si>
+    <t>VELAGLUCERASE ALFA</t>
+  </si>
+  <si>
+    <t>BadgerCare Coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0217</t>
+  </si>
+  <si>
+    <t>DC-0123</t>
+  </si>
+  <si>
+    <t>LAMZEDE      INJ 10MG</t>
+  </si>
+  <si>
+    <t>VELMANASE ALFA-TYCV FOR IV SOLN 10 MG</t>
+  </si>
+  <si>
+    <t>J1427</t>
+  </si>
+  <si>
+    <t>VILTEPSO     SOL</t>
+  </si>
+  <si>
+    <t>VILTOLARSEN IV SOLN 250 MG/5ML (50 MG/ML)</t>
+  </si>
+  <si>
+    <t>J7179</t>
+  </si>
+  <si>
+    <t>VONVENDI     INJ</t>
+  </si>
+  <si>
+    <t>VON WILLEBRAND FACTOR (RECOMBINANT) FOR INJ</t>
+  </si>
+  <si>
+    <t>J3398</t>
+  </si>
+  <si>
+    <t>DC-0148</t>
+  </si>
+  <si>
+    <t>LUXTURNA     SUS</t>
+  </si>
+  <si>
+    <t>VORETIGENE NEPARVOVEC-RZYL 5000000000000 VG/ML INTRAOC SUSP</t>
+  </si>
+  <si>
+    <t>J0225</t>
+  </si>
+  <si>
+    <t>AMVUTTRA     SOL 25/0.5ML</t>
+  </si>
+  <si>
+    <t>VUTRISIRAN SODIUM SOLN PREFILLED SYRINGE 25 MG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9276</t>
+  </si>
+  <si>
+    <t>ZIIHERA INJ</t>
+  </si>
+  <si>
+    <t>ZANIDATAMAB-HRII, 2 mg</t>
+  </si>
+  <si>
+    <t>J9382</t>
+  </si>
+  <si>
+    <t>BIZENGRI     INJ 750 DOSE</t>
+  </si>
+  <si>
+    <t>ZENOCUTUZUMAB-ZBCO IV SOLN PACK 375 MG/18.75ML (750 MG DOSE)</t>
+  </si>
+  <si>
+    <t>J1326</t>
+  </si>
+  <si>
+    <t>VYLOY</t>
+  </si>
+  <si>
+    <t>ZOLBETUXIMAB-CLZB, 2 mg</t>
+  </si>
+  <si>
+    <t>90750</t>
+  </si>
+  <si>
+    <t>SHINGRIX     INJ 50/0.5ML</t>
+  </si>
+  <si>
+    <t>ZOSTER VAC RECOMBINANT ADJUVANTED FOR IM INJ 50 MCG/0.5ML</t>
+  </si>
+  <si>
+    <t>Covered for age 19 years and up without PA</t>
+  </si>
+  <si>
     <t>J0172</t>
   </si>
   <si>
+    <t>Covered for BadgerCare Only</t>
+  </si>
+  <si>
     <t>ADUHELM</t>
   </si>
   <si>
     <t>ADUCANUMAB-AVWA</t>
   </si>
   <si>
-    <t>Covered for BadgerCare Only</t>
-[...1181 lines deleted...]
-    <t>FECAL MICROBIOTA, LIVE-JSLM RECTAL SUSP</t>
+    <t>Administration codes G2082, G2083 require PA</t>
+  </si>
+  <si>
+    <t>Q5109</t>
   </si>
   <si>
     <t>J1414</t>
   </si>
   <si>
+    <t>J1572</t>
+  </si>
+  <si>
     <t>DC-0138</t>
   </si>
   <si>
     <t>BEQVEZ       INJ</t>
   </si>
   <si>
     <t>FIDANACOGENE ELAPARVOVEC-DZKT IV SUSP</t>
   </si>
   <si>
-    <t>J1442</t>
-[...452 lines deleted...]
-    <t>DC-0008</t>
+    <t>FLEBOGAMMA INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN INTRAVENOUS (HUMAN)</t>
   </si>
   <si>
     <t>IXIFI   INJ 100MG</t>
   </si>
   <si>
     <t>INFLIXIMAB-QBTX FOR IV INJ 100 MG</t>
-  </si>
-[...1573 lines deleted...]
-    <t>Covered for age 50 years and up without PA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <numFmts count="1">
-[...1 lines deleted...]
-  </numFmts>
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
@@ -4082,232 +4154,229 @@
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="9">
+  <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="33" borderId="11" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="33" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF45BFB0"/>
       <color rgb="FF9ADCD2"/>
-      <color rgb="FF45BFB0"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>9525</xdr:colOff>
+      <xdr:colOff>133350</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>200025</xdr:colOff>
+      <xdr:colOff>323850</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>71770</xdr:rowOff>
+      <xdr:rowOff>65420</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Quartz Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{210B9E95-B4F3-4B48-9C87-517428521EDD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="9525" y="0"/>
+          <a:off x="133350" y="0"/>
           <a:ext cx="1666875" cy="852820"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257176</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1638300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>752475</xdr:rowOff>
+      <xdr:rowOff>749300</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Quartz Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273C0106-89C2-40FC-9B8A-D486CE57B4C7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -4641,7210 +4710,7399 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F358"/>
+  <dimension ref="A1:F362"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C3" sqref="C1:C1048576"/>
+      <pane ySplit="3" topLeftCell="A347" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="C1" sqref="C1:F1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="22.140625" style="1" customWidth="1"/>
-    <col min="2" max="2" width="18.42578125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="22.1796875" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.453125" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="42" style="1" customWidth="1"/>
-    <col min="5" max="5" width="65.85546875" style="1" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="16384" width="9.140625" style="1"/>
+    <col min="5" max="5" width="65.81640625" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="81.1796875" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.1796875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1">
-[...10 lines deleted...]
-      <c r="A2" s="3" t="s">
+    <row r="1" spans="1:6" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1.5">
+      <c r="A1" s="3"/>
+      <c r="B1" s="3"/>
+      <c r="C1" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="D1" s="4"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+    </row>
+    <row r="2" spans="1:6" ht="232.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A2" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="6"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="7"/>
+    </row>
+    <row r="3" spans="1:6" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A3" s="2" t="s">
         <v>5</v>
-      </c>
-[...8 lines deleted...]
-        <v>6</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="8" t="s">
+    <row r="4" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
       <c r="E4" t="s">
         <v>15</v>
       </c>
       <c r="F4" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A5" s="8" t="s">
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
         <v>17</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>19</v>
       </c>
       <c r="E5" t="s">
         <v>20</v>
       </c>
       <c r="F5" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A6" s="8" t="s">
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>19</v>
       </c>
       <c r="E6" t="s">
         <v>20</v>
       </c>
       <c r="F6" t="s">
         <v>23</v>
       </c>
     </row>
-    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A7" s="8" t="s">
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>26</v>
       </c>
       <c r="F7" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A8" s="8" t="s">
+    <row r="8" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>28</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>29</v>
       </c>
       <c r="E8" t="s">
         <v>30</v>
       </c>
       <c r="F8" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A9" s="8" t="s">
+    <row r="9" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>31</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9" t="s">
         <v>33</v>
       </c>
       <c r="F9" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A10" s="8" t="s">
+    <row r="10" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
         <v>34</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>35</v>
       </c>
       <c r="E10" t="s">
         <v>36</v>
       </c>
       <c r="F10" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A11" s="8" t="s">
+    <row r="11" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
         <v>37</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>38</v>
       </c>
       <c r="E11" t="s">
         <v>39</v>
       </c>
       <c r="F11" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A12" s="8" t="s">
+    <row r="12" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>40</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>41</v>
       </c>
       <c r="E12" t="s">
         <v>42</v>
       </c>
       <c r="F12" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A13" s="8" t="s">
+    <row r="13" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
         <v>43</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>44</v>
       </c>
       <c r="E13" t="s">
         <v>45</v>
       </c>
       <c r="F13" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A14" s="8" t="s">
+    <row r="14" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>46</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>47</v>
       </c>
       <c r="E14" t="s">
         <v>48</v>
       </c>
       <c r="F14" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A15" s="8" t="s">
+    <row r="15" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
         <v>49</v>
       </c>
       <c r="C15" t="s">
         <v>50</v>
       </c>
       <c r="D15" t="s">
         <v>51</v>
       </c>
       <c r="E15" t="s">
         <v>52</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A16" s="8" t="s">
+    <row r="16" spans="1:6" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
         <v>53</v>
       </c>
-      <c r="C16"/>
+      <c r="C16" t="s">
+        <v>54</v>
+      </c>
       <c r="D16" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E16" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F16" t="s">
-        <v>56</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A17" t="s">
+        <v>57</v>
       </c>
       <c r="B17" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C17" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" t="s">
         <v>60</v>
       </c>
       <c r="F17" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A18" s="8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A18" t="s">
         <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C18" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D18" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="E18" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F18" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A19" s="8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A19" t="s">
         <v>11</v>
       </c>
       <c r="B19" t="s">
         <v>66</v>
       </c>
       <c r="C19" t="s">
         <v>67</v>
       </c>
       <c r="D19" t="s">
         <v>68</v>
       </c>
       <c r="E19" t="s">
         <v>69</v>
       </c>
       <c r="F19" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      <c r="A20" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A20" t="s">
         <v>11</v>
       </c>
       <c r="B20" t="s">
         <v>70</v>
       </c>
       <c r="C20" t="s">
         <v>71</v>
       </c>
       <c r="D20" t="s">
         <v>72</v>
       </c>
       <c r="E20" t="s">
         <v>73</v>
       </c>
       <c r="F20" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A21" t="s">
+        <v>74</v>
       </c>
       <c r="B21" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C21" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D21" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E21" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F21" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A22" t="s">
+        <v>11</v>
+      </c>
+      <c r="B22" t="s">
+        <v>80</v>
+      </c>
+      <c r="C22" t="s">
+        <v>81</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" t="s">
+        <v>83</v>
+      </c>
+      <c r="F22" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C22" t="s">
+    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" t="s">
         <v>80</v>
       </c>
-      <c r="D22" t="s">
+      <c r="C23" t="s">
         <v>81</v>
       </c>
-      <c r="E22" t="s">
-[...2 lines deleted...]
-      <c r="F22" t="s">
+      <c r="D23" t="s">
+        <v>84</v>
+      </c>
+      <c r="E23" t="s">
         <v>83</v>
-      </c>
-[...15 lines deleted...]
-        <v>87</v>
       </c>
       <c r="F23" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A24" s="8" t="s">
+    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A24" t="s">
         <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="C24" t="s">
+        <v>81</v>
+      </c>
+      <c r="D24" t="s">
         <v>85</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F24" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A25" s="8" t="s">
+    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C25" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D25" t="s">
+        <v>88</v>
+      </c>
+      <c r="E25" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F25" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A26" s="8" t="s">
+    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A26" t="s">
         <v>11</v>
       </c>
       <c r="B26" t="s">
+        <v>90</v>
+      </c>
+      <c r="C26" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="D26" t="s">
         <v>92</v>
       </c>
       <c r="E26" t="s">
         <v>93</v>
       </c>
       <c r="F26" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      <c r="A27" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A27" t="s">
         <v>11</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="s">
         <v>95</v>
       </c>
       <c r="D27" t="s">
         <v>96</v>
       </c>
       <c r="E27" t="s">
         <v>97</v>
       </c>
       <c r="F27" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A28" s="8" t="s">
+    <row r="28" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A28" t="s">
         <v>11</v>
       </c>
       <c r="B28" t="s">
         <v>98</v>
       </c>
       <c r="C28" t="s">
         <v>99</v>
       </c>
       <c r="D28" t="s">
         <v>100</v>
       </c>
       <c r="E28" t="s">
         <v>101</v>
       </c>
       <c r="F28" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A29" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A29" t="s">
         <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C29" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D29" t="s">
         <v>104</v>
       </c>
       <c r="E29" t="s">
         <v>105</v>
       </c>
       <c r="F29" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A30" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A30" t="s">
         <v>11</v>
       </c>
       <c r="B30" t="s">
         <v>106</v>
       </c>
       <c r="C30" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
       <c r="E30" t="s">
         <v>108</v>
       </c>
       <c r="F30" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A31" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A31" t="s">
         <v>11</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
       <c r="C31" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D31" t="s">
         <v>110</v>
       </c>
       <c r="E31" t="s">
         <v>111</v>
       </c>
       <c r="F31" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A32" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
       <c r="C32" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D32" t="s">
         <v>113</v>
       </c>
       <c r="E32" t="s">
         <v>114</v>
       </c>
       <c r="F32" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A33" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A33" t="s">
         <v>11</v>
       </c>
       <c r="B33" t="s">
         <v>115</v>
       </c>
       <c r="C33" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D33" t="s">
         <v>116</v>
       </c>
       <c r="E33" t="s">
         <v>117</v>
       </c>
       <c r="F33" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A34" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A34" t="s">
         <v>11</v>
       </c>
       <c r="B34" t="s">
         <v>118</v>
       </c>
       <c r="C34" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
         <v>119</v>
       </c>
       <c r="E34" t="s">
         <v>120</v>
       </c>
       <c r="F34" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A35" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A35" t="s">
         <v>11</v>
       </c>
       <c r="B35" t="s">
+        <v>118</v>
+      </c>
+      <c r="C35" t="s">
+        <v>99</v>
+      </c>
+      <c r="D35" t="s">
         <v>121</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35" t="s">
+        <v>120</v>
+      </c>
+      <c r="F35" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A36" t="s">
+        <v>11</v>
+      </c>
+      <c r="B36" t="s">
         <v>122</v>
       </c>
-      <c r="E35" t="s">
+      <c r="C36" t="s">
+        <v>99</v>
+      </c>
+      <c r="D36" t="s">
         <v>123</v>
       </c>
-      <c r="F35" t="s">
-[...13 lines deleted...]
-      <c r="D36" t="s">
+      <c r="E36" t="s">
         <v>124</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A37" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A37" t="s">
         <v>11</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D37" t="s">
         <v>126</v>
       </c>
       <c r="E37" t="s">
         <v>127</v>
       </c>
       <c r="F37" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A38" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A38" t="s">
         <v>11</v>
       </c>
       <c r="B38" t="s">
         <v>128</v>
       </c>
       <c r="C38" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D38" t="s">
         <v>129</v>
       </c>
       <c r="E38" t="s">
         <v>130</v>
       </c>
       <c r="F38" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A39" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A39" t="s">
         <v>11</v>
       </c>
       <c r="B39" t="s">
         <v>131</v>
       </c>
       <c r="C39" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D39" t="s">
         <v>132</v>
       </c>
       <c r="E39" t="s">
+        <v>130</v>
+      </c>
+      <c r="F39" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A40" t="s">
+        <v>11</v>
+      </c>
+      <c r="B40" t="s">
+        <v>128</v>
+      </c>
+      <c r="C40" t="s">
+        <v>99</v>
+      </c>
+      <c r="D40" t="s">
         <v>133</v>
       </c>
-      <c r="F39" t="s">
-[...7 lines deleted...]
-      <c r="B40" t="s">
+      <c r="E40" t="s">
         <v>134</v>
       </c>
-      <c r="C40" t="s">
-[...2 lines deleted...]
-      <c r="D40" t="s">
+      <c r="F40" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A41" t="s">
+        <v>11</v>
+      </c>
+      <c r="B41" t="s">
+        <v>128</v>
+      </c>
+      <c r="C41" t="s">
+        <v>99</v>
+      </c>
+      <c r="D41" t="s">
         <v>135</v>
       </c>
-      <c r="E40" t="s">
-[...16 lines deleted...]
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>136</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A42" t="s">
+        <v>11</v>
+      </c>
+      <c r="B42" t="s">
         <v>137</v>
       </c>
-      <c r="F41" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C42" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D42" t="s">
         <v>138</v>
       </c>
       <c r="E42" t="s">
         <v>139</v>
       </c>
       <c r="F42" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A43" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A43" t="s">
         <v>11</v>
       </c>
       <c r="B43" t="s">
         <v>140</v>
       </c>
       <c r="C43" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D43" t="s">
         <v>141</v>
       </c>
       <c r="E43" t="s">
         <v>142</v>
       </c>
       <c r="F43" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A44" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A44" t="s">
         <v>11</v>
       </c>
       <c r="B44" t="s">
         <v>143</v>
       </c>
       <c r="C44" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="D44" t="s">
         <v>144</v>
       </c>
       <c r="E44" t="s">
+        <v>142</v>
+      </c>
+      <c r="F44" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A45" t="s">
+        <v>11</v>
+      </c>
+      <c r="B45" t="s">
         <v>145</v>
       </c>
-      <c r="F44" t="s">
-[...7 lines deleted...]
-      <c r="B45" t="s">
+      <c r="C45" t="s">
+        <v>99</v>
+      </c>
+      <c r="D45" t="s">
         <v>146</v>
       </c>
-      <c r="C45" t="s">
-[...2 lines deleted...]
-      <c r="D45" t="s">
+      <c r="E45" t="s">
+        <v>142</v>
+      </c>
+      <c r="F45" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A46" t="s">
+        <v>11</v>
+      </c>
+      <c r="B46" t="s">
         <v>147</v>
       </c>
-      <c r="E45" t="s">
-[...10 lines deleted...]
-      <c r="B46" t="s">
+      <c r="C46" t="s">
+        <v>99</v>
+      </c>
+      <c r="D46" t="s">
         <v>148</v>
       </c>
-      <c r="C46" t="s">
-[...2 lines deleted...]
-      <c r="D46" t="s">
+      <c r="E46" t="s">
         <v>149</v>
       </c>
-      <c r="E46" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F46" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A47" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A47" t="s">
         <v>11</v>
       </c>
       <c r="B47" t="s">
         <v>150</v>
       </c>
       <c r="C47" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="D47" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E47" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="F47" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A48" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A48" t="s">
         <v>11</v>
       </c>
       <c r="B48" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C48" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D48" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E48" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F48" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A49" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A49" t="s">
         <v>11</v>
       </c>
       <c r="B49" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="C49" t="s">
-        <v>158</v>
+        <v>71</v>
       </c>
       <c r="D49" t="s">
         <v>159</v>
       </c>
       <c r="E49" t="s">
         <v>160</v>
       </c>
       <c r="F49" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>11</v>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A50" t="s">
+        <v>74</v>
       </c>
       <c r="B50" t="s">
         <v>161</v>
       </c>
       <c r="C50" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="D50" t="s">
         <v>162</v>
       </c>
       <c r="E50" t="s">
         <v>163</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>78</v>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A51" t="s">
+        <v>11</v>
       </c>
       <c r="B51" t="s">
         <v>164</v>
       </c>
       <c r="C51" t="s">
         <v>95</v>
       </c>
       <c r="D51" t="s">
         <v>165</v>
       </c>
       <c r="E51" t="s">
         <v>166</v>
       </c>
       <c r="F51" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A52" s="8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
         <v>167</v>
       </c>
       <c r="C52" t="s">
-        <v>99</v>
+        <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>168</v>
       </c>
       <c r="E52" t="s">
         <v>169</v>
       </c>
       <c r="F52" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      <c r="A53" s="8" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C53" t="s">
-        <v>25</v>
+        <v>172</v>
       </c>
       <c r="D53" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="E53" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="F53" t="s">
-        <v>173</v>
-[...3 lines deleted...]
-      <c r="A54" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>79</v>
+        <v>175</v>
       </c>
       <c r="C54" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="D54" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="E54" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="F54" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A55" s="8" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C55" t="s">
-        <v>178</v>
+        <v>25</v>
       </c>
       <c r="D55" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E55" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="F55" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      <c r="A56" s="8" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="C56" t="s">
-        <v>25</v>
+        <v>184</v>
       </c>
       <c r="D56" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="E56" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="F56" t="s">
-        <v>184</v>
-[...3 lines deleted...]
-      <c r="A57" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C57" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D57" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="E57" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A58" s="8" t="s">
+    <row r="58" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="C58" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="D58" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="E58" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="F58" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A59" s="8" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C59" t="s">
-        <v>194</v>
+        <v>197</v>
       </c>
       <c r="D59" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="E59" t="s">
-        <v>196</v>
+        <v>199</v>
       </c>
       <c r="F59" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A60" t="s">
+        <v>11</v>
+      </c>
+      <c r="B60" t="s">
+        <v>200</v>
+      </c>
+      <c r="C60" t="s">
         <v>197</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C60" t="s">
+      <c r="D60" t="s">
+        <v>201</v>
+      </c>
+      <c r="E60" t="s">
         <v>199</v>
       </c>
-      <c r="D60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F60" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A61" s="8" t="s">
+    <row r="61" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A61" t="s">
         <v>11</v>
       </c>
       <c r="B61" t="s">
         <v>202</v>
       </c>
       <c r="C61" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D61" t="s">
         <v>203</v>
       </c>
       <c r="E61" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="F61" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A62" s="8" t="s">
+    <row r="62" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A62" t="s">
         <v>11</v>
       </c>
       <c r="B62" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C62" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="D62" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="E62" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F62" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A63" s="8" t="s">
+    <row r="63" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A63" t="s">
         <v>11</v>
       </c>
       <c r="B63" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C63" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="D63" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="E63" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="F63" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A64" s="8" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A64" t="s">
         <v>11</v>
       </c>
       <c r="B64" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="C64" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="D64" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="E64" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="F64" t="s">
-        <v>214</v>
-[...3 lines deleted...]
-      <c r="A65" s="8" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A65" t="s">
         <v>11</v>
       </c>
       <c r="B65" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="C65" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="D65" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="E65" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F65" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A66" t="s">
+        <v>11</v>
+      </c>
+      <c r="B66" t="s">
+        <v>221</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>222</v>
+      </c>
+      <c r="E66" t="s">
+        <v>223</v>
+      </c>
+      <c r="F66" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A67" t="s">
+        <v>11</v>
+      </c>
+      <c r="B67" t="s">
+        <v>225</v>
+      </c>
+      <c r="C67" t="s">
+        <v>91</v>
+      </c>
+      <c r="D67" t="s">
+        <v>226</v>
+      </c>
+      <c r="E67" t="s">
+        <v>227</v>
+      </c>
+      <c r="F67" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A68" t="s">
+        <v>11</v>
+      </c>
+      <c r="B68" t="s">
+        <v>228</v>
+      </c>
+      <c r="C68" t="s">
+        <v>229</v>
+      </c>
+      <c r="D68" t="s">
+        <v>230</v>
+      </c>
+      <c r="E68" t="s">
+        <v>231</v>
+      </c>
+      <c r="F68" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A69" t="s">
+        <v>11</v>
+      </c>
+      <c r="B69" t="s">
+        <v>232</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>233</v>
+      </c>
+      <c r="E69" t="s">
+        <v>234</v>
+      </c>
+      <c r="F69" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A70" t="s">
+        <v>11</v>
+      </c>
+      <c r="B70" t="s">
+        <v>235</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>236</v>
+      </c>
+      <c r="E70" t="s">
+        <v>237</v>
+      </c>
+      <c r="F70" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A71" t="s">
+        <v>11</v>
+      </c>
+      <c r="B71" t="s">
+        <v>239</v>
+      </c>
+      <c r="C71" t="s">
+        <v>99</v>
+      </c>
+      <c r="D71" t="s">
+        <v>240</v>
+      </c>
+      <c r="E71" t="s">
+        <v>241</v>
+      </c>
+      <c r="F71" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A72" t="s">
+        <v>11</v>
+      </c>
+      <c r="B72" t="s">
+        <v>242</v>
+      </c>
+      <c r="C72" t="s">
+        <v>99</v>
+      </c>
+      <c r="D72" t="s">
+        <v>243</v>
+      </c>
+      <c r="E72" t="s">
+        <v>244</v>
+      </c>
+      <c r="F72" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A73" t="s">
+        <v>11</v>
+      </c>
+      <c r="B73" t="s">
+        <v>245</v>
+      </c>
+      <c r="C73" t="s">
+        <v>99</v>
+      </c>
+      <c r="D73" t="s">
+        <v>246</v>
+      </c>
+      <c r="E73" t="s">
+        <v>247</v>
+      </c>
+      <c r="F73" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A74" t="s">
+        <v>11</v>
+      </c>
+      <c r="B74" t="s">
+        <v>248</v>
+      </c>
+      <c r="C74" t="s">
+        <v>99</v>
+      </c>
+      <c r="D74" t="s">
+        <v>249</v>
+      </c>
+      <c r="E74" t="s">
+        <v>247</v>
+      </c>
+      <c r="F74" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A75" t="s">
+        <v>11</v>
+      </c>
+      <c r="B75" t="s">
+        <v>250</v>
+      </c>
+      <c r="C75" t="s">
+        <v>99</v>
+      </c>
+      <c r="D75" t="s">
+        <v>251</v>
+      </c>
+      <c r="E75" t="s">
+        <v>247</v>
+      </c>
+      <c r="F75" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A76" t="s">
+        <v>11</v>
+      </c>
+      <c r="B76" t="s">
+        <v>252</v>
+      </c>
+      <c r="C76" t="s">
+        <v>99</v>
+      </c>
+      <c r="D76" t="s">
+        <v>253</v>
+      </c>
+      <c r="E76" t="s">
+        <v>254</v>
+      </c>
+      <c r="F76" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A77" t="s">
+        <v>11</v>
+      </c>
+      <c r="B77" t="s">
+        <v>255</v>
+      </c>
+      <c r="C77" t="s">
+        <v>99</v>
+      </c>
+      <c r="D77" t="s">
+        <v>256</v>
+      </c>
+      <c r="E77" t="s">
+        <v>257</v>
+      </c>
+      <c r="F77" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A78" t="s">
+        <v>11</v>
+      </c>
+      <c r="B78" t="s">
+        <v>258</v>
+      </c>
+      <c r="C78" t="s">
+        <v>99</v>
+      </c>
+      <c r="D78" t="s">
+        <v>259</v>
+      </c>
+      <c r="E78" t="s">
+        <v>260</v>
+      </c>
+      <c r="F78" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A79" t="s">
+        <v>11</v>
+      </c>
+      <c r="B79" t="s">
+        <v>261</v>
+      </c>
+      <c r="C79" t="s">
+        <v>99</v>
+      </c>
+      <c r="D79" t="s">
+        <v>262</v>
+      </c>
+      <c r="E79" t="s">
+        <v>263</v>
+      </c>
+      <c r="F79" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A80" t="s">
+        <v>11</v>
+      </c>
+      <c r="B80" t="s">
+        <v>264</v>
+      </c>
+      <c r="C80" t="s">
+        <v>99</v>
+      </c>
+      <c r="D80" t="s">
+        <v>265</v>
+      </c>
+      <c r="E80" t="s">
+        <v>266</v>
+      </c>
+      <c r="F80" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A81" t="s">
+        <v>11</v>
+      </c>
+      <c r="B81" t="s">
+        <v>267</v>
+      </c>
+      <c r="C81" t="s">
+        <v>99</v>
+      </c>
+      <c r="D81" t="s">
+        <v>268</v>
+      </c>
+      <c r="E81" t="s">
+        <v>269</v>
+      </c>
+      <c r="F81" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A82" t="s">
+        <v>270</v>
+      </c>
+      <c r="B82" t="s">
+        <v>271</v>
+      </c>
+      <c r="C82" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" t="s">
+        <v>272</v>
+      </c>
+      <c r="E82" t="s">
+        <v>273</v>
+      </c>
+      <c r="F82" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A83" t="s">
+        <v>11</v>
+      </c>
+      <c r="B83" t="s">
+        <v>275</v>
+      </c>
+      <c r="C83" t="s">
+        <v>276</v>
+      </c>
+      <c r="D83" t="s">
+        <v>277</v>
+      </c>
+      <c r="E83" t="s">
+        <v>278</v>
+      </c>
+      <c r="F83" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A84" t="s">
+        <v>270</v>
+      </c>
+      <c r="B84" t="s">
+        <v>279</v>
+      </c>
+      <c r="C84" t="s">
+        <v>91</v>
+      </c>
+      <c r="D84" t="s">
+        <v>280</v>
+      </c>
+      <c r="E84" t="s">
+        <v>281</v>
+      </c>
+      <c r="F84" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A85" t="s">
+        <v>11</v>
+      </c>
+      <c r="B85" t="s">
+        <v>279</v>
+      </c>
+      <c r="C85" t="s">
+        <v>91</v>
+      </c>
+      <c r="D85" t="s">
+        <v>282</v>
+      </c>
+      <c r="E85" t="s">
+        <v>283</v>
+      </c>
+      <c r="F85" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A86" t="s">
+        <v>11</v>
+      </c>
+      <c r="B86" t="s">
+        <v>284</v>
+      </c>
+      <c r="C86" t="s">
+        <v>285</v>
+      </c>
+      <c r="D86" t="s">
+        <v>286</v>
+      </c>
+      <c r="E86" t="s">
+        <v>287</v>
+      </c>
+      <c r="F86" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A87" t="s">
+        <v>11</v>
+      </c>
+      <c r="B87" t="s">
+        <v>288</v>
+      </c>
+      <c r="C87" t="s">
+        <v>25</v>
+      </c>
+      <c r="D87" t="s">
+        <v>289</v>
+      </c>
+      <c r="E87" t="s">
+        <v>290</v>
+      </c>
+      <c r="F87" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A88" t="s">
+        <v>74</v>
+      </c>
+      <c r="B88" t="s">
+        <v>292</v>
+      </c>
+      <c r="C88" t="s">
+        <v>293</v>
+      </c>
+      <c r="D88" t="s">
+        <v>294</v>
+      </c>
+      <c r="E88" t="s">
+        <v>295</v>
+      </c>
+      <c r="F88" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A89" t="s">
+        <v>11</v>
+      </c>
+      <c r="B89" t="s">
+        <v>296</v>
+      </c>
+      <c r="C89" t="s">
+        <v>297</v>
+      </c>
+      <c r="D89" t="s">
+        <v>298</v>
+      </c>
+      <c r="E89" t="s">
+        <v>299</v>
+      </c>
+      <c r="F89" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A90" t="s">
+        <v>270</v>
+      </c>
+      <c r="B90" t="s">
+        <v>300</v>
+      </c>
+      <c r="C90" t="s">
+        <v>91</v>
+      </c>
+      <c r="D90" t="s">
+        <v>301</v>
+      </c>
+      <c r="E90" t="s">
+        <v>302</v>
+      </c>
+      <c r="F90" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A91" t="s">
+        <v>11</v>
+      </c>
+      <c r="B91" t="s">
+        <v>303</v>
+      </c>
+      <c r="C91" t="s">
+        <v>18</v>
+      </c>
+      <c r="D91" t="s">
+        <v>304</v>
+      </c>
+      <c r="E91" t="s">
+        <v>305</v>
+      </c>
+      <c r="F91" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A92" t="s">
+        <v>11</v>
+      </c>
+      <c r="B92" t="s">
+        <v>303</v>
+      </c>
+      <c r="C92" t="s">
+        <v>22</v>
+      </c>
+      <c r="D92" t="s">
+        <v>304</v>
+      </c>
+      <c r="E92" t="s">
+        <v>305</v>
+      </c>
+      <c r="F92" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A93" t="s">
+        <v>11</v>
+      </c>
+      <c r="B93" t="s">
+        <v>306</v>
+      </c>
+      <c r="C93" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" t="s">
+        <v>307</v>
+      </c>
+      <c r="E93" t="s">
+        <v>308</v>
+      </c>
+      <c r="F93" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A94" t="s">
+        <v>11</v>
+      </c>
+      <c r="B94" t="s">
+        <v>310</v>
+      </c>
+      <c r="C94" t="s">
+        <v>311</v>
+      </c>
+      <c r="D94" t="s">
+        <v>312</v>
+      </c>
+      <c r="E94" t="s">
+        <v>313</v>
+      </c>
+      <c r="F94" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
-[...575 lines deleted...]
-      <c r="F94" t="s">
+    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A95" t="s">
+        <v>11</v>
+      </c>
+      <c r="B95" t="s">
         <v>310</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B95" t="s">
+      <c r="C95" t="s">
         <v>311</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="E95" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F95" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A96" s="8" t="s">
+    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A96" t="s">
         <v>11</v>
       </c>
       <c r="B96" t="s">
+        <v>316</v>
+      </c>
+      <c r="C96" t="s">
         <v>311</v>
       </c>
-      <c r="C96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D96" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="E96" t="s">
+        <v>318</v>
+      </c>
+      <c r="F96" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A97" t="s">
+        <v>11</v>
+      </c>
+      <c r="B97" t="s">
         <v>316</v>
       </c>
-      <c r="F96" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C97" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D97" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="E97" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="F97" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>11</v>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A98" t="s">
+        <v>270</v>
       </c>
       <c r="B98" t="s">
-        <v>317</v>
+        <v>321</v>
       </c>
       <c r="C98" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D98" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E98" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="F98" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>271</v>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A99" t="s">
+        <v>270</v>
       </c>
       <c r="B99" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="C99" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D99" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="E99" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="F99" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>271</v>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A100" t="s">
+        <v>270</v>
       </c>
       <c r="B100" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="C100" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D100" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="E100" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="F100" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>271</v>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A101" t="s">
+        <v>57</v>
       </c>
       <c r="B101" t="s">
-        <v>328</v>
+        <v>75</v>
       </c>
       <c r="C101" t="s">
-        <v>312</v>
+        <v>311</v>
       </c>
       <c r="D101" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="E101" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="F101" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>79</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A102" t="s">
+        <v>57</v>
       </c>
       <c r="B102" t="s">
+        <v>75</v>
+      </c>
+      <c r="C102" t="s">
+        <v>311</v>
+      </c>
+      <c r="D102" t="s">
+        <v>332</v>
+      </c>
+      <c r="E102" t="s">
+        <v>333</v>
+      </c>
+      <c r="F102" t="s">
         <v>79</v>
       </c>
-      <c r="C102" t="s">
-[...13 lines deleted...]
-      <c r="A103" s="8" t="s">
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A103" t="s">
         <v>11</v>
       </c>
       <c r="B103" t="s">
-        <v>333</v>
+        <v>75</v>
       </c>
       <c r="C103" t="s">
+        <v>91</v>
+      </c>
+      <c r="D103" t="s">
         <v>334</v>
       </c>
-      <c r="D103" t="s">
+      <c r="E103" t="s">
         <v>335</v>
       </c>
-      <c r="E103" t="s">
+      <c r="F103" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A104" t="s">
+        <v>11</v>
+      </c>
+      <c r="B104" t="s">
         <v>336</v>
-      </c>
-[...9 lines deleted...]
-        <v>79</v>
       </c>
       <c r="C104" t="s">
         <v>337</v>
       </c>
       <c r="D104" t="s">
         <v>338</v>
       </c>
       <c r="E104" t="s">
         <v>339</v>
       </c>
       <c r="F104" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A105" t="s">
+        <v>57</v>
       </c>
       <c r="B105" t="s">
+        <v>75</v>
+      </c>
+      <c r="C105" t="s">
+        <v>25</v>
+      </c>
+      <c r="D105" t="s">
         <v>340</v>
       </c>
-      <c r="C105" t="s">
-[...2 lines deleted...]
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>341</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
         <v>342</v>
       </c>
-      <c r="F105" t="s">
-[...4 lines deleted...]
-      <c r="A106" s="8" t="s">
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A106" t="s">
         <v>11</v>
       </c>
       <c r="B106" t="s">
+        <v>75</v>
+      </c>
+      <c r="C106" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
       <c r="D106" t="s">
         <v>344</v>
       </c>
       <c r="E106" t="s">
         <v>345</v>
       </c>
       <c r="F106" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        <v>78</v>
+        <v>79</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A107" t="s">
+        <v>11</v>
       </c>
       <c r="B107" t="s">
         <v>346</v>
       </c>
       <c r="C107" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" t="s">
         <v>347</v>
       </c>
-      <c r="D107" t="s">
+      <c r="E107" t="s">
         <v>348</v>
       </c>
-      <c r="E107" t="s">
+      <c r="F107" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A108" t="s">
+        <v>11</v>
+      </c>
+      <c r="B108" t="s">
         <v>349</v>
       </c>
-      <c r="F107" t="s">
-[...7 lines deleted...]
-      <c r="B108" t="s">
+      <c r="C108" t="s">
+        <v>197</v>
+      </c>
+      <c r="D108" t="s">
         <v>350</v>
       </c>
-      <c r="C108" t="s">
-[...2 lines deleted...]
-      <c r="D108" t="s">
+      <c r="E108" t="s">
         <v>351</v>
       </c>
-      <c r="E108" t="s">
+      <c r="F108" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A109" t="s">
+        <v>74</v>
+      </c>
+      <c r="B109" t="s">
         <v>352</v>
       </c>
-      <c r="F108" t="s">
-[...7 lines deleted...]
-      <c r="B109" t="s">
+      <c r="C109" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
       <c r="D109" t="s">
         <v>354</v>
       </c>
       <c r="E109" t="s">
         <v>355</v>
       </c>
       <c r="F109" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        <v>11</v>
+        <v>16</v>
+      </c>
+    </row>
+    <row r="110" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A110" t="s">
+        <v>74</v>
       </c>
       <c r="B110" t="s">
         <v>356</v>
       </c>
       <c r="C110" t="s">
+        <v>353</v>
+      </c>
+      <c r="D110" t="s">
         <v>357</v>
       </c>
-      <c r="D110" t="s">
+      <c r="E110" t="s">
         <v>358</v>
       </c>
-      <c r="E110" t="s">
+      <c r="F110" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A111" t="s">
+        <v>74</v>
+      </c>
+      <c r="B111" t="s">
         <v>359</v>
       </c>
-      <c r="F110" t="s">
-[...7 lines deleted...]
-      <c r="B111" t="s">
+      <c r="C111" t="s">
+        <v>353</v>
+      </c>
+      <c r="D111" t="s">
         <v>360</v>
       </c>
-      <c r="C111" t="s">
-[...2 lines deleted...]
-      <c r="D111" t="s">
+      <c r="E111" t="s">
         <v>361</v>
       </c>
-      <c r="E111" t="s">
+      <c r="F111" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A112" t="s">
+        <v>11</v>
+      </c>
+      <c r="B112" t="s">
         <v>362</v>
       </c>
-      <c r="F111" t="s">
+      <c r="C112" t="s">
         <v>363</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B112" t="s">
+      <c r="D112" t="s">
         <v>364</v>
       </c>
-      <c r="C112" t="s">
+      <c r="E112" t="s">
         <v>365</v>
       </c>
-      <c r="D112" t="s">
+      <c r="F112" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A113" t="s">
+        <v>11</v>
+      </c>
+      <c r="B113" t="s">
         <v>366</v>
       </c>
-      <c r="E112" t="s">
+      <c r="C113" t="s">
+        <v>25</v>
+      </c>
+      <c r="D113" t="s">
         <v>367</v>
       </c>
-      <c r="F112" t="s">
-[...7 lines deleted...]
-      <c r="B113" t="s">
+      <c r="E113" t="s">
         <v>368</v>
       </c>
-      <c r="C113" t="s">
-[...2 lines deleted...]
-      <c r="D113" t="s">
+      <c r="F113" t="s">
         <v>369</v>
       </c>
-      <c r="E113" t="s">
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A114" t="s">
+        <v>11</v>
+      </c>
+      <c r="B114" t="s">
         <v>370</v>
       </c>
-      <c r="F113" t="s">
-[...7 lines deleted...]
-      <c r="B114" t="s">
+      <c r="C114" t="s">
         <v>371</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>372</v>
       </c>
       <c r="E114" t="s">
         <v>373</v>
       </c>
       <c r="F114" t="s">
-        <v>226</v>
-[...4 lines deleted...]
-        <v>45839</v>
+        <v>25</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A115" t="s">
+        <v>11</v>
       </c>
       <c r="B115" t="s">
-        <v>79</v>
+        <v>374</v>
       </c>
       <c r="C115" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
       <c r="D115" t="s">
         <v>375</v>
       </c>
       <c r="E115" t="s">
         <v>376</v>
       </c>
       <c r="F115" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A116" t="s">
+        <v>11</v>
+      </c>
+      <c r="B116" t="s">
         <v>377</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B116" t="s">
+      <c r="C116" t="s">
+        <v>25</v>
+      </c>
+      <c r="D116" t="s">
+        <v>378</v>
+      </c>
+      <c r="E116" t="s">
+        <v>379</v>
+      </c>
+      <c r="F116" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A117" t="s">
+        <v>57</v>
+      </c>
+      <c r="B117" t="s">
+        <v>75</v>
+      </c>
+      <c r="C117" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" t="s">
+        <v>380</v>
+      </c>
+      <c r="E117" t="s">
+        <v>381</v>
+      </c>
+      <c r="F117" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A118" t="s">
+        <v>11</v>
+      </c>
+      <c r="B118" t="s">
+        <v>75</v>
+      </c>
+      <c r="C118" t="s">
+        <v>382</v>
+      </c>
+      <c r="D118" t="s">
+        <v>383</v>
+      </c>
+      <c r="E118" t="s">
+        <v>384</v>
+      </c>
+      <c r="F118" t="s">
         <v>79</v>
       </c>
-      <c r="C116" t="s">
-[...16 lines deleted...]
-      <c r="B117" t="s">
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A119" t="s">
+        <v>57</v>
+      </c>
+      <c r="B119" t="s">
+        <v>385</v>
+      </c>
+      <c r="C119" t="s">
+        <v>25</v>
+      </c>
+      <c r="D119" t="s">
+        <v>386</v>
+      </c>
+      <c r="E119" t="s">
+        <v>387</v>
+      </c>
+      <c r="F119" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A120" t="s">
+        <v>11</v>
+      </c>
+      <c r="B120" t="s">
+        <v>388</v>
+      </c>
+      <c r="C120" t="s">
+        <v>91</v>
+      </c>
+      <c r="D120" t="s">
+        <v>389</v>
+      </c>
+      <c r="E120" t="s">
+        <v>390</v>
+      </c>
+      <c r="F120" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A121" t="s">
+        <v>11</v>
+      </c>
+      <c r="B121" t="s">
+        <v>391</v>
+      </c>
+      <c r="C121" t="s">
+        <v>91</v>
+      </c>
+      <c r="D121" t="s">
+        <v>392</v>
+      </c>
+      <c r="E121" t="s">
+        <v>393</v>
+      </c>
+      <c r="F121" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A122" t="s">
+        <v>11</v>
+      </c>
+      <c r="B122" t="s">
+        <v>394</v>
+      </c>
+      <c r="C122" t="s">
+        <v>395</v>
+      </c>
+      <c r="D122" t="s">
+        <v>396</v>
+      </c>
+      <c r="E122" t="s">
+        <v>397</v>
+      </c>
+      <c r="F122" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A123" t="s">
+        <v>11</v>
+      </c>
+      <c r="B123" t="s">
+        <v>398</v>
+      </c>
+      <c r="C123" t="s">
+        <v>25</v>
+      </c>
+      <c r="D123" t="s">
+        <v>399</v>
+      </c>
+      <c r="E123" t="s">
+        <v>400</v>
+      </c>
+      <c r="F123" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A124" t="s">
+        <v>11</v>
+      </c>
+      <c r="B124" t="s">
+        <v>401</v>
+      </c>
+      <c r="C124" t="s">
+        <v>91</v>
+      </c>
+      <c r="D124" t="s">
+        <v>402</v>
+      </c>
+      <c r="E124" t="s">
+        <v>403</v>
+      </c>
+      <c r="F124" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A125" t="s">
+        <v>11</v>
+      </c>
+      <c r="B125" t="s">
+        <v>404</v>
+      </c>
+      <c r="C125" t="s">
+        <v>91</v>
+      </c>
+      <c r="D125" t="s">
+        <v>405</v>
+      </c>
+      <c r="E125" t="s">
+        <v>406</v>
+      </c>
+      <c r="F125" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A126" t="s">
+        <v>11</v>
+      </c>
+      <c r="B126" t="s">
+        <v>407</v>
+      </c>
+      <c r="C126" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" t="s">
+        <v>408</v>
+      </c>
+      <c r="E126" t="s">
+        <v>409</v>
+      </c>
+      <c r="F126" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A127" t="s">
+        <v>11</v>
+      </c>
+      <c r="B127" t="s">
+        <v>407</v>
+      </c>
+      <c r="C127" t="s">
+        <v>25</v>
+      </c>
+      <c r="D127" t="s">
+        <v>411</v>
+      </c>
+      <c r="E127" t="s">
+        <v>409</v>
+      </c>
+      <c r="F127" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A128" t="s">
+        <v>11</v>
+      </c>
+      <c r="B128" t="s">
+        <v>412</v>
+      </c>
+      <c r="C128" t="s">
+        <v>413</v>
+      </c>
+      <c r="D128" t="s">
+        <v>414</v>
+      </c>
+      <c r="E128" t="s">
+        <v>415</v>
+      </c>
+      <c r="F128" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A129" t="s">
+        <v>11</v>
+      </c>
+      <c r="B129" t="s">
+        <v>416</v>
+      </c>
+      <c r="C129" t="s">
+        <v>417</v>
+      </c>
+      <c r="D129" t="s">
+        <v>418</v>
+      </c>
+      <c r="E129" t="s">
+        <v>419</v>
+      </c>
+      <c r="F129" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A130" t="s">
+        <v>57</v>
+      </c>
+      <c r="B130" t="s">
+        <v>420</v>
+      </c>
+      <c r="C130" t="s">
+        <v>421</v>
+      </c>
+      <c r="D130" t="s">
+        <v>422</v>
+      </c>
+      <c r="E130" t="s">
+        <v>423</v>
+      </c>
+      <c r="F130" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A131" t="s">
+        <v>11</v>
+      </c>
+      <c r="B131" t="s">
+        <v>424</v>
+      </c>
+      <c r="C131" t="s">
+        <v>25</v>
+      </c>
+      <c r="D131" t="s">
+        <v>425</v>
+      </c>
+      <c r="E131" t="s">
+        <v>426</v>
+      </c>
+      <c r="F131" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A132" t="s">
+        <v>11</v>
+      </c>
+      <c r="B132" t="s">
+        <v>427</v>
+      </c>
+      <c r="C132" t="s">
+        <v>25</v>
+      </c>
+      <c r="D132" t="s">
+        <v>428</v>
+      </c>
+      <c r="E132" t="s">
+        <v>429</v>
+      </c>
+      <c r="F132" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A133" t="s">
+        <v>57</v>
+      </c>
+      <c r="B133" t="s">
+        <v>430</v>
+      </c>
+      <c r="C133" t="s">
+        <v>431</v>
+      </c>
+      <c r="D133" t="s">
+        <v>432</v>
+      </c>
+      <c r="E133" t="s">
+        <v>433</v>
+      </c>
+      <c r="F133" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A134" t="s">
+        <v>11</v>
+      </c>
+      <c r="B134" t="s">
+        <v>434</v>
+      </c>
+      <c r="C134" t="s">
+        <v>435</v>
+      </c>
+      <c r="D134" t="s">
+        <v>436</v>
+      </c>
+      <c r="E134" t="s">
+        <v>437</v>
+      </c>
+      <c r="F134" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A135" t="s">
+        <v>11</v>
+      </c>
+      <c r="B135" t="s">
+        <v>438</v>
+      </c>
+      <c r="C135" t="s">
+        <v>439</v>
+      </c>
+      <c r="D135" t="s">
+        <v>440</v>
+      </c>
+      <c r="E135" t="s">
+        <v>441</v>
+      </c>
+      <c r="F135" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A136" t="s">
+        <v>11</v>
+      </c>
+      <c r="B136" t="s">
+        <v>252</v>
+      </c>
+      <c r="C136" t="s">
+        <v>99</v>
+      </c>
+      <c r="D136" t="s">
+        <v>443</v>
+      </c>
+      <c r="E136" t="s">
+        <v>444</v>
+      </c>
+      <c r="F136" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A137" t="s">
+        <v>11</v>
+      </c>
+      <c r="B137" t="s">
+        <v>445</v>
+      </c>
+      <c r="C137" t="s">
+        <v>99</v>
+      </c>
+      <c r="D137" t="s">
+        <v>446</v>
+      </c>
+      <c r="E137" t="s">
+        <v>447</v>
+      </c>
+      <c r="F137" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A138" t="s">
+        <v>11</v>
+      </c>
+      <c r="B138" t="s">
+        <v>448</v>
+      </c>
+      <c r="C138" t="s">
+        <v>99</v>
+      </c>
+      <c r="D138" t="s">
+        <v>449</v>
+      </c>
+      <c r="E138" t="s">
+        <v>450</v>
+      </c>
+      <c r="F138" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A139" t="s">
+        <v>11</v>
+      </c>
+      <c r="B139" t="s">
+        <v>451</v>
+      </c>
+      <c r="C139" t="s">
+        <v>452</v>
+      </c>
+      <c r="D139" t="s">
+        <v>453</v>
+      </c>
+      <c r="E139" t="s">
+        <v>454</v>
+      </c>
+      <c r="F139" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A140" t="s">
+        <v>11</v>
+      </c>
+      <c r="B140" t="s">
+        <v>455</v>
+      </c>
+      <c r="C140" t="s">
+        <v>25</v>
+      </c>
+      <c r="D140" t="s">
+        <v>456</v>
+      </c>
+      <c r="E140" t="s">
+        <v>457</v>
+      </c>
+      <c r="F140" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A141" t="s">
+        <v>270</v>
+      </c>
+      <c r="B141" t="s">
+        <v>459</v>
+      </c>
+      <c r="C141" t="s">
+        <v>25</v>
+      </c>
+      <c r="D141" t="s">
+        <v>460</v>
+      </c>
+      <c r="E141" t="s">
+        <v>461</v>
+      </c>
+      <c r="F141" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A142" t="s">
+        <v>11</v>
+      </c>
+      <c r="B142" t="s">
+        <v>462</v>
+      </c>
+      <c r="C142" t="s">
+        <v>463</v>
+      </c>
+      <c r="D142" t="s">
+        <v>464</v>
+      </c>
+      <c r="E142" t="s">
+        <v>465</v>
+      </c>
+      <c r="F142" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A143" t="s">
+        <v>11</v>
+      </c>
+      <c r="B143" t="s">
+        <v>466</v>
+      </c>
+      <c r="C143" t="s">
+        <v>25</v>
+      </c>
+      <c r="D143" t="s">
+        <v>467</v>
+      </c>
+      <c r="E143" t="s">
+        <v>468</v>
+      </c>
+      <c r="F143" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A144" t="s">
+        <v>11</v>
+      </c>
+      <c r="B144" t="s">
+        <v>469</v>
+      </c>
+      <c r="C144" t="s">
+        <v>470</v>
+      </c>
+      <c r="D144" t="s">
+        <v>471</v>
+      </c>
+      <c r="E144" t="s">
+        <v>472</v>
+      </c>
+      <c r="F144" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A145" t="s">
+        <v>57</v>
+      </c>
+      <c r="B145" t="s">
+        <v>75</v>
+      </c>
+      <c r="C145" t="s">
+        <v>91</v>
+      </c>
+      <c r="D145" t="s">
+        <v>473</v>
+      </c>
+      <c r="E145" t="s">
+        <v>474</v>
+      </c>
+      <c r="F145" t="s">
         <v>79</v>
       </c>
-      <c r="C117" t="s">
-[...188 lines deleted...]
-      <c r="F126" t="s">
+    </row>
+    <row r="146" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A146" t="s">
+        <v>11</v>
+      </c>
+      <c r="B146" t="s">
+        <v>475</v>
+      </c>
+      <c r="C146" t="s">
+        <v>476</v>
+      </c>
+      <c r="D146" t="s">
+        <v>477</v>
+      </c>
+      <c r="E146" t="s">
+        <v>478</v>
+      </c>
+      <c r="F146" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
-[...370 lines deleted...]
-      <c r="E145" t="s">
+    <row r="147" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A147" t="s">
+        <v>11</v>
+      </c>
+      <c r="B147" t="s">
         <v>479</v>
       </c>
-      <c r="F145" t="s">
-[...7 lines deleted...]
-      <c r="B146" t="s">
+      <c r="C147" t="s">
+        <v>91</v>
+      </c>
+      <c r="D147" t="s">
         <v>480</v>
       </c>
-      <c r="C146" t="s">
+      <c r="E147" t="s">
         <v>481</v>
       </c>
-      <c r="D146" t="s">
+      <c r="F147" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A148" t="s">
+        <v>11</v>
+      </c>
+      <c r="B148" t="s">
         <v>482</v>
       </c>
-      <c r="E146" t="s">
+      <c r="C148" t="s">
         <v>483</v>
       </c>
-      <c r="F146" t="s">
-[...7 lines deleted...]
-      <c r="B147" t="s">
+      <c r="D148" t="s">
         <v>484</v>
       </c>
-      <c r="C147" t="s">
-[...2 lines deleted...]
-      <c r="D147" t="s">
+      <c r="E148" t="s">
         <v>485</v>
       </c>
-      <c r="E147" t="s">
+      <c r="F148" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A149" t="s">
+        <v>11</v>
+      </c>
+      <c r="B149" t="s">
         <v>486</v>
       </c>
-      <c r="F147" t="s">
-[...7 lines deleted...]
-      <c r="B148" t="s">
+      <c r="C149" t="s">
+        <v>25</v>
+      </c>
+      <c r="D149" t="s">
         <v>487</v>
       </c>
-      <c r="C148" t="s">
+      <c r="E149" t="s">
         <v>488</v>
       </c>
-      <c r="D148" t="s">
+      <c r="F149" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A150" t="s">
+        <v>11</v>
+      </c>
+      <c r="B150" t="s">
         <v>489</v>
       </c>
-      <c r="E148" t="s">
+      <c r="C150" t="s">
         <v>490</v>
       </c>
-      <c r="F148" t="s">
-[...7 lines deleted...]
-      <c r="B149" t="s">
+      <c r="D150" t="s">
         <v>491</v>
       </c>
-      <c r="C149" t="s">
+      <c r="E150" t="s">
         <v>492</v>
       </c>
-      <c r="D149" t="s">
+      <c r="F150" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A151" t="s">
+        <v>270</v>
+      </c>
+      <c r="B151" t="s">
         <v>493</v>
       </c>
-      <c r="E149" t="s">
+      <c r="C151" t="s">
         <v>494</v>
       </c>
-      <c r="F149" t="s">
-[...7 lines deleted...]
-      <c r="B150" t="s">
+      <c r="D151" t="s">
         <v>495</v>
       </c>
-      <c r="C150" t="s">
-[...5 lines deleted...]
-      <c r="E150" t="s">
+      <c r="E151" t="s">
         <v>496</v>
       </c>
-      <c r="F150" t="s">
-[...7 lines deleted...]
-      <c r="B151" t="s">
+      <c r="F151" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A152" t="s">
+        <v>270</v>
+      </c>
+      <c r="B152" t="s">
         <v>497</v>
       </c>
-      <c r="C151" t="s">
-[...2 lines deleted...]
-      <c r="D151" t="s">
+      <c r="C152" t="s">
+        <v>494</v>
+      </c>
+      <c r="D152" t="s">
+        <v>495</v>
+      </c>
+      <c r="E152" t="s">
         <v>498</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F152" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A153" t="s">
+        <v>11</v>
+      </c>
+      <c r="B153" t="s">
         <v>499</v>
       </c>
-      <c r="F151" t="s">
+      <c r="C153" t="s">
+        <v>25</v>
+      </c>
+      <c r="D153" t="s">
         <v>500</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B152" t="s">
+      <c r="E153" t="s">
         <v>501</v>
       </c>
-      <c r="C152" t="s">
-[...2 lines deleted...]
-      <c r="D152" t="s">
+      <c r="F153" t="s">
         <v>502</v>
       </c>
-      <c r="E152" t="s">
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A154" t="s">
+        <v>11</v>
+      </c>
+      <c r="B154" t="s">
         <v>503</v>
       </c>
-      <c r="F152" t="s">
-[...7 lines deleted...]
-      <c r="B153" t="s">
+      <c r="C154" t="s">
+        <v>25</v>
+      </c>
+      <c r="D154" t="s">
         <v>504</v>
       </c>
-      <c r="C153" t="s">
-[...2 lines deleted...]
-      <c r="D153" t="s">
+      <c r="E154" t="s">
         <v>505</v>
       </c>
-      <c r="E153" t="s">
-[...10 lines deleted...]
-      <c r="B154" t="s">
+      <c r="F154" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A155" t="s">
+        <v>11</v>
+      </c>
+      <c r="B155" t="s">
         <v>506</v>
       </c>
-      <c r="C154" t="s">
+      <c r="C155" t="s">
+        <v>25</v>
+      </c>
+      <c r="D155" t="s">
         <v>507</v>
       </c>
-      <c r="D154" t="s">
+      <c r="E155" t="s">
+        <v>505</v>
+      </c>
+      <c r="F155" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A156" t="s">
+        <v>11</v>
+      </c>
+      <c r="B156" t="s">
         <v>508</v>
       </c>
-      <c r="E154" t="s">
+      <c r="C156" t="s">
+        <v>25</v>
+      </c>
+      <c r="D156" t="s">
         <v>509</v>
       </c>
-      <c r="F154" t="s">
-[...7 lines deleted...]
-      <c r="B155" t="s">
+      <c r="E156" t="s">
         <v>510</v>
       </c>
-      <c r="C155" t="s">
-[...2 lines deleted...]
-      <c r="D155" t="s">
+      <c r="F156" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A157" t="s">
+        <v>11</v>
+      </c>
+      <c r="B157" t="s">
         <v>511</v>
       </c>
-      <c r="E155" t="s">
+      <c r="C157" t="s">
+        <v>25</v>
+      </c>
+      <c r="D157" t="s">
         <v>512</v>
       </c>
-      <c r="F155" t="s">
+      <c r="E157" t="s">
         <v>513</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B156" t="s">
+      <c r="F157" t="s">
         <v>514</v>
       </c>
-      <c r="C156" t="s">
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A158" t="s">
+        <v>11</v>
+      </c>
+      <c r="B158" t="s">
         <v>515</v>
       </c>
-      <c r="D156" t="s">
-[...13 lines deleted...]
-      <c r="B157" t="s">
+      <c r="C158" t="s">
         <v>516</v>
       </c>
-      <c r="C157" t="s">
+      <c r="D158" t="s">
+        <v>513</v>
+      </c>
+      <c r="E158" t="s">
+        <v>513</v>
+      </c>
+      <c r="F158" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A159" t="s">
+        <v>11</v>
+      </c>
+      <c r="B159" t="s">
         <v>517</v>
       </c>
-      <c r="D157" t="s">
+      <c r="C159" t="s">
+        <v>197</v>
+      </c>
+      <c r="D159" t="s">
         <v>518</v>
       </c>
-      <c r="E157" t="s">
+      <c r="E159" t="s">
         <v>519</v>
       </c>
-      <c r="F157" t="s">
-[...7 lines deleted...]
-      <c r="B158" t="s">
+      <c r="F159" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A160" t="s">
+        <v>11</v>
+      </c>
+      <c r="B160" t="s">
         <v>520</v>
-      </c>
-[...38 lines deleted...]
-        <v>527</v>
       </c>
       <c r="C160" t="s">
         <v>521</v>
       </c>
       <c r="D160" t="s">
+        <v>522</v>
+      </c>
+      <c r="E160" t="s">
+        <v>523</v>
+      </c>
+      <c r="F160" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A161" t="s">
+        <v>11</v>
+      </c>
+      <c r="B161" t="s">
+        <v>524</v>
+      </c>
+      <c r="C161" t="s">
+        <v>525</v>
+      </c>
+      <c r="D161" t="s">
+        <v>526</v>
+      </c>
+      <c r="E161" t="s">
+        <v>527</v>
+      </c>
+      <c r="F161" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A162" t="s">
+        <v>11</v>
+      </c>
+      <c r="B162" t="s">
         <v>528</v>
       </c>
-      <c r="E160" t="s">
+      <c r="C162" t="s">
         <v>529</v>
       </c>
-      <c r="F160" t="s">
+      <c r="D162" t="s">
+        <v>530</v>
+      </c>
+      <c r="E162" t="s">
+        <v>531</v>
+      </c>
+      <c r="F162" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E161" t="s">
+    <row r="163" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A163" t="s">
+        <v>11</v>
+      </c>
+      <c r="B163" t="s">
         <v>532</v>
       </c>
-      <c r="F161" t="s">
-[...7 lines deleted...]
-      <c r="B162" t="s">
+      <c r="C163" t="s">
+        <v>529</v>
+      </c>
+      <c r="D163" t="s">
         <v>533</v>
       </c>
-      <c r="C162" t="s">
-[...2 lines deleted...]
-      <c r="D162" t="s">
+      <c r="E163" t="s">
         <v>534</v>
       </c>
-      <c r="E162" t="s">
-[...10 lines deleted...]
-      <c r="B163" t="s">
+      <c r="F163" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A164" t="s">
+        <v>11</v>
+      </c>
+      <c r="B164" t="s">
         <v>535</v>
       </c>
-      <c r="C163" t="s">
-[...2 lines deleted...]
-      <c r="D163" t="s">
+      <c r="C164" t="s">
+        <v>529</v>
+      </c>
+      <c r="D164" t="s">
         <v>536</v>
       </c>
-      <c r="E163" t="s">
+      <c r="E164" t="s">
+        <v>534</v>
+      </c>
+      <c r="F164" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A165" t="s">
+        <v>11</v>
+      </c>
+      <c r="B165" t="s">
         <v>537</v>
       </c>
-      <c r="F163" t="s">
-[...7 lines deleted...]
-      <c r="B164" t="s">
+      <c r="C165" t="s">
+        <v>529</v>
+      </c>
+      <c r="D165" t="s">
         <v>538</v>
       </c>
-      <c r="C164" t="s">
-[...2 lines deleted...]
-      <c r="D164" t="s">
+      <c r="E165" t="s">
         <v>539</v>
-      </c>
-[...21 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F165" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A166" s="8" t="s">
+    <row r="166" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A166" t="s">
         <v>11</v>
       </c>
       <c r="B166" t="s">
+        <v>540</v>
+      </c>
+      <c r="C166" t="s">
+        <v>529</v>
+      </c>
+      <c r="D166" t="s">
+        <v>541</v>
+      </c>
+      <c r="E166" t="s">
         <v>542</v>
-      </c>
-[...7 lines deleted...]
-        <v>540</v>
       </c>
       <c r="F166" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A167" s="8" t="s">
+    <row r="167" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A167" t="s">
         <v>11</v>
       </c>
       <c r="B167" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="C167" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="D167" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="E167" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="F167" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A168" s="8" t="s">
+    <row r="168" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A168" t="s">
         <v>11</v>
       </c>
       <c r="B168" t="s">
+        <v>544</v>
+      </c>
+      <c r="C168" t="s">
+        <v>529</v>
+      </c>
+      <c r="D168" t="s">
+        <v>545</v>
+      </c>
+      <c r="E168" t="s">
+        <v>542</v>
+      </c>
+      <c r="F168" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A169" t="s">
+        <v>11</v>
+      </c>
+      <c r="B169" t="s">
+        <v>546</v>
+      </c>
+      <c r="C169" t="s">
+        <v>529</v>
+      </c>
+      <c r="D169" t="s">
         <v>547</v>
       </c>
-      <c r="C168" t="s">
-[...2 lines deleted...]
-      <c r="D168" t="s">
+      <c r="E169" t="s">
         <v>548</v>
-      </c>
-[...19 lines deleted...]
-        <v>551</v>
       </c>
       <c r="F169" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A170" s="8" t="s">
+    <row r="170" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A170" t="s">
         <v>11</v>
       </c>
       <c r="B170" t="s">
+        <v>549</v>
+      </c>
+      <c r="C170" t="s">
+        <v>529</v>
+      </c>
+      <c r="D170" t="s">
+        <v>550</v>
+      </c>
+      <c r="E170" t="s">
+        <v>551</v>
+      </c>
+      <c r="F170" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A171" t="s">
+        <v>11</v>
+      </c>
+      <c r="B171" t="s">
         <v>552</v>
       </c>
-      <c r="C170" t="s">
-[...2 lines deleted...]
-      <c r="D170" t="s">
+      <c r="C171" t="s">
+        <v>529</v>
+      </c>
+      <c r="D171" t="s">
         <v>553</v>
       </c>
-      <c r="E170" t="s">
+      <c r="E171" t="s">
         <v>554</v>
       </c>
-      <c r="F170" t="s">
-[...7 lines deleted...]
-      <c r="B171" t="s">
+      <c r="F171" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A172" t="s">
+        <v>11</v>
+      </c>
+      <c r="B172" t="s">
         <v>555</v>
       </c>
-      <c r="C171" t="s">
-[...2 lines deleted...]
-      <c r="D171" t="s">
+      <c r="C172" t="s">
+        <v>529</v>
+      </c>
+      <c r="D172" t="s">
         <v>556</v>
       </c>
-      <c r="E171" t="s">
+      <c r="E172" t="s">
         <v>557</v>
-      </c>
-[...18 lines deleted...]
-        <v>560</v>
       </c>
       <c r="F172" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A173" s="8" t="s">
+    <row r="173" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A173" t="s">
         <v>11</v>
       </c>
       <c r="B173" t="s">
-        <v>561</v>
+        <v>558</v>
       </c>
       <c r="C173" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="D173" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="E173" t="s">
         <v>560</v>
       </c>
       <c r="F173" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A174" s="8" t="s">
+    <row r="174" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A174" t="s">
         <v>11</v>
       </c>
       <c r="B174" t="s">
+        <v>561</v>
+      </c>
+      <c r="C174" t="s">
+        <v>529</v>
+      </c>
+      <c r="D174" t="s">
+        <v>562</v>
+      </c>
+      <c r="E174" t="s">
+        <v>560</v>
+      </c>
+      <c r="F174" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A175" t="s">
+        <v>11</v>
+      </c>
+      <c r="B175" t="s">
         <v>563</v>
       </c>
-      <c r="C174" t="s">
-[...2 lines deleted...]
-      <c r="D174" t="s">
+      <c r="C175" t="s">
+        <v>529</v>
+      </c>
+      <c r="D175" t="s">
         <v>564</v>
       </c>
-      <c r="E174" t="s">
+      <c r="E175" t="s">
         <v>565</v>
       </c>
-      <c r="F174" t="s">
-[...7 lines deleted...]
-      <c r="B175" t="s">
+      <c r="F175" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A176" t="s">
+        <v>11</v>
+      </c>
+      <c r="B176" t="s">
         <v>566</v>
       </c>
-      <c r="C175" t="s">
-[...2 lines deleted...]
-      <c r="D175" t="s">
+      <c r="C176" t="s">
+        <v>529</v>
+      </c>
+      <c r="D176" t="s">
         <v>567</v>
       </c>
-      <c r="E175" t="s">
+      <c r="E176" t="s">
         <v>568</v>
       </c>
-      <c r="F175" t="s">
-[...7 lines deleted...]
-      <c r="B176" t="s">
+      <c r="F176" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A177" t="s">
+        <v>11</v>
+      </c>
+      <c r="B177" t="s">
         <v>569</v>
       </c>
-      <c r="C176" t="s">
-[...2 lines deleted...]
-      <c r="D176" t="s">
+      <c r="C177" t="s">
+        <v>529</v>
+      </c>
+      <c r="D177" t="s">
         <v>570</v>
       </c>
-      <c r="E176" t="s">
+      <c r="E177" t="s">
         <v>571</v>
-      </c>
-[...18 lines deleted...]
-        <v>574</v>
       </c>
       <c r="F177" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="178" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A178" s="8" t="s">
+    <row r="178" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A178" t="s">
         <v>11</v>
       </c>
       <c r="B178" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C178" t="s">
-        <v>521</v>
+        <v>529</v>
       </c>
       <c r="D178" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="E178" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="F178" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="179" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A179" s="8" t="s">
+    <row r="179" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A179" t="s">
         <v>11</v>
       </c>
       <c r="B179" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="C179" t="s">
-        <v>579</v>
+        <v>529</v>
       </c>
       <c r="D179" t="s">
         <v>576</v>
       </c>
       <c r="E179" t="s">
         <v>577</v>
       </c>
       <c r="F179" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>78</v>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A180" t="s">
+        <v>11</v>
       </c>
       <c r="B180" t="s">
+        <v>578</v>
+      </c>
+      <c r="C180" t="s">
+        <v>529</v>
+      </c>
+      <c r="D180" t="s">
+        <v>576</v>
+      </c>
+      <c r="E180" t="s">
+        <v>577</v>
+      </c>
+      <c r="F180" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A181" t="s">
+        <v>74</v>
+      </c>
+      <c r="B181" t="s">
+        <v>75</v>
+      </c>
+      <c r="C181" t="s">
+        <v>529</v>
+      </c>
+      <c r="D181" t="s">
+        <v>579</v>
+      </c>
+      <c r="E181" t="s">
+        <v>580</v>
+      </c>
+      <c r="F181" t="s">
         <v>79</v>
       </c>
-      <c r="C180" t="s">
-[...2 lines deleted...]
-      <c r="D180" t="s">
+    </row>
+    <row r="182" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A182" t="s">
+        <v>11</v>
+      </c>
+      <c r="B182" t="s">
         <v>581</v>
       </c>
-      <c r="E180" t="s">
+      <c r="C182" t="s">
         <v>582</v>
       </c>
-      <c r="F180" t="s">
-[...7 lines deleted...]
-      <c r="B181" t="s">
+      <c r="D182" t="s">
         <v>583</v>
       </c>
-      <c r="C181" t="s">
-[...2 lines deleted...]
-      <c r="D181" t="s">
+      <c r="E182" t="s">
         <v>584</v>
       </c>
-      <c r="E181" t="s">
+      <c r="F182" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A183" t="s">
         <v>585</v>
       </c>
-      <c r="F181" t="s">
+      <c r="B183" t="s">
+        <v>581</v>
+      </c>
+      <c r="C183" t="s">
         <v>586</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A182" s="8" t="s">
+      <c r="D183" t="s">
+        <v>583</v>
+      </c>
+      <c r="E183" t="s">
         <v>587</v>
       </c>
-      <c r="B182" t="s">
-[...8 lines deleted...]
-      <c r="E182" t="s">
+      <c r="F183" t="s">
         <v>588</v>
       </c>
-      <c r="F182"/>
-[...22 lines deleted...]
-      <c r="A184" s="8" t="s">
+    </row>
+    <row r="184" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A184" t="s">
         <v>11</v>
       </c>
       <c r="B184" t="s">
         <v>589</v>
       </c>
       <c r="C184" t="s">
-        <v>25</v>
+        <v>18</v>
       </c>
       <c r="D184" t="s">
+        <v>590</v>
+      </c>
+      <c r="E184" t="s">
         <v>591</v>
       </c>
-      <c r="E184" t="s">
+      <c r="F184" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A185" t="s">
+        <v>11</v>
+      </c>
+      <c r="B185" t="s">
+        <v>589</v>
+      </c>
+      <c r="C185" t="s">
+        <v>22</v>
+      </c>
+      <c r="D185" t="s">
+        <v>590</v>
+      </c>
+      <c r="E185" t="s">
+        <v>591</v>
+      </c>
+      <c r="F185" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A186" t="s">
+        <v>11</v>
+      </c>
+      <c r="B186" t="s">
         <v>592</v>
       </c>
-      <c r="F184" t="s">
-[...7 lines deleted...]
-      <c r="B185" t="s">
+      <c r="C186" t="s">
         <v>593</v>
       </c>
-      <c r="C185" t="s">
-[...2 lines deleted...]
-      <c r="D185" t="s">
+      <c r="D186" t="s">
         <v>594</v>
       </c>
-      <c r="E185" t="s">
+      <c r="E186" t="s">
         <v>595</v>
       </c>
-      <c r="F185" t="s">
-[...7 lines deleted...]
-      <c r="B186" t="s">
+      <c r="F186" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A187" t="s">
+        <v>11</v>
+      </c>
+      <c r="B187" t="s">
         <v>596</v>
       </c>
-      <c r="C186"/>
-      <c r="D186" t="s">
+      <c r="C187" t="s">
+        <v>25</v>
+      </c>
+      <c r="D187" t="s">
         <v>597</v>
       </c>
-      <c r="E186" t="s">
+      <c r="E187" t="s">
         <v>598</v>
       </c>
-      <c r="F186" t="s">
+      <c r="F187" t="s">
         <v>599</v>
       </c>
     </row>
-    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B187" t="s">
+    <row r="188" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A188" t="s">
+        <v>11</v>
+      </c>
+      <c r="B188" t="s">
         <v>600</v>
       </c>
-      <c r="C187" t="s">
+      <c r="C188" t="s">
+        <v>25</v>
+      </c>
+      <c r="D188" t="s">
         <v>601</v>
       </c>
-      <c r="D187" t="s">
+      <c r="E188" t="s">
         <v>602</v>
       </c>
-      <c r="E187" t="s">
+      <c r="F188" t="s">
         <v>603</v>
       </c>
-      <c r="F187" t="s">
+    </row>
+    <row r="189" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A189" t="s">
+        <v>270</v>
+      </c>
+      <c r="B189" t="s">
         <v>604</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B188" t="s">
+      <c r="C189" t="s">
         <v>605</v>
       </c>
-      <c r="C188" t="s">
+      <c r="D189" t="s">
         <v>606</v>
       </c>
-      <c r="D188" t="s">
+      <c r="E189" t="s">
         <v>607</v>
       </c>
-      <c r="E188" t="s">
+      <c r="F189" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A190" t="s">
+        <v>11</v>
+      </c>
+      <c r="B190" t="s">
         <v>608</v>
       </c>
-      <c r="F188" t="s">
-[...7 lines deleted...]
-      <c r="B189" t="s">
+      <c r="C190" t="s">
         <v>609</v>
       </c>
-      <c r="C189" t="s">
-[...2 lines deleted...]
-      <c r="D189" t="s">
+      <c r="D190" t="s">
         <v>610</v>
       </c>
-      <c r="E189" t="s">
+      <c r="E190" t="s">
         <v>611</v>
       </c>
-      <c r="F189" t="s">
-[...7 lines deleted...]
-      <c r="B190" t="s">
+      <c r="F190" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A191" t="s">
+        <v>11</v>
+      </c>
+      <c r="B191" t="s">
         <v>612</v>
       </c>
-      <c r="C190" t="s">
-[...2 lines deleted...]
-      <c r="D190" t="s">
+      <c r="C191" t="s">
+        <v>25</v>
+      </c>
+      <c r="D191" t="s">
         <v>613</v>
       </c>
-      <c r="E190" t="s">
+      <c r="E191" t="s">
         <v>614</v>
-      </c>
-[...18 lines deleted...]
-        <v>617</v>
       </c>
       <c r="F191" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="192" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A192" s="8" t="s">
+    <row r="192" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A192" t="s">
         <v>11</v>
       </c>
       <c r="B192" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
-        <v>619</v>
+        <v>616</v>
       </c>
       <c r="E192" t="s">
-        <v>620</v>
+        <v>617</v>
       </c>
       <c r="F192" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="193" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A193" s="8" t="s">
+    <row r="193" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A193" t="s">
         <v>11</v>
       </c>
       <c r="B193" t="s">
-        <v>621</v>
+        <v>618</v>
       </c>
       <c r="C193" t="s">
-        <v>622</v>
+        <v>25</v>
       </c>
       <c r="D193" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="E193" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="F193" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="194" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A194" s="8" t="s">
+    <row r="194" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A194" t="s">
         <v>11</v>
       </c>
       <c r="B194" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="C194" t="s">
-        <v>199</v>
+        <v>25</v>
       </c>
       <c r="D194" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="E194" t="s">
-        <v>627</v>
+        <v>623</v>
       </c>
       <c r="F194" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="195" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>271</v>
+    <row r="195" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A195" t="s">
+        <v>57</v>
       </c>
       <c r="B195" t="s">
+        <v>624</v>
+      </c>
+      <c r="C195" t="s">
+        <v>91</v>
+      </c>
+      <c r="D195" t="s">
+        <v>625</v>
+      </c>
+      <c r="E195" t="s">
+        <v>626</v>
+      </c>
+      <c r="F195" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A196" t="s">
+        <v>270</v>
+      </c>
+      <c r="B196" t="s">
+        <v>75</v>
+      </c>
+      <c r="C196" t="s">
+        <v>627</v>
+      </c>
+      <c r="D196" t="s">
+        <v>628</v>
+      </c>
+      <c r="E196" t="s">
+        <v>629</v>
+      </c>
+      <c r="F196" t="s">
         <v>79</v>
       </c>
-      <c r="C195" t="s">
-[...16 lines deleted...]
-      <c r="B196" t="s">
+    </row>
+    <row r="197" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A197" t="s">
+        <v>11</v>
+      </c>
+      <c r="B197" t="s">
         <v>630</v>
       </c>
-      <c r="C196" t="s">
+      <c r="C197" t="s">
+        <v>197</v>
+      </c>
+      <c r="D197" t="s">
         <v>631</v>
       </c>
-      <c r="D196" t="s">
+      <c r="E197" t="s">
         <v>632</v>
       </c>
-      <c r="E196" t="s">
+      <c r="F197" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A198" t="s">
+        <v>11</v>
+      </c>
+      <c r="B198" t="s">
         <v>633</v>
       </c>
-      <c r="F196" t="s">
-[...7 lines deleted...]
-      <c r="B197" t="s">
+      <c r="C198" t="s">
+        <v>337</v>
+      </c>
+      <c r="D198" t="s">
         <v>634</v>
       </c>
-      <c r="C197" t="s">
-[...2 lines deleted...]
-      <c r="D197" t="s">
+      <c r="E198" t="s">
         <v>635</v>
       </c>
-      <c r="E197" t="s">
+      <c r="F198" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A199" t="s">
+        <v>11</v>
+      </c>
+      <c r="B199" t="s">
+        <v>75</v>
+      </c>
+      <c r="C199" t="s">
         <v>636</v>
       </c>
-      <c r="F197" t="s">
-[...7 lines deleted...]
-      <c r="B198" t="s">
+      <c r="D199" t="s">
+        <v>637</v>
+      </c>
+      <c r="E199" t="s">
+        <v>638</v>
+      </c>
+      <c r="F199" t="s">
         <v>79</v>
       </c>
-      <c r="C198" t="s">
-[...16 lines deleted...]
-      <c r="B199" t="s">
+    </row>
+    <row r="200" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A200" t="s">
+        <v>11</v>
+      </c>
+      <c r="B200" t="s">
         <v>639</v>
       </c>
-      <c r="C199"/>
-      <c r="D199" t="s">
+      <c r="C200" t="s">
+        <v>25</v>
+      </c>
+      <c r="D200" t="s">
         <v>640</v>
       </c>
-      <c r="E199" t="s">
+      <c r="E200" t="s">
         <v>641</v>
       </c>
-      <c r="F199" t="s">
+      <c r="F200" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="200" spans="1:6" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-      <c r="D200" t="s">
+    <row r="201" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A201" t="s">
+        <v>11</v>
+      </c>
+      <c r="B201" t="s">
+        <v>75</v>
+      </c>
+      <c r="C201" t="s">
+        <v>25</v>
+      </c>
+      <c r="D201" t="s">
         <v>643</v>
       </c>
-      <c r="E200" t="s">
+      <c r="E201" t="s">
         <v>644</v>
       </c>
-      <c r="F200" t="s">
-[...13 lines deleted...]
-      <c r="D201" t="s">
+      <c r="F201" t="s">
         <v>645</v>
       </c>
-      <c r="E201" t="s">
+    </row>
+    <row r="202" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A202" t="s">
+        <v>57</v>
+      </c>
+      <c r="B202" t="s">
         <v>646</v>
       </c>
-      <c r="F201" t="s">
-[...7 lines deleted...]
-      <c r="B202" t="s">
+      <c r="C202" t="s">
+        <v>91</v>
+      </c>
+      <c r="D202" t="s">
         <v>647</v>
       </c>
-      <c r="C202" t="s">
-[...2 lines deleted...]
-      <c r="D202" t="s">
+      <c r="E202" t="s">
         <v>648</v>
       </c>
-      <c r="E202" t="s">
+      <c r="F202" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A203" t="s">
+        <v>11</v>
+      </c>
+      <c r="B203" t="s">
         <v>649</v>
       </c>
-      <c r="F202" t="s">
-[...7 lines deleted...]
-      <c r="B203" t="s">
+      <c r="C203" t="s">
+        <v>91</v>
+      </c>
+      <c r="D203" t="s">
         <v>650</v>
       </c>
-      <c r="C203" t="s">
-[...2 lines deleted...]
-      <c r="D203" t="s">
+      <c r="E203" t="s">
         <v>651</v>
       </c>
-      <c r="E203" t="s">
+      <c r="F203" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A204" t="s">
+        <v>11</v>
+      </c>
+      <c r="B204" t="s">
         <v>652</v>
       </c>
-      <c r="F203" t="s">
-[...7 lines deleted...]
-      <c r="B204" t="s">
+      <c r="C204" t="s">
+        <v>25</v>
+      </c>
+      <c r="D204" t="s">
         <v>653</v>
       </c>
-      <c r="C204" t="s">
+      <c r="E204" t="s">
         <v>654</v>
       </c>
-      <c r="D204" t="s">
+      <c r="F204" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A205" t="s">
+        <v>11</v>
+      </c>
+      <c r="B205" t="s">
         <v>655</v>
       </c>
-      <c r="E204" t="s">
+      <c r="C205" t="s">
         <v>656</v>
       </c>
-      <c r="F204" t="s">
-[...7 lines deleted...]
-      <c r="B205" t="s">
+      <c r="D205" t="s">
         <v>657</v>
       </c>
-      <c r="C205" t="s">
-[...2 lines deleted...]
-      <c r="D205" t="s">
+      <c r="E205" t="s">
         <v>658</v>
       </c>
-      <c r="E205" t="s">
+      <c r="F205" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="206" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A206" t="s">
+        <v>11</v>
+      </c>
+      <c r="B206" t="s">
         <v>659</v>
       </c>
-      <c r="F205" t="s">
-[...7 lines deleted...]
-      <c r="B206" t="s">
+      <c r="C206" t="s">
+        <v>91</v>
+      </c>
+      <c r="D206" t="s">
         <v>660</v>
       </c>
-      <c r="C206" t="s">
+      <c r="E206" t="s">
         <v>661</v>
       </c>
-      <c r="D206" t="s">
+      <c r="F206" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A207" t="s">
+        <v>11</v>
+      </c>
+      <c r="B207" t="s">
         <v>662</v>
       </c>
-      <c r="E206" t="s">
+      <c r="C207" t="s">
         <v>663</v>
       </c>
-      <c r="F206" t="s">
-[...7 lines deleted...]
-      <c r="B207" t="s">
+      <c r="D207" t="s">
         <v>664</v>
       </c>
-      <c r="C207" t="s">
-[...2 lines deleted...]
-      <c r="D207" t="s">
+      <c r="E207" t="s">
         <v>665</v>
       </c>
-      <c r="E207" t="s">
+      <c r="F207" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A208" t="s">
+        <v>11</v>
+      </c>
+      <c r="B208" t="s">
         <v>666</v>
       </c>
-      <c r="F207" t="s">
-[...7 lines deleted...]
-      <c r="B208" t="s">
+      <c r="C208" t="s">
+        <v>91</v>
+      </c>
+      <c r="D208" t="s">
         <v>667</v>
       </c>
-      <c r="C208" t="s">
-[...2 lines deleted...]
-      <c r="D208" t="s">
+      <c r="E208" t="s">
         <v>668</v>
       </c>
-      <c r="E208" t="s">
+      <c r="F208" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="209" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A209" t="s">
+        <v>11</v>
+      </c>
+      <c r="B209" t="s">
         <v>669</v>
       </c>
-      <c r="F208" t="s">
+      <c r="C209" t="s">
+        <v>25</v>
+      </c>
+      <c r="D209" t="s">
+        <v>670</v>
+      </c>
+      <c r="E209" t="s">
+        <v>671</v>
+      </c>
+      <c r="F209" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="209" spans="1:6" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E209" t="s">
+    <row r="210" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A210" t="s">
+        <v>11</v>
+      </c>
+      <c r="B210" t="s">
         <v>672</v>
       </c>
-      <c r="F209" t="s">
-[...7 lines deleted...]
-      <c r="B210" t="s">
+      <c r="C210" t="s">
+        <v>91</v>
+      </c>
+      <c r="D210" t="s">
         <v>673</v>
       </c>
-      <c r="C210" t="s">
-[...2 lines deleted...]
-      <c r="D210" t="s">
+      <c r="E210" t="s">
         <v>674</v>
       </c>
-      <c r="E210" t="s">
+      <c r="F210" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A211" t="s">
+        <v>11</v>
+      </c>
+      <c r="B211" t="s">
         <v>675</v>
       </c>
-      <c r="F210" t="s">
-[...7 lines deleted...]
-      <c r="B211" t="s">
+      <c r="C211" t="s">
+        <v>25</v>
+      </c>
+      <c r="D211" t="s">
         <v>676</v>
       </c>
-      <c r="C211" t="s">
+      <c r="E211" t="s">
         <v>677</v>
       </c>
-      <c r="D211" t="s">
+      <c r="F211" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A212" t="s">
+        <v>11</v>
+      </c>
+      <c r="B212" t="s">
         <v>678</v>
       </c>
-      <c r="E211" t="s">
+      <c r="C212" t="s">
         <v>679</v>
       </c>
-      <c r="F211" t="s">
-[...7 lines deleted...]
-      <c r="B212" t="s">
+      <c r="D212" t="s">
         <v>680</v>
       </c>
-      <c r="C212" t="s">
-[...2 lines deleted...]
-      <c r="D212" t="s">
+      <c r="E212" t="s">
         <v>681</v>
       </c>
-      <c r="E212" t="s">
+      <c r="F212" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A213" t="s">
+        <v>11</v>
+      </c>
+      <c r="B213" t="s">
         <v>682</v>
       </c>
-      <c r="F212" t="s">
-[...7 lines deleted...]
-      <c r="B213" t="s">
+      <c r="C213" t="s">
+        <v>91</v>
+      </c>
+      <c r="D213" t="s">
         <v>683</v>
       </c>
-      <c r="C213" t="s">
-[...2 lines deleted...]
-      <c r="D213" t="s">
+      <c r="E213" t="s">
         <v>684</v>
       </c>
-      <c r="E213" t="s">
+      <c r="F213" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A214" t="s">
+        <v>11</v>
+      </c>
+      <c r="B214" t="s">
         <v>685</v>
       </c>
-      <c r="F213" t="s">
-[...7 lines deleted...]
-      <c r="B214" t="s">
+      <c r="C214" t="s">
+        <v>91</v>
+      </c>
+      <c r="D214" t="s">
         <v>686</v>
       </c>
-      <c r="C214" t="s">
-[...2 lines deleted...]
-      <c r="D214" t="s">
+      <c r="E214" t="s">
         <v>687</v>
       </c>
-      <c r="E214" t="s">
+      <c r="F214" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A215" t="s">
+        <v>11</v>
+      </c>
+      <c r="B215" t="s">
         <v>688</v>
       </c>
-      <c r="F214" t="s">
-[...7 lines deleted...]
-      <c r="B215" t="s">
+      <c r="C215" t="s">
+        <v>91</v>
+      </c>
+      <c r="D215" t="s">
         <v>689</v>
       </c>
-      <c r="C215" t="s">
-[...2 lines deleted...]
-      <c r="D215" t="s">
+      <c r="E215" t="s">
         <v>690</v>
       </c>
-      <c r="E215" t="s">
+      <c r="F215" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A216" t="s">
+        <v>11</v>
+      </c>
+      <c r="B216" t="s">
         <v>691</v>
       </c>
-      <c r="F215" t="s">
-[...7 lines deleted...]
-      <c r="B216" t="s">
+      <c r="C216" t="s">
+        <v>91</v>
+      </c>
+      <c r="D216" t="s">
         <v>692</v>
       </c>
-      <c r="C216" t="s">
-[...2 lines deleted...]
-      <c r="D216" t="s">
+      <c r="E216" t="s">
         <v>693</v>
       </c>
-      <c r="E216" t="s">
+      <c r="F216" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A217" t="s">
+        <v>57</v>
+      </c>
+      <c r="B217" t="s">
         <v>694</v>
       </c>
-      <c r="F216"/>
-[...5 lines deleted...]
-      <c r="B217" t="s">
+      <c r="C217" t="s">
+        <v>25</v>
+      </c>
+      <c r="D217" t="s">
         <v>695</v>
       </c>
-      <c r="C217" t="s">
+      <c r="E217" t="s">
         <v>696</v>
       </c>
-      <c r="D217" t="s">
+      <c r="F217" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A218" t="s">
+        <v>11</v>
+      </c>
+      <c r="B218" t="s">
         <v>697</v>
       </c>
-      <c r="E217" t="s">
+      <c r="C218" t="s">
         <v>698</v>
       </c>
-      <c r="F217" t="s">
+      <c r="D218" t="s">
+        <v>699</v>
+      </c>
+      <c r="E218" t="s">
+        <v>700</v>
+      </c>
+      <c r="F218" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="218" spans="1:6" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="E218" t="s">
+    <row r="219" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A219" t="s">
+        <v>11</v>
+      </c>
+      <c r="B219" t="s">
         <v>701</v>
       </c>
-      <c r="F218" t="s">
-[...7 lines deleted...]
-      <c r="B219" t="s">
+      <c r="C219" t="s">
+        <v>698</v>
+      </c>
+      <c r="D219" t="s">
         <v>702</v>
       </c>
-      <c r="C219" t="s">
-[...2 lines deleted...]
-      <c r="D219" t="s">
+      <c r="E219" t="s">
         <v>703</v>
       </c>
-      <c r="E219" t="s">
+      <c r="F219" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A220" t="s">
+        <v>11</v>
+      </c>
+      <c r="B220" t="s">
         <v>704</v>
       </c>
-      <c r="F219" t="s">
-[...7 lines deleted...]
-      <c r="B220" t="s">
+      <c r="C220" t="s">
+        <v>91</v>
+      </c>
+      <c r="D220" t="s">
         <v>705</v>
       </c>
-      <c r="C220" t="s">
-[...2 lines deleted...]
-      <c r="D220" t="s">
+      <c r="E220" t="s">
         <v>706</v>
       </c>
-      <c r="E220" t="s">
+      <c r="F220" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A221" t="s">
+        <v>11</v>
+      </c>
+      <c r="B221" t="s">
         <v>707</v>
       </c>
-      <c r="F220" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C221" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D221" t="s">
         <v>708</v>
       </c>
       <c r="E221" t="s">
         <v>709</v>
       </c>
       <c r="F221" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A222" t="s">
+        <v>11</v>
+      </c>
+      <c r="B222" t="s">
+        <v>75</v>
+      </c>
+      <c r="C222" t="s">
+        <v>25</v>
+      </c>
+      <c r="D222" t="s">
         <v>710</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B222" t="s">
+      <c r="E222" t="s">
         <v>711</v>
       </c>
-      <c r="C222" t="s">
+      <c r="F222" t="s">
         <v>712</v>
       </c>
-      <c r="D222" t="s">
+    </row>
+    <row r="223" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A223" t="s">
+        <v>57</v>
+      </c>
+      <c r="B223" t="s">
         <v>713</v>
       </c>
-      <c r="E222" t="s">
+      <c r="C223" t="s">
         <v>714</v>
       </c>
-      <c r="F222" t="s">
-[...7 lines deleted...]
-      <c r="B223" t="s">
+      <c r="D223" t="s">
         <v>715</v>
       </c>
-      <c r="C223" t="s">
-[...2 lines deleted...]
-      <c r="D223" t="s">
+      <c r="E223" t="s">
         <v>716</v>
       </c>
-      <c r="E223" t="s">
+      <c r="F223" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A224" t="s">
+        <v>57</v>
+      </c>
+      <c r="B224" t="s">
         <v>717</v>
       </c>
-      <c r="F223" t="s">
-[...7 lines deleted...]
-      <c r="B224" t="s">
+      <c r="C224" t="s">
+        <v>91</v>
+      </c>
+      <c r="D224" t="s">
         <v>718</v>
       </c>
-      <c r="C224" t="s">
-[...2 lines deleted...]
-      <c r="D224" t="s">
+      <c r="E224" t="s">
         <v>719</v>
       </c>
-      <c r="E224" t="s">
+      <c r="F224" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A225" t="s">
+        <v>57</v>
+      </c>
+      <c r="B225" t="s">
         <v>720</v>
       </c>
-      <c r="F224" t="s">
-[...7 lines deleted...]
-      <c r="B225" t="s">
+      <c r="C225" t="s">
+        <v>91</v>
+      </c>
+      <c r="D225" t="s">
         <v>721</v>
       </c>
-      <c r="C225" t="s">
+      <c r="E225" t="s">
         <v>722</v>
       </c>
-      <c r="D225" t="s">
+      <c r="F225" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A226" t="s">
+        <v>11</v>
+      </c>
+      <c r="B226" t="s">
         <v>723</v>
       </c>
-      <c r="E225" t="s">
+      <c r="C226" t="s">
+        <v>91</v>
+      </c>
+      <c r="D226" t="s">
         <v>724</v>
       </c>
-      <c r="F225" t="s">
-[...7 lines deleted...]
-      <c r="B226" t="s">
+      <c r="E226" t="s">
         <v>725</v>
       </c>
-      <c r="C226" t="s">
+      <c r="F226" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A227" t="s">
+        <v>11</v>
+      </c>
+      <c r="B227" t="s">
         <v>726</v>
       </c>
-      <c r="D226" t="s">
+      <c r="C227" t="s">
+        <v>91</v>
+      </c>
+      <c r="D227" t="s">
         <v>727</v>
       </c>
-      <c r="E226" t="s">
+      <c r="E227" t="s">
         <v>728</v>
       </c>
-      <c r="F226" t="s">
-[...7 lines deleted...]
-      <c r="B227" t="s">
+      <c r="F227" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A228" t="s">
+        <v>11</v>
+      </c>
+      <c r="B228" t="s">
         <v>729</v>
       </c>
-      <c r="C227" t="s">
-[...2 lines deleted...]
-      <c r="D227" t="s">
+      <c r="C228" t="s">
         <v>730</v>
       </c>
-      <c r="E227" t="s">
+      <c r="D228" t="s">
         <v>731</v>
       </c>
-      <c r="F227" t="s">
+      <c r="E228" t="s">
+        <v>732</v>
+      </c>
+      <c r="F228" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="229" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A229" t="s">
+        <v>11</v>
+      </c>
+      <c r="B229" t="s">
+        <v>733</v>
+      </c>
+      <c r="C229" t="s">
+        <v>734</v>
+      </c>
+      <c r="D229" t="s">
+        <v>735</v>
+      </c>
+      <c r="E229" t="s">
+        <v>736</v>
+      </c>
+      <c r="F229" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A230" t="s">
+        <v>11</v>
+      </c>
+      <c r="B230" t="s">
+        <v>737</v>
+      </c>
+      <c r="C230" t="s">
+        <v>734</v>
+      </c>
+      <c r="D230" t="s">
+        <v>738</v>
+      </c>
+      <c r="E230" t="s">
+        <v>739</v>
+      </c>
+      <c r="F230" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="228" spans="1:6" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="F229" t="s">
+    <row r="231" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A231" t="s">
+        <v>11</v>
+      </c>
+      <c r="B231" t="s">
+        <v>740</v>
+      </c>
+      <c r="C231" t="s">
+        <v>741</v>
+      </c>
+      <c r="D231" t="s">
+        <v>742</v>
+      </c>
+      <c r="E231" t="s">
+        <v>743</v>
+      </c>
+      <c r="F231" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A232" t="s">
+        <v>11</v>
+      </c>
+      <c r="B232" t="s">
+        <v>744</v>
+      </c>
+      <c r="C232" t="s">
+        <v>745</v>
+      </c>
+      <c r="D232" t="s">
+        <v>746</v>
+      </c>
+      <c r="E232" t="s">
+        <v>747</v>
+      </c>
+      <c r="F232" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="230" spans="1:6" x14ac:dyDescent="0.25">
-[...26 lines deleted...]
-      <c r="C231" t="s">
+    <row r="233" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A233" t="s">
+        <v>270</v>
+      </c>
+      <c r="B233" t="s">
+        <v>748</v>
+      </c>
+      <c r="C233" t="s">
+        <v>745</v>
+      </c>
+      <c r="D233" t="s">
+        <v>749</v>
+      </c>
+      <c r="E233" t="s">
+        <v>750</v>
+      </c>
+      <c r="F233" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="234" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A234" t="s">
+        <v>11</v>
+      </c>
+      <c r="B234" t="s">
+        <v>751</v>
+      </c>
+      <c r="C234" t="s">
         <v>18</v>
-      </c>
-[...58 lines deleted...]
-        <v>751</v>
       </c>
       <c r="D234" t="s">
         <v>752</v>
       </c>
       <c r="E234" t="s">
         <v>753</v>
       </c>
       <c r="F234" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A235" s="8" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A235" t="s">
         <v>11</v>
       </c>
       <c r="B235" t="s">
+        <v>751</v>
+      </c>
+      <c r="C235" t="s">
+        <v>22</v>
+      </c>
+      <c r="D235" t="s">
+        <v>752</v>
+      </c>
+      <c r="E235" t="s">
+        <v>753</v>
+      </c>
+      <c r="F235" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A236" t="s">
+        <v>11</v>
+      </c>
+      <c r="B236" t="s">
         <v>754</v>
       </c>
-      <c r="C235" t="s">
+      <c r="C236" t="s">
         <v>755</v>
       </c>
-      <c r="D235" t="s">
+      <c r="D236" t="s">
         <v>756</v>
       </c>
-      <c r="E235" t="s">
+      <c r="E236" t="s">
         <v>757</v>
       </c>
-      <c r="F235" t="s">
+      <c r="F236" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A237" t="s">
+        <v>11</v>
+      </c>
+      <c r="B237" t="s">
         <v>758</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B236" t="s">
+      <c r="C237" t="s">
         <v>759</v>
       </c>
-      <c r="C236" t="s">
+      <c r="D237" t="s">
         <v>760</v>
       </c>
-      <c r="D236" t="s">
+      <c r="E237" t="s">
         <v>761</v>
       </c>
-      <c r="E236" t="s">
+      <c r="F237" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A238" t="s">
+        <v>57</v>
+      </c>
+      <c r="B238" t="s">
         <v>762</v>
       </c>
-      <c r="F236" t="s">
-[...7 lines deleted...]
-      <c r="B237" t="s">
+      <c r="C238" t="s">
+        <v>25</v>
+      </c>
+      <c r="D238" t="s">
+        <v>763</v>
+      </c>
+      <c r="E238" t="s">
+        <v>764</v>
+      </c>
+      <c r="F238" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A239" t="s">
+        <v>11</v>
+      </c>
+      <c r="B239" t="s">
+        <v>765</v>
+      </c>
+      <c r="C239" t="s">
+        <v>766</v>
+      </c>
+      <c r="D239" t="s">
+        <v>767</v>
+      </c>
+      <c r="E239" t="s">
+        <v>768</v>
+      </c>
+      <c r="F239" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A240" t="s">
+        <v>11</v>
+      </c>
+      <c r="B240" t="s">
+        <v>75</v>
+      </c>
+      <c r="C240" t="s">
+        <v>769</v>
+      </c>
+      <c r="D240" t="s">
+        <v>770</v>
+      </c>
+      <c r="E240" t="s">
+        <v>771</v>
+      </c>
+      <c r="F240" t="s">
         <v>79</v>
       </c>
-      <c r="C237" t="s">
-[...45 lines deleted...]
-      <c r="E239" t="s">
+    </row>
+    <row r="241" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A241" t="s">
+        <v>11</v>
+      </c>
+      <c r="B241" t="s">
         <v>772</v>
       </c>
-      <c r="F239" t="s">
-[...7 lines deleted...]
-      <c r="B240" t="s">
+      <c r="C241" t="s">
         <v>773</v>
       </c>
-      <c r="C240" t="s">
-[...2 lines deleted...]
-      <c r="D240" t="s">
+      <c r="D241" t="s">
         <v>774</v>
       </c>
-      <c r="E240" t="s">
+      <c r="E241" t="s">
         <v>775</v>
       </c>
-      <c r="F240" t="s">
+      <c r="F241" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A242" t="s">
+        <v>11</v>
+      </c>
+      <c r="B242" t="s">
         <v>776</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B241" t="s">
+      <c r="C242" t="s">
+        <v>529</v>
+      </c>
+      <c r="D242" t="s">
         <v>777</v>
       </c>
-      <c r="C241" t="s">
-[...2 lines deleted...]
-      <c r="D241" t="s">
+      <c r="E242" t="s">
         <v>778</v>
       </c>
-      <c r="E241" t="s">
+      <c r="F242" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A243" t="s">
+        <v>11</v>
+      </c>
+      <c r="B243" t="s">
         <v>779</v>
       </c>
-      <c r="F241" t="s">
-[...7 lines deleted...]
-      <c r="B242" t="s">
+      <c r="C243" t="s">
+        <v>25</v>
+      </c>
+      <c r="D243" t="s">
         <v>780</v>
       </c>
-      <c r="C242" t="s">
-[...2 lines deleted...]
-      <c r="D242" t="s">
+      <c r="E243" t="s">
         <v>781</v>
       </c>
-      <c r="E242" t="s">
+      <c r="F243" t="s">
         <v>782</v>
       </c>
-      <c r="F242" t="s">
-[...7 lines deleted...]
-      <c r="B243" t="s">
+    </row>
+    <row r="244" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A244" t="s">
+        <v>11</v>
+      </c>
+      <c r="B244" t="s">
         <v>783</v>
       </c>
-      <c r="C243" t="s">
-[...2 lines deleted...]
-      <c r="D243" t="s">
+      <c r="C244" t="s">
+        <v>25</v>
+      </c>
+      <c r="D244" t="s">
         <v>784</v>
       </c>
-      <c r="E243" t="s">
+      <c r="E244" t="s">
         <v>785</v>
       </c>
-      <c r="F243" t="s">
+      <c r="F244" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A245" t="s">
+        <v>11</v>
+      </c>
+      <c r="B245" t="s">
         <v>786</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B244" t="s">
+      <c r="C245" t="s">
+        <v>25</v>
+      </c>
+      <c r="D245" t="s">
         <v>787</v>
       </c>
-      <c r="C244" t="s">
-[...2 lines deleted...]
-      <c r="D244" t="s">
+      <c r="E245" t="s">
         <v>788</v>
       </c>
-      <c r="E244" t="s">
+      <c r="F245" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A246" t="s">
+        <v>11</v>
+      </c>
+      <c r="B246" t="s">
         <v>789</v>
       </c>
-      <c r="F244" t="s">
-[...7 lines deleted...]
-      <c r="B245" t="s">
+      <c r="C246" t="s">
+        <v>25</v>
+      </c>
+      <c r="D246" t="s">
         <v>790</v>
       </c>
-      <c r="C245" t="s">
+      <c r="E246" t="s">
         <v>791</v>
       </c>
-      <c r="D245" t="s">
+      <c r="F246" t="s">
         <v>792</v>
       </c>
-      <c r="E245" t="s">
+    </row>
+    <row r="247" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A247" t="s">
+        <v>11</v>
+      </c>
+      <c r="B247" t="s">
         <v>793</v>
       </c>
-      <c r="F245" t="s">
-[...7 lines deleted...]
-      <c r="B246" t="s">
+      <c r="C247" t="s">
+        <v>25</v>
+      </c>
+      <c r="D247" t="s">
         <v>794</v>
       </c>
-      <c r="C246" t="s">
+      <c r="E247" t="s">
         <v>795</v>
       </c>
-      <c r="D246" t="s">
+      <c r="F247" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="248" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A248" t="s">
+        <v>11</v>
+      </c>
+      <c r="B248" t="s">
         <v>796</v>
       </c>
-      <c r="E246" t="s">
+      <c r="C248" t="s">
         <v>797</v>
       </c>
-      <c r="F246" t="s">
-[...7 lines deleted...]
-      <c r="B247" t="s">
+      <c r="D248" t="s">
         <v>798</v>
       </c>
-      <c r="C247" t="s">
-[...2 lines deleted...]
-      <c r="D247" t="s">
+      <c r="E248" t="s">
         <v>799</v>
       </c>
-      <c r="E247" t="s">
+      <c r="F248" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A249" t="s">
+        <v>11</v>
+      </c>
+      <c r="B249" t="s">
         <v>800</v>
       </c>
-      <c r="F247" t="s">
-[...7 lines deleted...]
-      <c r="B248" t="s">
+      <c r="C249" t="s">
         <v>801</v>
       </c>
-      <c r="C248" t="s">
+      <c r="D249" t="s">
         <v>802</v>
       </c>
-      <c r="D248" t="s">
+      <c r="E249" t="s">
         <v>803</v>
       </c>
-      <c r="E248" t="s">
+      <c r="F249" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A250" t="s">
+        <v>11</v>
+      </c>
+      <c r="B250" t="s">
         <v>804</v>
       </c>
-      <c r="F248" t="s">
-[...7 lines deleted...]
-      <c r="B249" t="s">
+      <c r="C250" t="s">
+        <v>91</v>
+      </c>
+      <c r="D250" t="s">
         <v>805</v>
       </c>
-      <c r="C249" t="s">
-[...2 lines deleted...]
-      <c r="D249" t="s">
+      <c r="E250" t="s">
         <v>806</v>
       </c>
-      <c r="E249" t="s">
+      <c r="F250" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A251" t="s">
+        <v>57</v>
+      </c>
+      <c r="B251" t="s">
+        <v>75</v>
+      </c>
+      <c r="C251" t="s">
+        <v>91</v>
+      </c>
+      <c r="D251" t="s">
         <v>807</v>
       </c>
-      <c r="F249" t="s">
-[...7 lines deleted...]
-      <c r="B250" t="s">
+      <c r="E251" t="s">
         <v>808</v>
       </c>
-      <c r="C250" t="s">
+      <c r="F251" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A252" t="s">
+        <v>11</v>
+      </c>
+      <c r="B252" t="s">
         <v>809</v>
       </c>
-      <c r="D250" t="s">
+      <c r="C252" t="s">
         <v>810</v>
       </c>
-      <c r="E250" t="s">
+      <c r="D252" t="s">
         <v>811</v>
       </c>
-      <c r="F250" t="s">
-[...7 lines deleted...]
-      <c r="B251" t="s">
+      <c r="E252" t="s">
+        <v>812</v>
+      </c>
+      <c r="F252" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A253" t="s">
+        <v>11</v>
+      </c>
+      <c r="B253" t="s">
+        <v>813</v>
+      </c>
+      <c r="C253" t="s">
+        <v>91</v>
+      </c>
+      <c r="D253" t="s">
+        <v>814</v>
+      </c>
+      <c r="E253" t="s">
+        <v>815</v>
+      </c>
+      <c r="F253" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A254" t="s">
+        <v>11</v>
+      </c>
+      <c r="B254" t="s">
+        <v>816</v>
+      </c>
+      <c r="C254" t="s">
+        <v>817</v>
+      </c>
+      <c r="D254" t="s">
+        <v>818</v>
+      </c>
+      <c r="E254" t="s">
+        <v>819</v>
+      </c>
+      <c r="F254" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A255" t="s">
+        <v>11</v>
+      </c>
+      <c r="B255" t="s">
+        <v>75</v>
+      </c>
+      <c r="C255" t="s">
+        <v>25</v>
+      </c>
+      <c r="D255" t="s">
+        <v>820</v>
+      </c>
+      <c r="E255" t="s">
+        <v>821</v>
+      </c>
+      <c r="F255" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A256" t="s">
+        <v>57</v>
+      </c>
+      <c r="B256" t="s">
+        <v>823</v>
+      </c>
+      <c r="C256" t="s">
+        <v>824</v>
+      </c>
+      <c r="D256" t="s">
+        <v>825</v>
+      </c>
+      <c r="E256" t="s">
+        <v>826</v>
+      </c>
+      <c r="F256" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A257" t="s">
+        <v>11</v>
+      </c>
+      <c r="B257" t="s">
+        <v>827</v>
+      </c>
+      <c r="C257" t="s">
+        <v>828</v>
+      </c>
+      <c r="D257" t="s">
+        <v>829</v>
+      </c>
+      <c r="E257" t="s">
+        <v>830</v>
+      </c>
+      <c r="F257" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A258" t="s">
+        <v>57</v>
+      </c>
+      <c r="B258" t="s">
+        <v>831</v>
+      </c>
+      <c r="C258" t="s">
+        <v>25</v>
+      </c>
+      <c r="D258" t="s">
+        <v>832</v>
+      </c>
+      <c r="E258" t="s">
+        <v>833</v>
+      </c>
+      <c r="F258" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A259" t="s">
+        <v>11</v>
+      </c>
+      <c r="B259" t="s">
+        <v>834</v>
+      </c>
+      <c r="C259" t="s">
+        <v>835</v>
+      </c>
+      <c r="D259" t="s">
+        <v>836</v>
+      </c>
+      <c r="E259" t="s">
+        <v>837</v>
+      </c>
+      <c r="F259" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A260" t="s">
+        <v>11</v>
+      </c>
+      <c r="B260" t="s">
+        <v>838</v>
+      </c>
+      <c r="C260" t="s">
+        <v>91</v>
+      </c>
+      <c r="D260" t="s">
+        <v>839</v>
+      </c>
+      <c r="E260" t="s">
+        <v>840</v>
+      </c>
+      <c r="F260" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A261" t="s">
+        <v>270</v>
+      </c>
+      <c r="B261" t="s">
+        <v>841</v>
+      </c>
+      <c r="C261" t="s">
+        <v>842</v>
+      </c>
+      <c r="D261" t="s">
+        <v>843</v>
+      </c>
+      <c r="E261" t="s">
+        <v>844</v>
+      </c>
+      <c r="F261" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A262" t="s">
+        <v>11</v>
+      </c>
+      <c r="B262" t="s">
+        <v>845</v>
+      </c>
+      <c r="C262" t="s">
+        <v>846</v>
+      </c>
+      <c r="D262" t="s">
+        <v>847</v>
+      </c>
+      <c r="E262" t="s">
+        <v>848</v>
+      </c>
+      <c r="F262" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A263" t="s">
+        <v>11</v>
+      </c>
+      <c r="B263" t="s">
+        <v>849</v>
+      </c>
+      <c r="C263" t="s">
+        <v>18</v>
+      </c>
+      <c r="D263" t="s">
+        <v>850</v>
+      </c>
+      <c r="E263" t="s">
+        <v>851</v>
+      </c>
+      <c r="F263" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="264" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A264" t="s">
+        <v>11</v>
+      </c>
+      <c r="B264" t="s">
+        <v>849</v>
+      </c>
+      <c r="C264" t="s">
+        <v>22</v>
+      </c>
+      <c r="D264" t="s">
+        <v>850</v>
+      </c>
+      <c r="E264" t="s">
+        <v>851</v>
+      </c>
+      <c r="F264" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A265" t="s">
+        <v>11</v>
+      </c>
+      <c r="B265" t="s">
+        <v>852</v>
+      </c>
+      <c r="C265" t="s">
+        <v>853</v>
+      </c>
+      <c r="D265" t="s">
+        <v>854</v>
+      </c>
+      <c r="E265" t="s">
+        <v>855</v>
+      </c>
+      <c r="F265" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A266" t="s">
+        <v>11</v>
+      </c>
+      <c r="B266" t="s">
+        <v>856</v>
+      </c>
+      <c r="C266" t="s">
+        <v>25</v>
+      </c>
+      <c r="D266" t="s">
+        <v>857</v>
+      </c>
+      <c r="E266" t="s">
+        <v>858</v>
+      </c>
+      <c r="F266" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A267" t="s">
+        <v>11</v>
+      </c>
+      <c r="B267" t="s">
+        <v>859</v>
+      </c>
+      <c r="C267" t="s">
+        <v>860</v>
+      </c>
+      <c r="D267" t="s">
+        <v>861</v>
+      </c>
+      <c r="E267" t="s">
+        <v>862</v>
+      </c>
+      <c r="F267" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A268" t="s">
+        <v>11</v>
+      </c>
+      <c r="B268" t="s">
+        <v>863</v>
+      </c>
+      <c r="C268" t="s">
+        <v>864</v>
+      </c>
+      <c r="D268" t="s">
+        <v>865</v>
+      </c>
+      <c r="E268" t="s">
+        <v>866</v>
+      </c>
+      <c r="F268" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A269" t="s">
+        <v>11</v>
+      </c>
+      <c r="B269" t="s">
+        <v>867</v>
+      </c>
+      <c r="C269" t="s">
+        <v>868</v>
+      </c>
+      <c r="D269" t="s">
+        <v>869</v>
+      </c>
+      <c r="E269" t="s">
+        <v>870</v>
+      </c>
+      <c r="F269" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A270" t="s">
+        <v>11</v>
+      </c>
+      <c r="B270" t="s">
+        <v>871</v>
+      </c>
+      <c r="C270" t="s">
+        <v>872</v>
+      </c>
+      <c r="D270" t="s">
+        <v>873</v>
+      </c>
+      <c r="E270" t="s">
+        <v>874</v>
+      </c>
+      <c r="F270" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="271" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A271" t="s">
+        <v>11</v>
+      </c>
+      <c r="B271" t="s">
+        <v>875</v>
+      </c>
+      <c r="C271" t="s">
+        <v>25</v>
+      </c>
+      <c r="D271" t="s">
+        <v>876</v>
+      </c>
+      <c r="E271" t="s">
+        <v>877</v>
+      </c>
+      <c r="F271" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A272" t="s">
+        <v>11</v>
+      </c>
+      <c r="B272" t="s">
+        <v>879</v>
+      </c>
+      <c r="C272" t="s">
+        <v>25</v>
+      </c>
+      <c r="D272" t="s">
+        <v>880</v>
+      </c>
+      <c r="E272" t="s">
+        <v>881</v>
+      </c>
+      <c r="F272" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A273" t="s">
+        <v>11</v>
+      </c>
+      <c r="B273" t="s">
+        <v>75</v>
+      </c>
+      <c r="C273" t="s">
+        <v>413</v>
+      </c>
+      <c r="D273" t="s">
+        <v>882</v>
+      </c>
+      <c r="E273" t="s">
+        <v>883</v>
+      </c>
+      <c r="F273" t="s">
         <v>79</v>
       </c>
-      <c r="C251" t="s">
-[...423 lines deleted...]
-      <c r="E272" t="s">
+    </row>
+    <row r="274" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A274" t="s">
+        <v>11</v>
+      </c>
+      <c r="B274" t="s">
         <v>884</v>
       </c>
-      <c r="F272" t="s">
-[...7 lines deleted...]
-      <c r="B273" t="s">
+      <c r="C274" t="s">
+        <v>91</v>
+      </c>
+      <c r="D274" t="s">
         <v>885</v>
       </c>
-      <c r="C273" t="s">
-[...2 lines deleted...]
-      <c r="D273" t="s">
+      <c r="E274" t="s">
         <v>886</v>
       </c>
-      <c r="E273" t="s">
+      <c r="F274" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A275" t="s">
+        <v>57</v>
+      </c>
+      <c r="B275" t="s">
         <v>887</v>
       </c>
-      <c r="F273" t="s">
-[...7 lines deleted...]
-      <c r="B274" t="s">
+      <c r="C275" t="s">
+        <v>25</v>
+      </c>
+      <c r="D275" t="s">
         <v>888</v>
       </c>
-      <c r="C274" t="s">
-[...2 lines deleted...]
-      <c r="D274" t="s">
+      <c r="E275" t="s">
         <v>889</v>
       </c>
-      <c r="E274" t="s">
+      <c r="F275" t="s">
         <v>890</v>
       </c>
-      <c r="F274" t="s">
-[...13 lines deleted...]
-      <c r="D275" t="s">
+    </row>
+    <row r="276" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A276" t="s">
+        <v>11</v>
+      </c>
+      <c r="B276" t="s">
         <v>891</v>
       </c>
-      <c r="E275" t="s">
-[...10 lines deleted...]
-      <c r="B276" t="s">
+      <c r="C276" t="s">
+        <v>91</v>
+      </c>
+      <c r="D276" t="s">
         <v>892</v>
       </c>
-      <c r="C276" t="s">
-[...2 lines deleted...]
-      <c r="D276" t="s">
+      <c r="E276" t="s">
         <v>893</v>
       </c>
-      <c r="E276" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F276" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      <c r="A277" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="277" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A277" t="s">
         <v>11</v>
       </c>
       <c r="B277" t="s">
         <v>894</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>895</v>
       </c>
       <c r="E277" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="F277" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      <c r="A278" s="8" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A278" t="s">
         <v>11</v>
       </c>
       <c r="B278" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
+        <v>898</v>
+      </c>
+      <c r="E278" t="s">
+        <v>899</v>
+      </c>
+      <c r="F278" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A279" t="s">
+        <v>11</v>
+      </c>
+      <c r="B279" t="s">
+        <v>900</v>
+      </c>
+      <c r="C279" t="s">
+        <v>25</v>
+      </c>
+      <c r="D279" t="s">
+        <v>901</v>
+      </c>
+      <c r="E279" t="s">
+        <v>902</v>
+      </c>
+      <c r="F279" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A280" t="s">
+        <v>11</v>
+      </c>
+      <c r="B280" t="s">
         <v>897</v>
-      </c>
-[...32 lines deleted...]
-        <v>902</v>
       </c>
       <c r="C280" t="s">
         <v>25</v>
       </c>
       <c r="D280" t="s">
         <v>903</v>
       </c>
       <c r="E280" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="F280" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      <c r="A281" s="8" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A281" t="s">
         <v>11</v>
       </c>
       <c r="B281" t="s">
         <v>904</v>
       </c>
       <c r="C281" t="s">
-        <v>95</v>
+        <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>905</v>
       </c>
       <c r="E281" t="s">
+        <v>902</v>
+      </c>
+      <c r="F281" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A282" t="s">
+        <v>11</v>
+      </c>
+      <c r="B282" t="s">
         <v>906</v>
       </c>
-      <c r="F281" t="s">
-[...7 lines deleted...]
-      <c r="B282" t="s">
+      <c r="C282" t="s">
+        <v>25</v>
+      </c>
+      <c r="D282" t="s">
         <v>907</v>
       </c>
-      <c r="C282" t="s">
-[...2 lines deleted...]
-      <c r="D282" t="s">
+      <c r="E282" t="s">
+        <v>902</v>
+      </c>
+      <c r="F282" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A283" t="s">
+        <v>11</v>
+      </c>
+      <c r="B283" t="s">
         <v>908</v>
       </c>
-      <c r="E282" t="s">
+      <c r="C283" t="s">
+        <v>25</v>
+      </c>
+      <c r="D283" t="s">
         <v>909</v>
       </c>
-      <c r="F282" t="s">
-[...13 lines deleted...]
-      <c r="D283" t="s">
+      <c r="E283" t="s">
         <v>910</v>
       </c>
-      <c r="E283" t="s">
+      <c r="F283" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A284" t="s">
+        <v>11</v>
+      </c>
+      <c r="B284" t="s">
         <v>911</v>
-      </c>
-[...9 lines deleted...]
-        <v>907</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>912</v>
       </c>
       <c r="E284" t="s">
         <v>913</v>
       </c>
       <c r="F284" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="A285" s="8" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A285" t="s">
         <v>11</v>
       </c>
       <c r="B285" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="E285" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="F285" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="A286" s="8" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A286" t="s">
         <v>11</v>
       </c>
       <c r="B286" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="C286" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D286" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="E286" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="F286" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="A287" s="8" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A287" t="s">
         <v>11</v>
       </c>
       <c r="B287" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E287" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="F287" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="288" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A288" s="8" t="s">
+    <row r="288" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A288" t="s">
         <v>11</v>
       </c>
       <c r="B288" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="E288" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="F288" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="289" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A289" s="8" t="s">
+    <row r="289" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A289" t="s">
         <v>11</v>
       </c>
       <c r="B289" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="E289" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="F289" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="290" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A290" s="8" t="s">
+    <row r="290" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A290" t="s">
         <v>11</v>
       </c>
       <c r="B290" t="s">
-        <v>907</v>
+        <v>919</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="E290" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="F290" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="291" spans="1:6" x14ac:dyDescent="0.25">
-      <c r="A291" s="8" t="s">
+    <row r="291" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A291" t="s">
         <v>11</v>
       </c>
       <c r="B291" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="C291" t="s">
-        <v>926</v>
+        <v>25</v>
       </c>
       <c r="D291" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="E291" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="F291" t="s">
-        <v>25</v>
-[...3 lines deleted...]
-      <c r="A292" s="8" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A292" t="s">
         <v>11</v>
       </c>
       <c r="B292" t="s">
-        <v>929</v>
+        <v>919</v>
       </c>
       <c r="C292" t="s">
+        <v>25</v>
+      </c>
+      <c r="D292" t="s">
         <v>930</v>
       </c>
-      <c r="D292" t="s">
+      <c r="E292" t="s">
         <v>931</v>
       </c>
-      <c r="E292" t="s">
+      <c r="F292" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A293" t="s">
+        <v>11</v>
+      </c>
+      <c r="B293" t="s">
+        <v>919</v>
+      </c>
+      <c r="C293" t="s">
+        <v>25</v>
+      </c>
+      <c r="D293" t="s">
         <v>932</v>
       </c>
-      <c r="F292" t="s">
-[...7 lines deleted...]
-      <c r="B293" t="s">
+      <c r="E293" t="s">
         <v>933</v>
       </c>
-      <c r="C293" t="s">
-[...2 lines deleted...]
-      <c r="D293" t="s">
+      <c r="F293" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A294" t="s">
+        <v>11</v>
+      </c>
+      <c r="B294" t="s">
+        <v>919</v>
+      </c>
+      <c r="C294" t="s">
+        <v>25</v>
+      </c>
+      <c r="D294" t="s">
         <v>934</v>
       </c>
-      <c r="E293" t="s">
+      <c r="E294" t="s">
         <v>935</v>
       </c>
-      <c r="F293" t="s">
-[...7 lines deleted...]
-      <c r="B294" t="s">
+      <c r="F294" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A295" t="s">
+        <v>11</v>
+      </c>
+      <c r="B295" t="s">
+        <v>919</v>
+      </c>
+      <c r="C295" t="s">
+        <v>25</v>
+      </c>
+      <c r="D295" t="s">
         <v>936</v>
       </c>
-      <c r="C294" t="s">
-[...2 lines deleted...]
-      <c r="D294" t="s">
+      <c r="E295" t="s">
+        <v>935</v>
+      </c>
+      <c r="F295" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A296" t="s">
+        <v>11</v>
+      </c>
+      <c r="B296" t="s">
         <v>937</v>
       </c>
-      <c r="E294" t="s">
+      <c r="C296" t="s">
         <v>938</v>
       </c>
-      <c r="F294" t="s">
-[...7 lines deleted...]
-      <c r="B295" t="s">
+      <c r="D296" t="s">
         <v>939</v>
       </c>
-      <c r="C295" t="s">
-[...2 lines deleted...]
-      <c r="D295" t="s">
+      <c r="E296" t="s">
         <v>940</v>
       </c>
-      <c r="E295" t="s">
+      <c r="F296" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A297" t="s">
+        <v>11</v>
+      </c>
+      <c r="B297" t="s">
         <v>941</v>
       </c>
-      <c r="F295" t="s">
-[...7 lines deleted...]
-      <c r="B296" t="s">
+      <c r="C297" t="s">
         <v>942</v>
       </c>
-      <c r="C296" t="s">
-[...2 lines deleted...]
-      <c r="D296" t="s">
+      <c r="D297" t="s">
         <v>943</v>
       </c>
-      <c r="E296" t="s">
+      <c r="E297" t="s">
         <v>944</v>
       </c>
-      <c r="F296" t="s">
-[...7 lines deleted...]
-      <c r="B297" t="s">
+      <c r="F297" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A298" t="s">
+        <v>11</v>
+      </c>
+      <c r="B298" t="s">
         <v>945</v>
       </c>
-      <c r="C297" t="s">
-[...2 lines deleted...]
-      <c r="D297" t="s">
+      <c r="C298" t="s">
+        <v>91</v>
+      </c>
+      <c r="D298" t="s">
         <v>946</v>
       </c>
-      <c r="E297" t="s">
+      <c r="E298" t="s">
         <v>947</v>
       </c>
-      <c r="F297" t="s">
-[...7 lines deleted...]
-      <c r="B298" t="s">
+      <c r="F298" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A299" t="s">
+        <v>11</v>
+      </c>
+      <c r="B299" t="s">
         <v>948</v>
       </c>
-      <c r="C298" t="s">
-[...2 lines deleted...]
-      <c r="D298" t="s">
+      <c r="C299" t="s">
+        <v>91</v>
+      </c>
+      <c r="D299" t="s">
         <v>949</v>
       </c>
-      <c r="E298" t="s">
+      <c r="E299" t="s">
         <v>950</v>
       </c>
-      <c r="F298" t="s">
-[...7 lines deleted...]
-      <c r="B299" t="s">
+      <c r="F299" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A300" t="s">
+        <v>11</v>
+      </c>
+      <c r="B300" t="s">
         <v>951</v>
       </c>
-      <c r="C299" t="s">
-[...2 lines deleted...]
-      <c r="D299" t="s">
+      <c r="C300" t="s">
+        <v>525</v>
+      </c>
+      <c r="D300" t="s">
         <v>952</v>
       </c>
-      <c r="E299" t="s">
+      <c r="E300" t="s">
         <v>953</v>
       </c>
-      <c r="F299" t="s">
-[...7 lines deleted...]
-      <c r="B300" t="s">
+      <c r="F300" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A301" t="s">
+        <v>57</v>
+      </c>
+      <c r="B301" t="s">
         <v>954</v>
       </c>
-      <c r="C300" t="s">
-[...2 lines deleted...]
-      <c r="D300" t="s">
+      <c r="C301" t="s">
+        <v>25</v>
+      </c>
+      <c r="D301" t="s">
         <v>955</v>
       </c>
-      <c r="E300" t="s">
+      <c r="E301" t="s">
         <v>956</v>
       </c>
-      <c r="F300" t="s">
-[...7 lines deleted...]
-      <c r="B301" t="s">
+      <c r="F301" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A302" t="s">
+        <v>11</v>
+      </c>
+      <c r="B302" t="s">
         <v>957</v>
       </c>
-      <c r="C301" t="s">
-[...2 lines deleted...]
-      <c r="D301" t="s">
+      <c r="C302" t="s">
+        <v>91</v>
+      </c>
+      <c r="D302" t="s">
         <v>958</v>
       </c>
-      <c r="E301" t="s">
+      <c r="E302" t="s">
         <v>959</v>
       </c>
-      <c r="F301" t="s">
-[...7 lines deleted...]
-      <c r="B302" t="s">
+      <c r="F302" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A303" t="s">
+        <v>11</v>
+      </c>
+      <c r="B303" t="s">
         <v>960</v>
       </c>
-      <c r="C302" t="s">
+      <c r="C303" t="s">
+        <v>91</v>
+      </c>
+      <c r="D303" t="s">
         <v>961</v>
       </c>
-      <c r="D302" t="s">
+      <c r="E303" t="s">
         <v>962</v>
       </c>
-      <c r="E302" t="s">
+      <c r="F303" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A304" t="s">
+        <v>11</v>
+      </c>
+      <c r="B304" t="s">
         <v>963</v>
       </c>
-      <c r="F302" t="s">
-[...7 lines deleted...]
-      <c r="B303" t="s">
+      <c r="C304" t="s">
+        <v>91</v>
+      </c>
+      <c r="D304" t="s">
         <v>964</v>
       </c>
-      <c r="C303" t="s">
+      <c r="E304" t="s">
         <v>965</v>
       </c>
-      <c r="D303" t="s">
+      <c r="F304" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A305" t="s">
+        <v>11</v>
+      </c>
+      <c r="B305" t="s">
         <v>966</v>
       </c>
-      <c r="E303" t="s">
+      <c r="C305" t="s">
+        <v>91</v>
+      </c>
+      <c r="D305" t="s">
         <v>967</v>
       </c>
-      <c r="F303" t="s">
+      <c r="E305" t="s">
+        <v>968</v>
+      </c>
+      <c r="F305" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A306" t="s">
+        <v>57</v>
+      </c>
+      <c r="B306" t="s">
+        <v>969</v>
+      </c>
+      <c r="C306" t="s">
+        <v>91</v>
+      </c>
+      <c r="D306" t="s">
+        <v>970</v>
+      </c>
+      <c r="E306" t="s">
+        <v>971</v>
+      </c>
+      <c r="F306" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A307" t="s">
+        <v>11</v>
+      </c>
+      <c r="B307" t="s">
+        <v>972</v>
+      </c>
+      <c r="C307" t="s">
+        <v>973</v>
+      </c>
+      <c r="D307" t="s">
+        <v>974</v>
+      </c>
+      <c r="E307" t="s">
+        <v>975</v>
+      </c>
+      <c r="F307" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A308" t="s">
+        <v>11</v>
+      </c>
+      <c r="B308" t="s">
+        <v>976</v>
+      </c>
+      <c r="C308" t="s">
+        <v>977</v>
+      </c>
+      <c r="D308" t="s">
+        <v>978</v>
+      </c>
+      <c r="E308" t="s">
+        <v>979</v>
+      </c>
+      <c r="F308" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="304" spans="1:6" x14ac:dyDescent="0.25">
-[...69 lines deleted...]
-      <c r="D307" t="s">
+    <row r="309" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A309" t="s">
+        <v>11</v>
+      </c>
+      <c r="B309" t="s">
         <v>980</v>
       </c>
-      <c r="E307" t="s">
+      <c r="C309" t="s">
         <v>981</v>
       </c>
-      <c r="F307" t="s">
-[...7 lines deleted...]
-      <c r="B308" t="s">
+      <c r="D309" t="s">
         <v>982</v>
       </c>
-      <c r="C308" t="s">
-[...2 lines deleted...]
-      <c r="D308" t="s">
+      <c r="E309" t="s">
         <v>983</v>
       </c>
-      <c r="E308" t="s">
+      <c r="F309" t="s">
         <v>984</v>
       </c>
-      <c r="F308" t="s">
-[...7 lines deleted...]
-      <c r="B309" t="s">
+    </row>
+    <row r="310" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A310" t="s">
+        <v>74</v>
+      </c>
+      <c r="B310" t="s">
         <v>985</v>
       </c>
-      <c r="C309" t="s">
+      <c r="C310" t="s">
+        <v>981</v>
+      </c>
+      <c r="D310" t="s">
         <v>986</v>
       </c>
-      <c r="D309" t="s">
+      <c r="E310" t="s">
         <v>987</v>
       </c>
-      <c r="E309" t="s">
+      <c r="F310" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A311" t="s">
+        <v>11</v>
+      </c>
+      <c r="B311" t="s">
         <v>988</v>
       </c>
-      <c r="F309" t="s">
-[...7 lines deleted...]
-      <c r="B310" t="s">
+      <c r="C311" t="s">
+        <v>981</v>
+      </c>
+      <c r="D311" t="s">
         <v>989</v>
       </c>
-      <c r="C310" t="s">
+      <c r="E311" t="s">
         <v>990</v>
       </c>
-      <c r="D310" t="s">
+      <c r="F311" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A312" t="s">
+        <v>57</v>
+      </c>
+      <c r="B312" t="s">
         <v>991</v>
       </c>
-      <c r="E310" t="s">
+      <c r="C312" t="s">
+        <v>981</v>
+      </c>
+      <c r="D312" t="s">
         <v>992</v>
       </c>
-      <c r="F310" t="s">
+      <c r="E312" t="s">
+        <v>993</v>
+      </c>
+      <c r="F312" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A313" t="s">
+        <v>11</v>
+      </c>
+      <c r="B313" t="s">
+        <v>994</v>
+      </c>
+      <c r="C313" t="s">
+        <v>981</v>
+      </c>
+      <c r="D313" t="s">
+        <v>995</v>
+      </c>
+      <c r="E313" t="s">
+        <v>996</v>
+      </c>
+      <c r="F313" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A314" t="s">
+        <v>11</v>
+      </c>
+      <c r="B314" t="s">
+        <v>997</v>
+      </c>
+      <c r="C314" t="s">
+        <v>998</v>
+      </c>
+      <c r="D314" t="s">
+        <v>999</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F314" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A315" t="s">
+        <v>11</v>
+      </c>
+      <c r="B315" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1002</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E315" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F315" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="311" spans="1:6" x14ac:dyDescent="0.25">
-[...72 lines deleted...]
-      <c r="E314" t="s">
+    <row r="316" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A316" t="s">
+        <v>11</v>
+      </c>
+      <c r="B316" t="s">
         <v>1005</v>
       </c>
-      <c r="F314" t="s">
-[...7 lines deleted...]
-      <c r="B315" t="s">
+      <c r="C316" t="s">
+        <v>91</v>
+      </c>
+      <c r="D316" t="s">
         <v>1006</v>
       </c>
-      <c r="C315" t="s">
-[...2 lines deleted...]
-      <c r="D315" t="s">
+      <c r="E316" t="s">
         <v>1007</v>
       </c>
-      <c r="E315" t="s">
+      <c r="F316" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A317" t="s">
+        <v>11</v>
+      </c>
+      <c r="B317" t="s">
         <v>1008</v>
       </c>
-      <c r="F315" t="s">
-[...7 lines deleted...]
-      <c r="B316" t="s">
+      <c r="C317" t="s">
+        <v>91</v>
+      </c>
+      <c r="D317" t="s">
         <v>1009</v>
       </c>
-      <c r="C316" t="s">
-[...2 lines deleted...]
-      <c r="D316" t="s">
+      <c r="E317" t="s">
         <v>1010</v>
       </c>
-      <c r="E316" t="s">
+      <c r="F317" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A318" t="s">
+        <v>11</v>
+      </c>
+      <c r="B318" t="s">
         <v>1011</v>
       </c>
-      <c r="F316" t="s">
-[...7 lines deleted...]
-      <c r="B317" t="s">
+      <c r="C318" t="s">
         <v>1012</v>
       </c>
-      <c r="C317" t="s">
+      <c r="D318" t="s">
         <v>1013</v>
       </c>
-      <c r="D317" t="s">
+      <c r="E318" t="s">
         <v>1014</v>
       </c>
-      <c r="E317" t="s">
+      <c r="F318" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A319" t="s">
+        <v>11</v>
+      </c>
+      <c r="B319" t="s">
         <v>1015</v>
       </c>
-      <c r="F317" t="s">
-[...7 lines deleted...]
-      <c r="B318" t="s">
+      <c r="C319" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D319" t="s">
         <v>1016</v>
       </c>
-      <c r="C318" t="s">
-[...2 lines deleted...]
-      <c r="D318" t="s">
+      <c r="E319" t="s">
         <v>1017</v>
       </c>
-      <c r="E318" t="s">
+      <c r="F319" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A320" t="s">
+        <v>270</v>
+      </c>
+      <c r="B320" t="s">
         <v>1018</v>
       </c>
-      <c r="F318" t="s">
-[...7 lines deleted...]
-      <c r="B319" t="s">
+      <c r="C320" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D320" t="s">
         <v>1019</v>
       </c>
-      <c r="C319" t="s">
-[...2 lines deleted...]
-      <c r="D319" t="s">
+      <c r="E320" t="s">
         <v>1020</v>
       </c>
-      <c r="E319" t="s">
+      <c r="F320" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A321" t="s">
+        <v>11</v>
+      </c>
+      <c r="B321" t="s">
         <v>1021</v>
       </c>
-      <c r="F319" t="s">
-[...7 lines deleted...]
-      <c r="B320" t="s">
+      <c r="C321" t="s">
+        <v>1012</v>
+      </c>
+      <c r="D321" t="s">
         <v>1022</v>
       </c>
-      <c r="C320" t="s">
-[...2 lines deleted...]
-      <c r="D320" t="s">
+      <c r="E321" t="s">
         <v>1023</v>
       </c>
-      <c r="E320" t="s">
+      <c r="F321" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A322" t="s">
+        <v>11</v>
+      </c>
+      <c r="B322" t="s">
         <v>1024</v>
       </c>
-      <c r="F320" t="s">
+      <c r="C322" t="s">
         <v>1025</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B321" t="s">
+      <c r="D322" t="s">
         <v>1026</v>
       </c>
-      <c r="C321" t="s">
-[...2 lines deleted...]
-      <c r="D321" t="s">
+      <c r="E322" t="s">
         <v>1027</v>
       </c>
-      <c r="E321" t="s">
+      <c r="F322" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="323" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A323" t="s">
+        <v>11</v>
+      </c>
+      <c r="B323" t="s">
         <v>1028</v>
       </c>
-      <c r="F321" t="s">
-[...7 lines deleted...]
-      <c r="B322" t="s">
+      <c r="C323" t="s">
+        <v>91</v>
+      </c>
+      <c r="D323" t="s">
         <v>1029</v>
       </c>
-      <c r="C322" t="s">
-[...2 lines deleted...]
-      <c r="D322" t="s">
+      <c r="E323" t="s">
         <v>1030</v>
       </c>
-      <c r="E322" t="s">
+      <c r="F323" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A324" t="s">
+        <v>11</v>
+      </c>
+      <c r="B324" t="s">
         <v>1031</v>
       </c>
-      <c r="F322" t="s">
-[...7 lines deleted...]
-      <c r="B323" t="s">
+      <c r="C324" t="s">
+        <v>91</v>
+      </c>
+      <c r="D324" t="s">
         <v>1032</v>
       </c>
-      <c r="C323" t="s">
-[...2 lines deleted...]
-      <c r="D323" t="s">
+      <c r="E324" t="s">
         <v>1033</v>
       </c>
-      <c r="E323" t="s">
+      <c r="F324" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A325" t="s">
+        <v>11</v>
+      </c>
+      <c r="B325" t="s">
         <v>1034</v>
       </c>
-      <c r="F323" t="s">
-[...7 lines deleted...]
-      <c r="B324" t="s">
+      <c r="C325" t="s">
+        <v>25</v>
+      </c>
+      <c r="D325" t="s">
         <v>1035</v>
       </c>
-      <c r="C324" t="s">
-[...2 lines deleted...]
-      <c r="D324" t="s">
+      <c r="E325" t="s">
         <v>1036</v>
       </c>
-      <c r="E324" t="s">
+      <c r="F325" t="s">
         <v>1037</v>
       </c>
-      <c r="F324" t="s">
-[...7 lines deleted...]
-      <c r="B325" t="s">
+    </row>
+    <row r="326" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A326" t="s">
+        <v>11</v>
+      </c>
+      <c r="B326" t="s">
         <v>1038</v>
       </c>
-      <c r="C325" t="s">
-[...2 lines deleted...]
-      <c r="D325" t="s">
+      <c r="C326" t="s">
+        <v>25</v>
+      </c>
+      <c r="D326" t="s">
         <v>1039</v>
       </c>
-      <c r="E325" t="s">
+      <c r="E326" t="s">
         <v>1040</v>
       </c>
-      <c r="F325" t="s">
-[...7 lines deleted...]
-      <c r="B326" t="s">
+      <c r="F326" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A327" t="s">
+        <v>11</v>
+      </c>
+      <c r="B327" t="s">
         <v>1041</v>
       </c>
-      <c r="C326" t="s">
-[...2 lines deleted...]
-      <c r="D326" t="s">
+      <c r="C327" t="s">
+        <v>25</v>
+      </c>
+      <c r="D327" t="s">
         <v>1042</v>
       </c>
-      <c r="E326" t="s">
+      <c r="E327" t="s">
         <v>1043</v>
       </c>
-      <c r="F326" t="s">
+      <c r="F327" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A328" t="s">
+        <v>11</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C328" t="s">
+        <v>25</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1045</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1046</v>
+      </c>
+      <c r="F328" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A329" t="s">
+        <v>11</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C329" t="s">
+        <v>25</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A330" t="s">
+        <v>11</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C330" t="s">
+        <v>91</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1051</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F330" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A331" t="s">
+        <v>11</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C331" t="s">
+        <v>413</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F331" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="327" spans="1:6" x14ac:dyDescent="0.25">
-[...63 lines deleted...]
-      <c r="B330" t="s">
+    <row r="332" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A332" t="s">
+        <v>11</v>
+      </c>
+      <c r="B332" t="s">
         <v>1056</v>
       </c>
-      <c r="C330" t="s">
-[...2 lines deleted...]
-      <c r="D330" t="s">
+      <c r="C332" t="s">
         <v>1057</v>
       </c>
-      <c r="E330" t="s">
+      <c r="D332" t="s">
         <v>1058</v>
       </c>
-      <c r="F330" t="s">
+      <c r="E332" t="s">
         <v>1059</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B331" t="s">
+      <c r="F332" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A333" t="s">
+        <v>11</v>
+      </c>
+      <c r="B333" t="s">
         <v>1060</v>
-      </c>
-[...38 lines deleted...]
-        <v>1067</v>
       </c>
       <c r="C333" t="s">
         <v>1061</v>
       </c>
       <c r="D333" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F333" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A334" t="s">
+        <v>11</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C334" t="s">
+        <v>25</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A335" t="s">
+        <v>11</v>
+      </c>
+      <c r="B335" t="s">
         <v>1068</v>
       </c>
-      <c r="E333" t="s">
+      <c r="C335" t="s">
+        <v>25</v>
+      </c>
+      <c r="D335" t="s">
         <v>1069</v>
       </c>
-      <c r="F333" t="s">
-[...7 lines deleted...]
-      <c r="B334" t="s">
+      <c r="E335" t="s">
         <v>1070</v>
       </c>
-      <c r="C334" t="s">
-[...2 lines deleted...]
-      <c r="D334" t="s">
+      <c r="F335" t="s">
         <v>1071</v>
       </c>
-      <c r="E334" t="s">
+    </row>
+    <row r="336" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A336" t="s">
+        <v>11</v>
+      </c>
+      <c r="B336" t="s">
         <v>1072</v>
       </c>
-      <c r="F334" t="s">
-[...7 lines deleted...]
-      <c r="B335" t="s">
+      <c r="C336" t="s">
         <v>1073</v>
       </c>
-      <c r="C335" t="s">
-[...2 lines deleted...]
-      <c r="D335" t="s">
+      <c r="D336" t="s">
         <v>1074</v>
       </c>
-      <c r="E335" t="s">
+      <c r="E336" t="s">
         <v>1075</v>
       </c>
-      <c r="F335" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="F336" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="337" spans="1:6" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>271</v>
+    <row r="337" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A337" t="s">
+        <v>11</v>
       </c>
       <c r="B337" t="s">
         <v>1076</v>
       </c>
       <c r="C337" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="D337" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F337" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A338" t="s">
+        <v>74</v>
+      </c>
+      <c r="B338" t="s">
         <v>1079</v>
       </c>
-      <c r="E337" t="s">
+      <c r="C338" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D338" t="s">
         <v>1080</v>
       </c>
-      <c r="F337" t="s">
-[...7 lines deleted...]
-      <c r="B338" t="s">
+      <c r="E338" t="s">
         <v>1081</v>
       </c>
-      <c r="C338" t="s">
-[...2 lines deleted...]
-      <c r="D338" t="s">
+      <c r="F338" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="339" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A339" t="s">
+        <v>11</v>
+      </c>
+      <c r="B339" t="s">
         <v>1082</v>
       </c>
-      <c r="E338" t="s">
+      <c r="C339" t="s">
+        <v>25</v>
+      </c>
+      <c r="D339" t="s">
         <v>1083</v>
       </c>
-      <c r="F338" t="s">
-[...7 lines deleted...]
-      <c r="B339" t="s">
+      <c r="E339" t="s">
         <v>1084</v>
       </c>
-      <c r="C339" t="s">
-[...2 lines deleted...]
-      <c r="D339" t="s">
+      <c r="F339" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A340" t="s">
+        <v>11</v>
+      </c>
+      <c r="B340" t="s">
         <v>1085</v>
       </c>
-      <c r="E339" t="s">
+      <c r="C340" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D340" t="s">
         <v>1086</v>
       </c>
-      <c r="F339" t="s">
-[...7 lines deleted...]
-      <c r="B340" t="s">
+      <c r="E340" t="s">
         <v>1087</v>
       </c>
-      <c r="C340" t="s">
-[...2 lines deleted...]
-      <c r="D340" t="s">
+      <c r="F340" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A341" t="s">
+        <v>11</v>
+      </c>
+      <c r="B341" t="s">
         <v>1088</v>
       </c>
-      <c r="E340" t="s">
+      <c r="C341" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D341" t="s">
         <v>1089</v>
       </c>
-      <c r="F340" t="s">
+      <c r="E341" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F341" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A342" t="s">
+        <v>270</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C342" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F342" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A343" t="s">
+        <v>11</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C343" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F343" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A344" t="s">
+        <v>11</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C344" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F344" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A345" t="s">
+        <v>11</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C345" t="s">
+        <v>25</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1100</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1101</v>
+      </c>
+      <c r="F345" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="341" spans="1:6" x14ac:dyDescent="0.25">
-[...55 lines deleted...]
-      <c r="F343" t="s">
+    <row r="346" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A346" t="s">
+        <v>74</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F346" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A347" t="s">
+        <v>11</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C347" t="s">
+        <v>25</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1107</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F347" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A348" t="s">
+        <v>11</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F348" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="344" spans="1:6" x14ac:dyDescent="0.25">
-[...72 lines deleted...]
-      <c r="E347" t="s">
+    <row r="349" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A349" t="s">
+        <v>11</v>
+      </c>
+      <c r="B349" t="s">
         <v>1113</v>
       </c>
-      <c r="F347" t="s">
-[...7 lines deleted...]
-      <c r="B348" t="s">
+      <c r="C349" t="s">
+        <v>525</v>
+      </c>
+      <c r="D349" t="s">
         <v>1114</v>
       </c>
-      <c r="C348" t="s">
+      <c r="E349" t="s">
         <v>1115</v>
       </c>
-      <c r="D348" t="s">
+      <c r="F349" t="s">
         <v>1116</v>
       </c>
-      <c r="E348" t="s">
+    </row>
+    <row r="350" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A350" t="s">
+        <v>11</v>
+      </c>
+      <c r="B350" t="s">
         <v>1117</v>
       </c>
-      <c r="F348" t="s">
-[...7 lines deleted...]
-      <c r="B349" t="s">
+      <c r="C350" t="s">
         <v>1118</v>
       </c>
-      <c r="C349" t="s">
-[...2 lines deleted...]
-      <c r="D349" t="s">
+      <c r="D350" t="s">
         <v>1119</v>
       </c>
-      <c r="E349" t="s">
+      <c r="E350" t="s">
         <v>1120</v>
       </c>
-      <c r="F349" t="s">
-[...7 lines deleted...]
-      <c r="B350" t="s">
+      <c r="F350" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A351" t="s">
+        <v>11</v>
+      </c>
+      <c r="B351" t="s">
         <v>1121</v>
       </c>
-      <c r="C350" t="s">
-[...2 lines deleted...]
-      <c r="D350" t="s">
+      <c r="C351" t="s">
+        <v>25</v>
+      </c>
+      <c r="D351" t="s">
         <v>1122</v>
       </c>
-      <c r="E350" t="s">
+      <c r="E351" t="s">
         <v>1123</v>
       </c>
-      <c r="F350" t="s">
-[...7 lines deleted...]
-      <c r="B351" t="s">
+      <c r="F351" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A352" t="s">
+        <v>11</v>
+      </c>
+      <c r="B352" t="s">
         <v>1124</v>
       </c>
-      <c r="C351" t="s">
-[...2 lines deleted...]
-      <c r="D351" t="s">
+      <c r="C352" t="s">
+        <v>99</v>
+      </c>
+      <c r="D352" t="s">
         <v>1125</v>
       </c>
-      <c r="E351" t="s">
+      <c r="E352" t="s">
         <v>1126</v>
       </c>
-      <c r="F351" t="s">
-[...7 lines deleted...]
-      <c r="B352" t="s">
+      <c r="F352" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A353" t="s">
+        <v>11</v>
+      </c>
+      <c r="B353" t="s">
         <v>1127</v>
       </c>
-      <c r="C352" t="s">
-[...2 lines deleted...]
-      <c r="D352" t="s">
+      <c r="C353" t="s">
         <v>1128</v>
       </c>
-      <c r="E352" t="s">
+      <c r="D353" t="s">
         <v>1129</v>
       </c>
-      <c r="F352" t="s">
-[...7 lines deleted...]
-      <c r="B353" t="s">
+      <c r="E353" t="s">
         <v>1130</v>
       </c>
-      <c r="C353" t="s">
-[...2 lines deleted...]
-      <c r="D353" t="s">
+      <c r="F353" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A354" t="s">
+        <v>11</v>
+      </c>
+      <c r="B354" t="s">
         <v>1131</v>
       </c>
-      <c r="E353" t="s">
+      <c r="C354" t="s">
+        <v>766</v>
+      </c>
+      <c r="D354" t="s">
         <v>1132</v>
       </c>
-      <c r="F353" t="s">
+      <c r="E354" t="s">
         <v>1133</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="F358"/>
+      <c r="F354" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A355" t="s">
+        <v>11</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C355" t="s">
+        <v>91</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1135</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F355" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A356" t="s">
+        <v>11</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C356" t="s">
+        <v>91</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F356" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A357" t="s">
+        <v>11</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C357" t="s">
+        <v>91</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F357" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A358" t="s">
+        <v>57</v>
+      </c>
+      <c r="B358" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C358" t="s">
+        <v>25</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A359"/>
+      <c r="B359"/>
+      <c r="C359"/>
+      <c r="D359"/>
+      <c r="E359"/>
+      <c r="F359"/>
+    </row>
+    <row r="360" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A360"/>
+      <c r="B360"/>
+      <c r="C360"/>
+      <c r="D360"/>
+      <c r="E360"/>
+      <c r="F360"/>
+    </row>
+    <row r="361" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A361"/>
+      <c r="B361"/>
+      <c r="C361"/>
+      <c r="D361"/>
+      <c r="E361"/>
+      <c r="F361"/>
+    </row>
+    <row r="362" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A362"/>
+      <c r="B362"/>
+      <c r="C362"/>
+      <c r="D362"/>
+      <c r="E362"/>
+      <c r="F362"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:O491">
-[...1 lines deleted...]
-    <sortCondition ref="A4:A491"/>
+  <autoFilter ref="A3:F360" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:O495">
+    <sortCondition ref="E4:E495"/>
+    <sortCondition ref="A4:A495"/>
   </sortState>
-  <mergeCells count="3">
-    <mergeCell ref="A2:F2"/>
+  <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82DB6F30-940A-4906-B41A-BB4492CA8DF4}">
-  <dimension ref="A1:F4"/>
+  <dimension ref="A1:F7"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="A4" sqref="A4:XFD4"/>
+      <selection pane="bottomLeft" activeCell="D15" sqref="D15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="20.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="20.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="29.5703125" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="60" customWidth="1"/>
+    <col min="1" max="1" width="29.54296875" customWidth="1"/>
+    <col min="3" max="3" width="30.26953125" customWidth="1"/>
+    <col min="4" max="4" width="38.7265625" customWidth="1"/>
+    <col min="5" max="5" width="58.54296875" customWidth="1"/>
+    <col min="6" max="6" width="75" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="1" customFormat="1" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1">
-[...2 lines deleted...]
-      <c r="C1" s="7" t="s">
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1.5">
+      <c r="A1" s="3"/>
+      <c r="B1" s="3"/>
+      <c r="C1" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="D1" s="4"/>
+      <c r="E1" s="3"/>
+      <c r="F1" s="3"/>
+    </row>
+    <row r="2" spans="1:6" s="1" customFormat="1" ht="102" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A2" s="5" t="s">
         <v>9</v>
       </c>
-      <c r="D1" s="7"/>
-[...13 lines deleted...]
-    <row r="3" spans="1:6" s="1" customFormat="1" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="B2" s="6"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="6"/>
+      <c r="E2" s="6"/>
+      <c r="F2" s="7"/>
+    </row>
+    <row r="3" spans="1:6" s="1" customFormat="1" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="1">
       <c r="A3" s="2" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A4" t="s">
+        <v>57</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C4" t="s">
+        <v>25</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F4" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A5" t="s">
+        <v>57</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F5" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A6" t="s">
+        <v>57</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C6" t="s">
+        <v>529</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.35">
+      <c r="A7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F7" t="s">
+        <v>599</v>
+      </c>
+    </row>
   </sheetData>
-  <mergeCells count="3">
+  <autoFilter ref="A3:F3" xr:uid="{82DB6F30-940A-4906-B41A-BB4492CA8DF4}"/>
+  <mergeCells count="2">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:F1"/>
-    <mergeCell ref="A2:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PA Medical Benefit Drugs</vt:lpstr>
       <vt:lpstr>Termed PA Medical Benefit Drugs</vt:lpstr>