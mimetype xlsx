--- v2 (2026-01-30)
+++ v3 (2026-03-17)
@@ -2,3629 +2,3754 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\MICHADAY\OneDrive - Quartz Benefits\Documents\Ticket Downloads\Jan 1 Updates\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Pharmacy Program\Medical Benefits\Medical Benefits posting to website\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{81DEE786-9093-46E5-98A1-628624BAF10B}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4A45279-9E95-4A0A-ADD6-15B729DBCCDC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="25440" windowHeight="15270" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="PA Medical Benefit Drugs" sheetId="1" r:id="rId1"/>
     <sheet name="Termed PA Medical Benefit Drugs" sheetId="2" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PA Medical Benefit Drugs'!$A$3:$F$360</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Termed PA Medical Benefit Drugs'!$A$3:$F$3</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'PA Medical Benefit Drugs'!$A$3:$F$381</definedName>
   </definedNames>
   <calcPr calcId="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2170" uniqueCount="1162">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2284" uniqueCount="1204">
   <si>
     <t>HCPCS Code</t>
   </si>
   <si>
     <t>Brand Name</t>
   </si>
   <si>
     <t>Generic Name</t>
   </si>
   <si>
     <t>Comments Pharmacy Benefits Program</t>
   </si>
   <si>
     <t>MCG PA Criteria Code</t>
   </si>
   <si>
     <t>PA Effective Date</t>
   </si>
   <si>
     <t>Restricted Medical Benefit Drug List</t>
   </si>
   <si>
     <t>PA Term Date</t>
   </si>
   <si>
     <t>Recent Medical Benefit Drug Restriction Removals</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">•This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products no longer require a prior authorization for coverage. *
 *Products will be listed for one month after the restriction has been removed.  If no drugs are listed there have been no recent medical benefit drug restriction removals.
 </t>
     </r>
   </si>
   <si>
+    <t>07/01/2025</t>
+  </si>
+  <si>
+    <t>J0129</t>
+  </si>
+  <si>
+    <t>DC-0084</t>
+  </si>
+  <si>
+    <t>ORENCIA      INJ 250MG</t>
+  </si>
+  <si>
+    <t>ABATACEPT FOR IV SOLN 250 MG</t>
+  </si>
+  <si>
+    <t>Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J0586</t>
+  </si>
+  <si>
+    <t>DB-0016</t>
+  </si>
+  <si>
+    <t>DYSPORT      INJ</t>
+  </si>
+  <si>
+    <t>ABOBOTULINUMTOXINA FOR IM INJ</t>
+  </si>
+  <si>
+    <t>Medicaid criteria, Administration codes 64615 &amp; 52287 require PA</t>
+  </si>
+  <si>
+    <t>DC-0130</t>
+  </si>
+  <si>
+    <t>Administration codes 64615 &amp; 52287 require PA</t>
+  </si>
+  <si>
+    <t>J0139</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>ADALIMUMAB BIOSIM- PFS, AUTO INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J0135</t>
+  </si>
+  <si>
+    <t>HUMIRA       INJ - PFS, AUTO INJ</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB -PFS, AUTO INJ</t>
+  </si>
+  <si>
+    <t>Q5144</t>
+  </si>
+  <si>
+    <t>IDACIO</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-AACF</t>
+  </si>
+  <si>
+    <t>Q5141</t>
+  </si>
+  <si>
+    <t>YUFLYMA</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-AATY</t>
+  </si>
+  <si>
+    <t>Q5143</t>
+  </si>
+  <si>
+    <t>CYLTEZO</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-ADBM</t>
+  </si>
+  <si>
+    <t>Q5145</t>
+  </si>
+  <si>
+    <t>ABRILADA</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-AFZB</t>
+  </si>
+  <si>
+    <t>Q5140</t>
+  </si>
+  <si>
+    <t>HULIO</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-FKJP</t>
+  </si>
+  <si>
+    <t>Q5142</t>
+  </si>
+  <si>
+    <t>SIMLANDI</t>
+  </si>
+  <si>
+    <t>ADALIMUMAB-RYVK</t>
+  </si>
+  <si>
+    <t>J7171</t>
+  </si>
+  <si>
+    <t>DC-0127</t>
+  </si>
+  <si>
+    <t>ADZYNMA      KIT 500IU</t>
+  </si>
+  <si>
+    <t>ADAMTS13 RECOMBINANT-KRHN FOR INJ KIT 500 UNIT</t>
+  </si>
+  <si>
+    <t>J7352</t>
+  </si>
+  <si>
+    <t>DC-004</t>
+  </si>
+  <si>
+    <t>SCENESSE</t>
+  </si>
+  <si>
+    <t>AFAMELANOTIDE ACETATE IMPLANT</t>
+  </si>
+  <si>
+    <t>01/01/2026</t>
+  </si>
+  <si>
+    <t>Q2057</t>
+  </si>
+  <si>
+    <t>DC-0132</t>
+  </si>
+  <si>
+    <t>TECELRA      SUS</t>
+  </si>
+  <si>
+    <t>AFAMITRESGENE AUTOLEUCEL IV SUSP 10,000,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion except for self-funded and state of WI ETF-sponsored plans, Medicaid coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0180</t>
+  </si>
+  <si>
+    <t>DC-005</t>
+  </si>
+  <si>
+    <t>FABRAZYME</t>
+  </si>
+  <si>
+    <t>AGALSIDASE BETA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0202</t>
+  </si>
+  <si>
+    <t>DC-0095</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>ALEMTUZUMAB IV INJ</t>
+  </si>
+  <si>
+    <t>J0221</t>
+  </si>
+  <si>
+    <t>DC-0013</t>
+  </si>
+  <si>
+    <t>LUMIZYME</t>
+  </si>
+  <si>
+    <t>ALGLUCOSIDASE ALFA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>04/01/2025</t>
+  </si>
+  <si>
+    <t>MISC</t>
+  </si>
+  <si>
+    <t>DC-0131</t>
+  </si>
+  <si>
+    <t>RETHYMIC</t>
+  </si>
+  <si>
+    <t>ALLOGENEIC PROCESSED THYMUS TISSUE -AGDC</t>
+  </si>
+  <si>
+    <t>Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J0256</t>
+  </si>
+  <si>
+    <t>DC-007</t>
+  </si>
+  <si>
+    <t>ARALAST NP   INJ</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>ZEMAIRA      INJ</t>
+  </si>
+  <si>
+    <t>PROLASTIN-C  INJ 1000MG</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) INJ 1000 MG/20ML</t>
+  </si>
+  <si>
+    <t>J0257</t>
+  </si>
+  <si>
+    <t>GLASSIA      INJ</t>
+  </si>
+  <si>
+    <t>ALPHA1-PROTEINASE INHIBITOR (HUMAN) INJ 1000 MG/50ML</t>
+  </si>
+  <si>
+    <t>04/01/2026</t>
+  </si>
+  <si>
+    <t>DC-008</t>
+  </si>
+  <si>
+    <t>RYBREVANT    INJ FASPRO</t>
+  </si>
+  <si>
+    <t>AMIVANTAMAB-HYALURONIDASE-LPUJ</t>
+  </si>
+  <si>
+    <t>J9061</t>
+  </si>
+  <si>
+    <t>RYBREVANT    SOL</t>
+  </si>
+  <si>
+    <t>AMIVANTAMAB-VMJW IV SOLN</t>
+  </si>
+  <si>
+    <t>J0491</t>
+  </si>
+  <si>
+    <t>DC-0010</t>
+  </si>
+  <si>
+    <t>SAPHNELO     SOL</t>
+  </si>
+  <si>
+    <t>ANIFROLUMAB-FNIA IV SOLN</t>
+  </si>
+  <si>
+    <t>J7185</t>
+  </si>
+  <si>
+    <t>DC-0041</t>
+  </si>
+  <si>
+    <t>XYNTHA       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB (BDD-RFVIII,MOR) FOR INJ</t>
+  </si>
+  <si>
+    <t>Medicaid coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J7209</t>
+  </si>
+  <si>
+    <t>NUWIQ        KIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB (BDD-RFVIII,SIM) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7208</t>
+  </si>
+  <si>
+    <t>JIVI         INJ 500 UNIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHIL FACT RCMB(BDD-RFVIII PEG-AUCL) FOR INJ 500 UNIT</t>
+  </si>
+  <si>
+    <t>J7182</t>
+  </si>
+  <si>
+    <t>NOVOEIGHT    INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB (BD TRUNC-RFVIII) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7214</t>
+  </si>
+  <si>
+    <t>ALTUVIIIO    INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB FC-VWF-XTEN-EHTL FOR INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>J7210</t>
+  </si>
+  <si>
+    <t>AFSTYLA      KIT</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACT RCMB SINGLE CHAIN FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7190</t>
+  </si>
+  <si>
+    <t>HEMOFIL M    INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR (HUMAN) FOR INJ</t>
+  </si>
+  <si>
+    <t>KOATE        INJ</t>
+  </si>
+  <si>
+    <t>J7188</t>
+  </si>
+  <si>
+    <t>OBIZUR       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR (RECOMB PORC) RPFVIII FOR INJ</t>
+  </si>
+  <si>
+    <t>J7205</t>
+  </si>
+  <si>
+    <t>ELOCTATE     INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RCMB (BDD-RFVIIIFC) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7192</t>
+  </si>
+  <si>
+    <t>ADVATE       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RAHF-PFM) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7211</t>
+  </si>
+  <si>
+    <t>KOVALTRY     INJ</t>
+  </si>
+  <si>
+    <t>RECOMBINATE  INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RFVIII) FOR INJ 1241-1800 UNIT</t>
+  </si>
+  <si>
+    <t>KOGENATE FS  INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB (RFVIII) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J7204</t>
+  </si>
+  <si>
+    <t>ESPEROCT     INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR RECOMB GLYCOPEG-EXEI FOR INJ</t>
+  </si>
+  <si>
+    <t>J7183</t>
+  </si>
+  <si>
+    <t>WILATE       INJ</t>
+  </si>
+  <si>
+    <t>ANTIHEMOPHILIC FACTOR/VWF (HUMAN) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7186</t>
+  </si>
+  <si>
+    <t>ALPHANATE    INJ</t>
+  </si>
+  <si>
+    <t>J7187</t>
+  </si>
+  <si>
+    <t>HUMATE-P     SOL</t>
+  </si>
+  <si>
+    <t>J7198</t>
+  </si>
+  <si>
+    <t>FEIBA        INJ</t>
+  </si>
+  <si>
+    <t>ANTIINHIBITOR COAGULANT COMPLEX FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9022</t>
+  </si>
+  <si>
+    <t>TECENTRIQ</t>
+  </si>
+  <si>
+    <t>ATEZOLIZUMAB</t>
+  </si>
+  <si>
+    <t>J9024</t>
+  </si>
+  <si>
+    <t>TECENTRIQ HYBREZA</t>
+  </si>
+  <si>
+    <t>ATEZOLIZUMAB-HYALURONIDASE</t>
+  </si>
+  <si>
+    <t>J3391</t>
+  </si>
+  <si>
+    <t>DC-0126</t>
+  </si>
+  <si>
+    <t>LENMELDY INJ</t>
+  </si>
+  <si>
+    <t>ATIDARSAGENE AUTOTEMCEL</t>
+  </si>
+  <si>
+    <t>J2782</t>
+  </si>
+  <si>
+    <t>DC-0110</t>
+  </si>
+  <si>
+    <t>IZERVAY      SOL</t>
+  </si>
+  <si>
+    <t>AVACINCAPTAD PEGOL INTRAVITREAL SOLN</t>
+  </si>
+  <si>
+    <t>J0219</t>
+  </si>
+  <si>
+    <t>NEXVIAZYME   INJ</t>
+  </si>
+  <si>
+    <t>AVALGLUCOSIDASE ALFA-NGPT FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9038</t>
+  </si>
+  <si>
+    <t>NIKTIMVO</t>
+  </si>
+  <si>
+    <t>AXATILIMAB-CSFR</t>
+  </si>
+  <si>
+    <t>BLENREP      INJ 70MG</t>
+  </si>
+  <si>
+    <t>BELANTAMAB MAFODOTIN-BLMF FOR IV SOLN 70 MG</t>
+  </si>
+  <si>
+    <t>J0490</t>
+  </si>
+  <si>
+    <t>BENLYSTA</t>
+  </si>
+  <si>
+    <t>BELIMUMAB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0517</t>
+  </si>
+  <si>
+    <t>FASENRA      INJ</t>
+  </si>
+  <si>
+    <t>BENRALIZUMAB SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J3401</t>
+  </si>
+  <si>
+    <t>DC-0120</t>
+  </si>
+  <si>
+    <t>VYJUVEK      GEL</t>
+  </si>
+  <si>
+    <t>BEREMAGENE GEPERPAVEC-SVDT GEL</t>
+  </si>
+  <si>
+    <t>J3393</t>
+  </si>
+  <si>
+    <t>DC-0122</t>
+  </si>
+  <si>
+    <t>ZYNTEGLO     INJ</t>
+  </si>
+  <si>
+    <t>BETIBEGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J9035</t>
+  </si>
+  <si>
+    <t>AVASTIN      INJ</t>
+  </si>
+  <si>
+    <t>BEVACIZUMAB IV SOLN  (FOR INFUSION)</t>
+  </si>
+  <si>
+    <t>Biosimilars covered w/out PA. Avastin Brand covered to opthalmology diagnoses only w/out PA</t>
+  </si>
+  <si>
+    <t>J0565</t>
+  </si>
+  <si>
+    <t>DC-0015</t>
+  </si>
+  <si>
+    <t>ZINPLAVA     SOL</t>
+  </si>
+  <si>
+    <t>BEZLOTOXUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J1632</t>
+  </si>
+  <si>
+    <t>DC-0086</t>
+  </si>
+  <si>
+    <t>ZULRESSO     INJ</t>
+  </si>
+  <si>
+    <t>BREXANOLONE IV SOLN</t>
+  </si>
+  <si>
+    <t>J0584</t>
+  </si>
+  <si>
+    <t>DC-0018</t>
+  </si>
+  <si>
+    <t>CRYSVITA     INJ</t>
+  </si>
+  <si>
+    <t>BUROSUMAB-TWZA INJ</t>
+  </si>
+  <si>
+    <t>Vendor Solutions, Medicaid coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0597</t>
+  </si>
+  <si>
+    <t>DC-0019</t>
+  </si>
+  <si>
+    <t>BERINERT     INJ</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (HUMAN) FOR IV INJ</t>
+  </si>
+  <si>
+    <t>J0598</t>
+  </si>
+  <si>
+    <t>CINRYZE      SOL</t>
+  </si>
+  <si>
+    <t>J0599</t>
+  </si>
+  <si>
+    <t>HAEGARDA     INJ 3000UNIT</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (HUMAN) FOR SUBCUTANEOUS INJ 3000 UNIT</t>
+  </si>
+  <si>
+    <t>J0596</t>
+  </si>
+  <si>
+    <t>RUCONEST     INJ</t>
+  </si>
+  <si>
+    <t>C1 ESTERASE INHIBITOR (RECOMBINANT) FOR IV</t>
+  </si>
+  <si>
+    <t>J0739</t>
+  </si>
+  <si>
+    <t>DC-0071</t>
+  </si>
+  <si>
+    <t>APRETUDE     SUS</t>
+  </si>
+  <si>
+    <t>CABOTEGRAVIR IM EXTENDED RELEASE SUSP</t>
+  </si>
+  <si>
+    <t>Covered without PA for IL and MN plans</t>
+  </si>
+  <si>
+    <t>J0638</t>
+  </si>
+  <si>
+    <t>DC-0020</t>
+  </si>
+  <si>
+    <t>ILARIS       INJ</t>
+  </si>
+  <si>
+    <t>CANAKINUMAB SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>C9047</t>
+  </si>
+  <si>
+    <t>DC-0136</t>
+  </si>
+  <si>
+    <t>CABLIVI      KIT</t>
+  </si>
+  <si>
+    <t>CAPLACIZUMAB-YHDP FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1426</t>
+  </si>
+  <si>
+    <t>AMONDYS 45   INJ</t>
+  </si>
+  <si>
+    <t>CASIMERSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion, Medicaid coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J9119</t>
+  </si>
+  <si>
+    <t>LIBTAYO      INJ</t>
+  </si>
+  <si>
+    <t>CEMIPLIMAB-RWLC IV SOLN</t>
+  </si>
+  <si>
+    <t>J0567</t>
+  </si>
+  <si>
+    <t>DC-0023</t>
+  </si>
+  <si>
+    <t>BRINEURA     KIT</t>
+  </si>
+  <si>
+    <t>CERLIPONASE ALFA INTRAVENTRICULAR  KIT</t>
+  </si>
+  <si>
+    <t>J0717</t>
+  </si>
+  <si>
+    <t>CIMZIA       KIT</t>
+  </si>
+  <si>
+    <t>CERTOLIZUMAB PEGOL FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1203</t>
+  </si>
+  <si>
+    <t>POMBILITI    SOL</t>
+  </si>
+  <si>
+    <t>CIPAGLUCOSIDASE ALFA-ATGA FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Not Covered</t>
+  </si>
+  <si>
+    <t>J7201</t>
+  </si>
+  <si>
+    <t>ALPROLIX     INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMB) (RFIXFC) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7202</t>
+  </si>
+  <si>
+    <t>IDELVION     SOL</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMB) (RIX-FP) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7195</t>
+  </si>
+  <si>
+    <t>BENEFIX      INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX (RECOMBINANT) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7200</t>
+  </si>
+  <si>
+    <t>RIXUBIS      INJ</t>
+  </si>
+  <si>
+    <t>J7213</t>
+  </si>
+  <si>
+    <t>IXINITY      INJ</t>
+  </si>
+  <si>
+    <t>J7193</t>
+  </si>
+  <si>
+    <t>ALPHANINE SD INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX FOR INJ</t>
+  </si>
+  <si>
+    <t>J7203</t>
+  </si>
+  <si>
+    <t>REBINYN      SOL</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR IX RECOMB GLYCOPEGYLATED FOR INJ</t>
+  </si>
+  <si>
+    <t>J7212</t>
+  </si>
+  <si>
+    <t>SEVENFACT    INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR VIIA (RECOM)-JNCW FOR INJ</t>
+  </si>
+  <si>
+    <t>J7189</t>
+  </si>
+  <si>
+    <t>NOVOSEVEN RT INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR VIIA (RECOMB) FOR INJ</t>
+  </si>
+  <si>
+    <t>J7175</t>
+  </si>
+  <si>
+    <t>COAGADEX     INJ 250UNIT</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR X (HUMAN) FOR INJ 250 UNIT</t>
+  </si>
+  <si>
+    <t>J7181</t>
+  </si>
+  <si>
+    <t>TRETTEN      INJ</t>
+  </si>
+  <si>
+    <t>COAGULATION FACTOR XIII A-SUBUNIT FOR INJ</t>
+  </si>
+  <si>
+    <t>10/01/2025</t>
+  </si>
+  <si>
+    <t>J7173</t>
+  </si>
+  <si>
+    <t>ALHEMO INJ</t>
+  </si>
+  <si>
+    <t>CONCIZUMAB-MTCI, 0.5 MG</t>
+  </si>
+  <si>
+    <t>Not covered - coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J0800, J0801, J0802</t>
+  </si>
+  <si>
+    <t>DC-0139</t>
+  </si>
+  <si>
+    <t>ACTHAR       INJ GEL</t>
+  </si>
+  <si>
+    <t>CORTICOTROPIN SUBCUTANEOUS GEL</t>
+  </si>
+  <si>
+    <t>J9275</t>
+  </si>
+  <si>
+    <t>UNLOXCYT INJECTION</t>
+  </si>
+  <si>
+    <t>COSIBELIMAB-IPDL</t>
+  </si>
+  <si>
+    <t>UNLOXCYT INJ</t>
+  </si>
+  <si>
+    <t>COSIBELIMAB-IPDL INJ</t>
+  </si>
+  <si>
+    <t>J0791</t>
+  </si>
+  <si>
+    <t>DC-0026</t>
+  </si>
+  <si>
+    <t>ADAKVEO      INJ</t>
+  </si>
+  <si>
+    <t>CRIZANLIZUMAB-TMCA IV SOLN</t>
+  </si>
+  <si>
+    <t>J7326</t>
+  </si>
+  <si>
+    <t>GEL-ONE      INJ</t>
+  </si>
+  <si>
+    <t>CROSS-LINKED HYALURONATE GEL PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered- Euflexxa, Synvisc, and Synvisc One covered without PA</t>
+  </si>
+  <si>
+    <t>J1307</t>
+  </si>
+  <si>
+    <t>DC-0134</t>
+  </si>
+  <si>
+    <t>PIASKY</t>
+  </si>
+  <si>
+    <t>CROVALIMAB-AKKZ INJECTION</t>
+  </si>
+  <si>
+    <t>J0889</t>
+  </si>
+  <si>
+    <t>DC-0112</t>
+  </si>
+  <si>
+    <t>JESDUVROQ    TAB</t>
+  </si>
+  <si>
+    <t>DAPRODUSTAT TAB</t>
+  </si>
+  <si>
+    <t>J9145</t>
+  </si>
+  <si>
+    <t>DARZALEX     SOL</t>
+  </si>
+  <si>
+    <t>DARATUMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J9144</t>
+  </si>
+  <si>
+    <t>DARZALEX FASPRO</t>
+  </si>
+  <si>
+    <t>DARATUMUMAB; HYALURONIDASE</t>
+  </si>
+  <si>
+    <t>J9011</t>
+  </si>
+  <si>
+    <t>DATROWAY</t>
+  </si>
+  <si>
+    <t>DATOPOTAMAB DERUXTECAN, 1 MG</t>
+  </si>
+  <si>
+    <t>J0589</t>
+  </si>
+  <si>
+    <t>DAXXIFY      INJ</t>
+  </si>
+  <si>
+    <t>DAXIBOTULINUMTOXINA-LANM (GLABELLAR LINES) FOR INJ</t>
+  </si>
+  <si>
+    <t>J1413</t>
+  </si>
+  <si>
+    <t>ELEVIDYS     KIT</t>
+  </si>
+  <si>
+    <t>DELANDISTROGENE MOXEPARVOVEC-ROKL IV SUSP</t>
+  </si>
+  <si>
+    <t>Not Covered, Medicaid coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J9161</t>
+  </si>
+  <si>
+    <t>LYMPHIR      INJ 300 MCG</t>
+  </si>
+  <si>
+    <t>DENILEUKIN DIFTITOX-CXDL FOR IV SOLN 300 MCG</t>
+  </si>
+  <si>
+    <t>J0897</t>
+  </si>
+  <si>
+    <t>XGEVA        INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>Not Covered -  biosimilars covered with PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>PROLIA       INJ 60MG/ML</t>
+  </si>
+  <si>
+    <t>DENOSUMAB INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>Q5136</t>
+  </si>
+  <si>
+    <t>DC-0104</t>
+  </si>
+  <si>
+    <t>WYOST   INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BBDZ INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>JUBBONTI   INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BBDZ INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>Q5157</t>
+  </si>
+  <si>
+    <t>STOBOCLO INJ,     OSENVELT  INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BMWO, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5158</t>
+  </si>
+  <si>
+    <t>BOMYNTRA INJ,    CONEXXENCE INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-BNHT, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5159</t>
+  </si>
+  <si>
+    <t>OSPOMYV INJ,   XBRYK INJ</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-DSSB, 1 MG</t>
+  </si>
+  <si>
+    <t>BILPREVDA    INJ 120/1.7</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-NXXP INJ 120 MG/1.7ML</t>
+  </si>
+  <si>
+    <t>BILDYOS      INJ 60MG/ML</t>
+  </si>
+  <si>
+    <t>DENOSUMAB-NXXP INJ SOLN PREFILLED SYRINGE 60 MG/ML</t>
+  </si>
+  <si>
+    <t>UNITUXIN     INJ</t>
+  </si>
+  <si>
+    <t>DINUTUXIMAB IV SOLN 17.5 MG/5ML (3.5 MG/ML)</t>
+  </si>
+  <si>
+    <t>J0175</t>
+  </si>
+  <si>
+    <t>DC-0101</t>
+  </si>
+  <si>
+    <t>KISUNLA      INJ</t>
+  </si>
+  <si>
+    <t>DONANEMAB-AZBT IV SOLN</t>
+  </si>
+  <si>
+    <t>DAWNZERA     INJ 80/0.8ML</t>
+  </si>
+  <si>
+    <t>DONIDALORSEN SODIUM SUBCUTANEOUS SOLN AUTO-INJ 80 MG/0.8ML</t>
+  </si>
+  <si>
+    <t>Not covered - coverage may be available on prescription drug benefit. Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>DC-0114</t>
+  </si>
+  <si>
+    <t>LANTIDRA     INJ</t>
+  </si>
+  <si>
+    <t>DONISLECEL-JUJN IV SUSP</t>
+  </si>
+  <si>
+    <t>J9173</t>
+  </si>
+  <si>
+    <t>IMFINZI      INJ</t>
+  </si>
+  <si>
+    <t>DURVALUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J1290</t>
+  </si>
+  <si>
+    <t>KALBITOR     INJ</t>
+  </si>
+  <si>
+    <t>ECALLANTIDE INJ</t>
+  </si>
+  <si>
+    <t>J1299</t>
+  </si>
+  <si>
+    <t>DC-0135</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB</t>
+  </si>
+  <si>
+    <t>Q5151</t>
+  </si>
+  <si>
+    <t>EPYSQLI INJ</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB-AAGH IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5152</t>
+  </si>
+  <si>
+    <t>BKEMV INK</t>
+  </si>
+  <si>
+    <t>ECULIZUMAB-AEEB  IV SOLN</t>
+  </si>
+  <si>
+    <t>J1301</t>
+  </si>
+  <si>
+    <t>DC-0032</t>
+  </si>
+  <si>
+    <t>RADICAVA     INJ</t>
+  </si>
+  <si>
+    <t>EDARAVONE INJ</t>
+  </si>
+  <si>
+    <t>J9361</t>
+  </si>
+  <si>
+    <t>RYZNEUTA</t>
+  </si>
+  <si>
+    <t>EFBEMALENOGRASTIM ALFA-VUXW</t>
+  </si>
+  <si>
+    <t>Not Covered - Fulphila, Udenyca, or Nyvepria biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>J9332</t>
+  </si>
+  <si>
+    <t>DC-105</t>
+  </si>
+  <si>
+    <t>VYVGART      INJ 400/20ML</t>
+  </si>
+  <si>
+    <t>EFGARTIGIMOD ALFA-FCAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J9334</t>
+  </si>
+  <si>
+    <t>VYVGART      INJ HYTRULO</t>
+  </si>
+  <si>
+    <t>EFGARTIGIMOD ALF-HYALURONIDASE-QVFC SOL</t>
+  </si>
+  <si>
+    <t>J1449</t>
+  </si>
+  <si>
+    <t>ROLVEDON     INJ</t>
+  </si>
+  <si>
+    <t>EFLAPEGRASTIM-XNST SOLN</t>
+  </si>
+  <si>
+    <t>DC-0158</t>
+  </si>
+  <si>
+    <t>KEBILIDI     INJ</t>
+  </si>
+  <si>
+    <t>ELADOCAGENE EXUPARVOVEC-TNEQ INJ SUSP 280000000000 VG/0.5ML</t>
+  </si>
+  <si>
+    <t>DC-0033</t>
+  </si>
+  <si>
+    <t>REVCOVI      INJ</t>
+  </si>
+  <si>
+    <t>ELAPEGADEMASE-LVLR IM SOLN</t>
+  </si>
+  <si>
+    <t>J3387</t>
+  </si>
+  <si>
+    <t>DC-0121</t>
+  </si>
+  <si>
+    <t>SKYSONA INJ</t>
+  </si>
+  <si>
+    <t>ELIVALDOGENE AUTOTEMCEL, PER TREATMENT</t>
+  </si>
+  <si>
+    <t>J9176</t>
+  </si>
+  <si>
+    <t>EMPLICITI    INJ</t>
+  </si>
+  <si>
+    <t>ELOTUZUMAB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J1323</t>
+  </si>
+  <si>
+    <t>ELREXFIO     INJ 44/1.1ML</t>
+  </si>
+  <si>
+    <t>ELRANATAMAB-BCMM SUBCUTANEOUS SOLN 44 MG/1.1ML</t>
+  </si>
+  <si>
+    <t>J9210</t>
+  </si>
+  <si>
+    <t>DC-0034</t>
+  </si>
+  <si>
+    <t>GAMIFANT     INJ 10MG/2ML</t>
+  </si>
+  <si>
+    <t>EMAPALUMAB-LZSG IV SOLN 10 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7170</t>
+  </si>
+  <si>
+    <t>HEMLIBRA     INJ</t>
+  </si>
+  <si>
+    <t>EMICIZUMAB-KXWH SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9177</t>
+  </si>
+  <si>
+    <t>PADCEV       INJ 20MG</t>
+  </si>
+  <si>
+    <t>ENFORTUMAB VEDOTIN-EJFV FOR IV SOLN 20 MG</t>
+  </si>
+  <si>
+    <t>J9321</t>
+  </si>
+  <si>
+    <t>EPKINLY      INJ 4/0.8ML</t>
+  </si>
+  <si>
+    <t>EPCORITAMAB-BYSP SUBCUTANEOUS SOLN 4 MG/0.8ML</t>
+  </si>
+  <si>
+    <t>J0885, Q4081</t>
+  </si>
+  <si>
+    <t>EPOGEN       INJ</t>
+  </si>
+  <si>
+    <t>EPOETIN ALFA INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilars are covered without PA</t>
+  </si>
+  <si>
+    <t>PROCRIT      INJ</t>
+  </si>
+  <si>
+    <t>J1325</t>
+  </si>
+  <si>
+    <t>DC-0036</t>
+  </si>
+  <si>
+    <t>VELETRI      INJ</t>
+  </si>
+  <si>
+    <t>EPOPROSTENOL SODIUM FOR INJ</t>
+  </si>
+  <si>
+    <t>J3032</t>
+  </si>
+  <si>
+    <t>DC-0037</t>
+  </si>
+  <si>
+    <t>VYEPTI       INJ</t>
+  </si>
+  <si>
+    <t>EPTINEZUMAB-JJMR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0013</t>
+  </si>
+  <si>
+    <t>DC-0038</t>
+  </si>
+  <si>
+    <t>SPRAVATO</t>
+  </si>
+  <si>
+    <t>ESKETAMINE, NASAL SPRAY, 1 MG</t>
+  </si>
+  <si>
+    <t>Administration codes G2082, G2083 require PA</t>
+  </si>
+  <si>
+    <t>J1438</t>
+  </si>
+  <si>
+    <t>ENBREL       INJ</t>
+  </si>
+  <si>
+    <t>ETANERCEPT SUBCUTANEOUS SOLUTION</t>
+  </si>
+  <si>
+    <t>J1428</t>
+  </si>
+  <si>
+    <t>EXONDYS 51   SOL</t>
+  </si>
+  <si>
+    <t>ETEPLIRSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>J1411</t>
+  </si>
+  <si>
+    <t>DC-0100</t>
+  </si>
+  <si>
+    <t>HEMGENIX     INJ</t>
+  </si>
+  <si>
+    <t>ETRANACOGENE DEZAPARVOVEC-DRLB IV SUSP</t>
+  </si>
+  <si>
+    <t>J1305</t>
+  </si>
+  <si>
+    <t>DC-0141</t>
+  </si>
+  <si>
+    <t>EVKEEZA      INJ</t>
+  </si>
+  <si>
+    <t>EVINACUMAB-DGNB IV SOLN</t>
+  </si>
+  <si>
+    <t>J3392</t>
+  </si>
+  <si>
+    <t>DC-0124</t>
+  </si>
+  <si>
+    <t>CASGEVY      INJ</t>
+  </si>
+  <si>
+    <t>EXAGAMGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>MONONINE</t>
+  </si>
+  <si>
+    <t>FACTOR IX</t>
+  </si>
+  <si>
+    <t>J7194</t>
+  </si>
+  <si>
+    <t>PROFILNINE   INJ</t>
+  </si>
+  <si>
+    <t>FACTOR IX COMPLEX FOR INJ</t>
+  </si>
+  <si>
+    <t>J7180</t>
+  </si>
+  <si>
+    <t>CORIFACT     KIT</t>
+  </si>
+  <si>
+    <t>FACTOR XIII CONCENTRATE (HUMAN) FOR INJ KIT</t>
+  </si>
+  <si>
+    <t>J1440</t>
+  </si>
+  <si>
+    <t>DC-106</t>
+  </si>
+  <si>
+    <t>REBYOTA      SUS FECAL</t>
+  </si>
+  <si>
+    <t>FECAL MICROBIOTA, LIVE-JSLM RECTAL SUSP</t>
+  </si>
+  <si>
+    <t>J1442</t>
+  </si>
+  <si>
+    <t>NEUPOGEN     INJ</t>
+  </si>
+  <si>
+    <t>FILGRASTIM INJ</t>
+  </si>
+  <si>
+    <t>Not Covered- biosimilars are covered without PA</t>
+  </si>
+  <si>
+    <t>J7174</t>
+  </si>
+  <si>
+    <t>QFTILIA INJECTION</t>
+  </si>
+  <si>
+    <t>FITUSIRAN 0.04 MG</t>
+  </si>
+  <si>
+    <t>J7356</t>
+  </si>
+  <si>
+    <t>DC-0157</t>
+  </si>
+  <si>
+    <t>VYALEV INJ</t>
+  </si>
+  <si>
+    <t>FOSCARBIDOPA AND FOSLEVODOPA</t>
+  </si>
+  <si>
+    <t>J1941</t>
+  </si>
+  <si>
+    <t>FUROSCIX     KIT</t>
+  </si>
+  <si>
+    <t>FUROSEMIDE SUBCUTANEOUS CARTRIDGE KIT (on-body infusion)</t>
+  </si>
+  <si>
+    <t>J1458</t>
+  </si>
+  <si>
+    <t>DC-0150</t>
+  </si>
+  <si>
+    <t>NAGLAZYME    INJ</t>
+  </si>
+  <si>
+    <t>GALSULFASE SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>INLEXZO      MIS 225MG</t>
+  </si>
+  <si>
+    <t>GEMCITABINE HCL INTRAVESICAL DEVICE 225 MG</t>
+  </si>
+  <si>
+    <t>J0223</t>
+  </si>
+  <si>
+    <t>DC-0043</t>
+  </si>
+  <si>
+    <t>GIVLAARI     INJ 189MG/ML</t>
+  </si>
+  <si>
+    <t>GIVOSIRAN SODIUM SUBCUTANEOUS SOLN 189 MG/ML</t>
+  </si>
+  <si>
+    <t>J9286</t>
+  </si>
+  <si>
+    <t>COLUMVI      INJ</t>
+  </si>
+  <si>
+    <t>GLOFITAMAB-GXBM IV SOLN</t>
+  </si>
+  <si>
+    <t>J1602</t>
+  </si>
+  <si>
+    <t>DC-0115</t>
+  </si>
+  <si>
+    <t>SIMPONI ARIA SOL</t>
+  </si>
+  <si>
+    <t>GOLIMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J1429</t>
+  </si>
+  <si>
+    <t>VYONDYS 53   INJ</t>
+  </si>
+  <si>
+    <t>GOLODIRSEN IV SOLN</t>
+  </si>
+  <si>
+    <t>J1628</t>
+  </si>
+  <si>
+    <t>DB-0071</t>
+  </si>
+  <si>
+    <t>TREMFYA IV INFUSION</t>
+  </si>
+  <si>
+    <t>GUSELKUMAB</t>
+  </si>
+  <si>
+    <t>Medicaid criteria</t>
+  </si>
+  <si>
+    <t>DC-0161</t>
+  </si>
+  <si>
+    <t>TREMFYA</t>
+  </si>
+  <si>
+    <t>J0738</t>
+  </si>
+  <si>
+    <t>DC-0166</t>
+  </si>
+  <si>
+    <t>YEZTUGO</t>
+  </si>
+  <si>
+    <t>HIV PREP, INJ, LENACAPAVIR</t>
+  </si>
+  <si>
+    <t>J0752</t>
+  </si>
+  <si>
+    <t>HIV PREP, ORAL LENACAPAVIR</t>
+  </si>
+  <si>
+    <t>90649, 90651</t>
+  </si>
+  <si>
+    <t>GARDASIL 9   INJ</t>
+  </si>
+  <si>
+    <t>HUMAN PAPILLOMAVIRUS (HPV) 9-VALENT RECOMB VAC IM SUSP</t>
+  </si>
+  <si>
+    <t>Covered for age 9-45 without PA</t>
+  </si>
+  <si>
+    <t>J7322</t>
+  </si>
+  <si>
+    <t>HYMOVIS      INJ</t>
+  </si>
+  <si>
+    <t>HYALURONAN INTRA-ARTICULAR SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>J7327</t>
+  </si>
+  <si>
+    <t>MONOVISC     INJ</t>
+  </si>
+  <si>
+    <t>J7324</t>
+  </si>
+  <si>
+    <t>ORTHOVISC    INJ 15MG/ML</t>
+  </si>
+  <si>
+    <t>HYALURONAN INTRA-ARTICULAR SOLN PREFILLED SYRINGE 30 MG/2ML</t>
+  </si>
+  <si>
+    <t>J1726</t>
+  </si>
+  <si>
+    <t>MAKENA</t>
+  </si>
+  <si>
+    <t>HYDROXYPROGESTERONE</t>
+  </si>
+  <si>
+    <t>Not Covered- Market Withdrawal</t>
+  </si>
+  <si>
+    <t>J1729</t>
+  </si>
+  <si>
+    <t>DC-0044</t>
+  </si>
+  <si>
+    <t>J1744</t>
+  </si>
+  <si>
+    <t>SAJAZIR      INJ 30MG/3ML</t>
+  </si>
+  <si>
+    <t>ICATIBANT ACETATE SUBCUTANEOUS SOLN PREF SYR 30 MG/3ML</t>
+  </si>
+  <si>
+    <t>FIRAZYR      INJ 30MG/3ML</t>
+  </si>
+  <si>
+    <t>J0870</t>
+  </si>
+  <si>
+    <t>DC-0133</t>
+  </si>
+  <si>
+    <t>RYTELO       INJ</t>
+  </si>
+  <si>
+    <t>IMETELSTAT SODIUM FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J1786</t>
+  </si>
+  <si>
+    <t>DC-0156</t>
+  </si>
+  <si>
+    <t>CEREZYME</t>
+  </si>
+  <si>
+    <t>IMIGLUCERASE</t>
+  </si>
+  <si>
+    <t>J1575</t>
+  </si>
+  <si>
+    <t>DC-0045</t>
+  </si>
+  <si>
+    <t>HYQVIA       INJ</t>
+  </si>
+  <si>
+    <t>IMMUN GLOB INJ -HYALURON INJ</t>
+  </si>
+  <si>
+    <t>J1460</t>
+  </si>
+  <si>
+    <t>GAMASTAN     INJ (GAMASTAN S/D)</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IM INJ</t>
+  </si>
+  <si>
+    <t>J1560</t>
+  </si>
+  <si>
+    <t>GAMASTAN     INJ (GAMASTAN SD)</t>
+  </si>
+  <si>
+    <t>J1566</t>
+  </si>
+  <si>
+    <t>GAMMAGARD SD INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV FOR SOLN</t>
+  </si>
+  <si>
+    <t>J1561</t>
+  </si>
+  <si>
+    <t>GAMMAKED     INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV OR SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>GAMUNEX-C    INJ</t>
+  </si>
+  <si>
+    <t>J1569</t>
+  </si>
+  <si>
+    <t>GAMMAGARD    INJ</t>
+  </si>
+  <si>
+    <t>J1459</t>
+  </si>
+  <si>
+    <t>PRIVIGEN     INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN</t>
+  </si>
+  <si>
+    <t>J1568</t>
+  </si>
+  <si>
+    <t>OCTAGAM      INJ 2GM/20ML</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 2 GM/20ML</t>
+  </si>
+  <si>
+    <t>J1557</t>
+  </si>
+  <si>
+    <t>GAMMAPLEX    INJ 5%</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 5 GM/100ML</t>
+  </si>
+  <si>
+    <t>J1556</t>
+  </si>
+  <si>
+    <t>BIVIGAM      INJ 10%</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) IV SOLN 5 GM/50ML</t>
+  </si>
+  <si>
+    <t>J1555</t>
+  </si>
+  <si>
+    <t>CUVITRU      INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN) SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J1559</t>
+  </si>
+  <si>
+    <t>HIZENTRA     INJ</t>
+  </si>
+  <si>
+    <t>J1551</t>
+  </si>
+  <si>
+    <t>CUTAQUIG     SOL</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-HIPP SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J1576</t>
+  </si>
+  <si>
+    <t>PANZYGA      SOL</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-IFAS IV SOLN</t>
+  </si>
+  <si>
+    <t>J1558</t>
+  </si>
+  <si>
+    <t>XEMBIFY      INJ 1GM/5ML</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-KLHW SUBCUTANEOUS INJ 1 GM/5ML</t>
+  </si>
+  <si>
+    <t>J1554</t>
+  </si>
+  <si>
+    <t>ASCENIV      INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-SLRA IV SOLN</t>
+  </si>
+  <si>
+    <t>J1552</t>
+  </si>
+  <si>
+    <t>ALYGLO       INJ</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN (HUMAN)-STWK IV SOLN</t>
+  </si>
+  <si>
+    <t>J1599</t>
+  </si>
+  <si>
+    <t>YIMMUGO</t>
+  </si>
+  <si>
+    <t>IMMUNE GLOBULIN INTRAVENOUS, HUMAN-DIRA INJECTION</t>
+  </si>
+  <si>
+    <t>J1306</t>
+  </si>
+  <si>
+    <t>DC-0099</t>
+  </si>
+  <si>
+    <t>LEQVIO       SOL</t>
+  </si>
+  <si>
+    <t>INCLISIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>12/01/2025</t>
+  </si>
+  <si>
+    <t>DB-0070</t>
+  </si>
+  <si>
+    <t>INCLISIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR 284 MG/1.5ML</t>
+  </si>
+  <si>
+    <t>J0588</t>
+  </si>
+  <si>
+    <t>XEOMIN       INJ</t>
+  </si>
+  <si>
+    <t>INCOBOTULINUMTOXINA FOR IM INJ</t>
+  </si>
+  <si>
+    <t>J1823</t>
+  </si>
+  <si>
+    <t>DC-0142</t>
+  </si>
+  <si>
+    <t>UPLIZNA      SOL</t>
+  </si>
+  <si>
+    <t>INEBILIZUMAB-CDON IV SOLN</t>
+  </si>
+  <si>
+    <t>J1745</t>
+  </si>
+  <si>
+    <t>REMICADE     INJ 100MG</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB FOR IV INJ 100 MG</t>
+  </si>
+  <si>
+    <t>Not Covered - Avsola and Inflectra biosimilars covered without PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>Q5104</t>
+  </si>
+  <si>
+    <t>RENFLEXIS    INJ</t>
+  </si>
+  <si>
+    <t>INFLIXIMAB-ABDA FOR IV INJ</t>
+  </si>
+  <si>
+    <t>J1809</t>
+  </si>
+  <si>
+    <t>DC-0149</t>
+  </si>
+  <si>
+    <t>NULIBRY</t>
+  </si>
+  <si>
+    <t>INJ, FOSDENOPTERIN, 0.1MG</t>
+  </si>
+  <si>
+    <t>J9229</t>
+  </si>
+  <si>
+    <t>DC-0008</t>
+  </si>
+  <si>
+    <t>BESPONSA     INJ</t>
+  </si>
+  <si>
+    <t>INOTUZUMAB OZOGAMICIN FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9215</t>
+  </si>
+  <si>
+    <t>ALFERON N    INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON ALFA-N3 INJ 5000000 UNIT/ML</t>
+  </si>
+  <si>
+    <t>J1826, Q3027</t>
+  </si>
+  <si>
+    <t>AVONEX</t>
+  </si>
+  <si>
+    <t>INTERFERON BETA-1A IM</t>
+  </si>
+  <si>
+    <t>Q3208</t>
+  </si>
+  <si>
+    <t>REBIF        INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON BETA-1A SOLN</t>
+  </si>
+  <si>
+    <t>J9216</t>
+  </si>
+  <si>
+    <t>ACTIMMUNE    INJ</t>
+  </si>
+  <si>
+    <t>INTERFERON GAMMA-1B INJ</t>
+  </si>
+  <si>
+    <t>J9228</t>
+  </si>
+  <si>
+    <t>YERVOY</t>
+  </si>
+  <si>
+    <t>IPILIMUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>DC-0163</t>
+  </si>
+  <si>
+    <t>KETAMINE</t>
+  </si>
+  <si>
+    <t>KETAMINE HCL</t>
+  </si>
+  <si>
+    <t>J0593</t>
+  </si>
+  <si>
+    <t>TAKHZYRO     INJ 300/2ML</t>
+  </si>
+  <si>
+    <t>LANADELUMAB-FLYO INJ 300 MG/2ML (150 MG/ML)</t>
+  </si>
+  <si>
+    <t>J0174</t>
+  </si>
+  <si>
+    <t>LEQEMBI      SOL</t>
+  </si>
+  <si>
+    <t>LECANEMAB-IRMB IV SOLN</t>
+  </si>
+  <si>
+    <t>DC-0048</t>
+  </si>
+  <si>
+    <t>PREVYMIS     INJ 240/12</t>
+  </si>
+  <si>
+    <t>LETERMOVIR IV SOLN 240 MG/12ML</t>
+  </si>
+  <si>
+    <t>J9218</t>
+  </si>
+  <si>
+    <t>LEUPROLIDE   INJ</t>
+  </si>
+  <si>
+    <t>LEUPROLIDE ACETATE INJ</t>
+  </si>
+  <si>
+    <t>Not Covered - coverage may be available on the prescription drug benefit.  Long-acting Leuprolide is covered w/o restriction unless used for an excluded diagnosis</t>
+  </si>
+  <si>
+    <t>DC-0162</t>
+  </si>
+  <si>
+    <t>AMTAGVI      INJ</t>
+  </si>
+  <si>
+    <t>LIFILEUCEL IV SUSP 72,000,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>Benefit Exclusion except for Medicaid, self-funded, and state of WI ETF-sponsored plans</t>
+  </si>
+  <si>
+    <t>C9307</t>
+  </si>
+  <si>
+    <t>LYNOZYFIC INJ</t>
+  </si>
+  <si>
+    <t>LINVOSELTAMAB-GCPT, 1 MG</t>
+  </si>
+  <si>
+    <t>J9359</t>
+  </si>
+  <si>
+    <t>ZYNLONTA     SOL</t>
+  </si>
+  <si>
+    <t>LONCASTUXIMAB TESIRINE-LPYL FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J3394</t>
+  </si>
+  <si>
+    <t>LYFGENIA     SUS</t>
+  </si>
+  <si>
+    <t>LOVOTIBEGLOGENE AUTOTEMCEL IV SUSP</t>
+  </si>
+  <si>
+    <t>J0224</t>
+  </si>
+  <si>
+    <t>DC-0049</t>
+  </si>
+  <si>
+    <t>OXLUMO       INJ 94.5/0.5</t>
+  </si>
+  <si>
+    <t>LUMASIRAN SODIUM SUBCUTANEOUS SOLN 94.5 MG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9223</t>
+  </si>
+  <si>
+    <t>ZEPZELCA     SOL</t>
+  </si>
+  <si>
+    <t>LURBINECTEDIN FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J0896</t>
+  </si>
+  <si>
+    <t>DC-0050</t>
+  </si>
+  <si>
+    <t>REBLOZYL     INJ</t>
+  </si>
+  <si>
+    <t>LUSPATERCEPT-AAMT FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>J9353</t>
+  </si>
+  <si>
+    <t>MARGENZA     INJ 250/10ML</t>
+  </si>
+  <si>
+    <t>MARGETUXIMAB-CMKB IV SOLN 250 MG/10ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J7172</t>
+  </si>
+  <si>
+    <t>HYMPAVZI INJ</t>
+  </si>
+  <si>
+    <t>MARSTACIMAB-HNCQ 0.5 mg</t>
+  </si>
+  <si>
+    <t>J9248</t>
+  </si>
+  <si>
+    <t>HEPZATO/50MM INJ</t>
+  </si>
+  <si>
+    <t>MELPHALAN HCL FOR INTRA-ARTERIAL SOLN</t>
+  </si>
+  <si>
+    <t>J2182</t>
+  </si>
+  <si>
+    <t>NUCALA       INJ 100MG</t>
+  </si>
+  <si>
+    <t>MEPOLIZUMAB FOR INJ 100 MG</t>
+  </si>
+  <si>
+    <t>J2267</t>
+  </si>
+  <si>
+    <t>DB-0072</t>
+  </si>
+  <si>
+    <t>OMVOH IV INFUSION</t>
+  </si>
+  <si>
+    <t>MIRIKIZUMAB</t>
+  </si>
+  <si>
+    <t>DC-0160</t>
+  </si>
+  <si>
+    <t>OMVOH</t>
+  </si>
+  <si>
+    <t>J9063</t>
+  </si>
+  <si>
+    <t>ELAHERE      INJ</t>
+  </si>
+  <si>
+    <t>MIRVETUXIMAB SORAVTANSINE-GYNX IV SOLN</t>
+  </si>
+  <si>
+    <t>J9282</t>
+  </si>
+  <si>
+    <t>ZUSDURI</t>
+  </si>
+  <si>
+    <t>MITOMYCIN</t>
+  </si>
+  <si>
+    <t>J9204</t>
+  </si>
+  <si>
+    <t>POTELIGEO    INJ</t>
+  </si>
+  <si>
+    <t>MOGAMULIZUMAB-KPKC IV SOLN</t>
+  </si>
+  <si>
+    <t>J9350</t>
+  </si>
+  <si>
+    <t>LUNSUMIO     INJ 30MG/30</t>
+  </si>
+  <si>
+    <t>MOSUNETUZUMAB-AXGB IV SOLN 30 MG/30ML (1 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9313</t>
+  </si>
+  <si>
+    <t>LUMOXITI     SOL</t>
+  </si>
+  <si>
+    <t>MOXETUMOMAB PASUDOTOX-TDFK FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9029</t>
+  </si>
+  <si>
+    <t>DC-0169</t>
+  </si>
+  <si>
+    <t>ADSTILADRIN  SUS</t>
+  </si>
+  <si>
+    <t>NADOFARAGENE FIRADENOV-VNCG INTRAVES SUSP 300000000000 VP/ML</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion except for self-funded and state of WI ETF-sponsored plans</t>
+  </si>
+  <si>
+    <t>J2323</t>
+  </si>
+  <si>
+    <t>DC-0091</t>
+  </si>
+  <si>
+    <t>TYSABRI      INJ</t>
+  </si>
+  <si>
+    <t>NATALIZUMAB FOR IV INJ CONC</t>
+  </si>
+  <si>
+    <t>Q5134</t>
+  </si>
+  <si>
+    <t>TYRUKO</t>
+  </si>
+  <si>
+    <t>NATALIZUMAB-SZTN</t>
+  </si>
+  <si>
+    <t>J9348</t>
+  </si>
+  <si>
+    <t>DANYELZA     INJ</t>
+  </si>
+  <si>
+    <t>NAXITAMAB-GQGK IV SOLN</t>
+  </si>
+  <si>
+    <t>J9295</t>
+  </si>
+  <si>
+    <t>PORTRAZZA    INJ</t>
+  </si>
+  <si>
+    <t>NECITUMUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>RIVFLOZA     INJ</t>
+  </si>
+  <si>
+    <t>NEDOSIRAN SODIUM SUBCUTANEOUS SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>Not Covered, Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J9256</t>
+  </si>
+  <si>
+    <t>DC-0165</t>
+  </si>
+  <si>
+    <t>IMAAVY INJ</t>
+  </si>
+  <si>
+    <t>NIPOCALIMAB-AAHU, 3 MG</t>
+  </si>
+  <si>
+    <t>J9299</t>
+  </si>
+  <si>
+    <t>OPDIVO       INJ</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J9289</t>
+  </si>
+  <si>
+    <t>OPDIVO       INJ QVANTIG</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB-HYALURONIDASE-NVHY INJ 600-10000 MG-UNIT/5ML</t>
+  </si>
+  <si>
+    <t>J9298</t>
+  </si>
+  <si>
+    <t>OPDUALAG     SOL</t>
+  </si>
+  <si>
+    <t>NIVOLUMAB-RELATLIMAB-RMBW 240-80 MG/20ML</t>
+  </si>
+  <si>
+    <t>J9028</t>
+  </si>
+  <si>
+    <t>ANKTIVA      SOL</t>
+  </si>
+  <si>
+    <t>NOGAPENDEKIN ALFA INBAK-PMLN INTRAVESICAL SOLN</t>
+  </si>
+  <si>
+    <t>J2326</t>
+  </si>
+  <si>
+    <t>DC-0051</t>
+  </si>
+  <si>
+    <t>SPINRAZA     INJ</t>
+  </si>
+  <si>
+    <t>NUSINERSEN INTRATHECAL SOLN</t>
+  </si>
+  <si>
+    <t>J2351</t>
+  </si>
+  <si>
+    <t>DC-0096</t>
+  </si>
+  <si>
+    <t>OCREVUS ZUNOVO</t>
+  </si>
+  <si>
+    <t>OCRELIZUMAB AND HYALURONIDASE-OCSQ</t>
+  </si>
+  <si>
+    <t>J2350</t>
+  </si>
+  <si>
+    <t>OCREVUS      INJ</t>
+  </si>
+  <si>
+    <t>OCRELIZUMAB SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J0128</t>
+  </si>
+  <si>
+    <t>DC-0143</t>
+  </si>
+  <si>
+    <t>XENPOZYME    INJ</t>
+  </si>
+  <si>
+    <t>OLIPUDASE ALFA-RPCP FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J2357</t>
+  </si>
+  <si>
+    <t>DC-0052</t>
+  </si>
+  <si>
+    <t>XOLAIR       SOL</t>
+  </si>
+  <si>
+    <t>OMALIZUMAB FOR INJ</t>
+  </si>
+  <si>
+    <t>Q5154</t>
+  </si>
+  <si>
+    <t>OMLYCLO INJECTION</t>
+  </si>
+  <si>
+    <t>OMALIZUMAB-IGEC (OMLYCLO), BIOSIMILAR, 5 MG</t>
+  </si>
+  <si>
+    <t>J0585</t>
+  </si>
+  <si>
+    <t>BOTOX        INJ</t>
+  </si>
+  <si>
+    <t>ONABOTULINUMTOXINA FOR INJ</t>
+  </si>
+  <si>
+    <t>DC-0170</t>
+  </si>
+  <si>
+    <t>ITVISMA      INJ</t>
+  </si>
+  <si>
+    <t>ONASEMNOGENE ABEPARVOVEC-BRVE INTRATHECAL INJ 1.2E+14 VG/3ML</t>
+  </si>
+  <si>
+    <t>J3399</t>
+  </si>
+  <si>
+    <t>DC-0053</t>
+  </si>
+  <si>
+    <t>ZOLGENSMA    INJ</t>
+  </si>
+  <si>
+    <t>ONASEMNOGENE ABEPARVOVEC-XIOI</t>
+  </si>
+  <si>
+    <t>J2425</t>
+  </si>
+  <si>
+    <t>DC-0054</t>
+  </si>
+  <si>
+    <t>KEPIVANCE    INJ 6.25MG</t>
+  </si>
+  <si>
+    <t>PALIFERMIN FOR IV INJ 6.25 MG</t>
+  </si>
+  <si>
+    <t>90378</t>
+  </si>
+  <si>
+    <t>SYNAGIS      INJ</t>
+  </si>
+  <si>
+    <t>PALIVIZUMAB IM SOLN</t>
+  </si>
+  <si>
+    <t>J0222</t>
+  </si>
+  <si>
+    <t>DC-0089</t>
+  </si>
+  <si>
+    <t>ONPATTRO     SOL 10MG/5ML</t>
+  </si>
+  <si>
+    <t>PATISIRAN SODIUM IV SOLN 10 MG/5ML (2 MG/ML) (BASE EQUIV)</t>
+  </si>
+  <si>
+    <t>DC-0058</t>
+  </si>
+  <si>
+    <t>PALFORZIA    POW</t>
+  </si>
+  <si>
+    <t>PEANUT ALLERGEN POWDER-DNFP</t>
+  </si>
+  <si>
+    <t>J2781</t>
+  </si>
+  <si>
+    <t>DC-107</t>
+  </si>
+  <si>
+    <t>SYFOVRE      INJ</t>
+  </si>
+  <si>
+    <t>PEGCETACOPLAN INTRAVITREAL SOLN</t>
+  </si>
+  <si>
+    <t>J7799</t>
+  </si>
+  <si>
+    <t>EMPAVELI     INJ</t>
+  </si>
+  <si>
+    <t>PEGCETACOPLAN SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J2506</t>
+  </si>
+  <si>
+    <t>NEULASTA     INJ/KIT 6MG/0.6M</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM SOLN PREFILLED SYRINGE/KIT 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Not Covered  Fulphila, Udenyca, or Nyvepria biosimilars covered without PA, OnPro code 96337 requires a PA</t>
+  </si>
+  <si>
+    <t>Q5120</t>
+  </si>
+  <si>
+    <t>ZIEXTENZO    INJ 6/0.6ML</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-BMEZ SOLN PREFILLED SYRINGE 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Q5127</t>
+  </si>
+  <si>
+    <t>STIMUFEND    INJ 6/0.6ML</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-FPGK SOLN PREFILLED SYRINGE 6 MG/0.6ML</t>
+  </si>
+  <si>
+    <t>Q5130</t>
+  </si>
+  <si>
+    <t>FYLNETRA     INJ</t>
+  </si>
+  <si>
+    <t>PEGFILGRASTIM-PBBK SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered -  Fulphila, Udenyca, or Nyvepria biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>S0145</t>
+  </si>
+  <si>
+    <t>PEGASYS      INJ</t>
+  </si>
+  <si>
+    <t>PEGINTERFERON ALFA-2A INJ</t>
+  </si>
+  <si>
+    <t>J2507</t>
+  </si>
+  <si>
+    <t>DC-0061</t>
+  </si>
+  <si>
+    <t>KRYSTEXXA    INJ 8MG/ML</t>
+  </si>
+  <si>
+    <t>PEGLOTICASE INJ 8 MG/ML (FOR IV INFUSION)</t>
+  </si>
+  <si>
+    <t>J2508</t>
+  </si>
+  <si>
+    <t>DC-108</t>
+  </si>
+  <si>
+    <t>ELFABRIO     SOL</t>
+  </si>
+  <si>
+    <t>PEGUNIGALSIDASE ALFA-IWXJ IV SOLUTION</t>
+  </si>
+  <si>
+    <t>J9271</t>
+  </si>
+  <si>
+    <t>KEYTRUDA     INJ 100MG/4M</t>
+  </si>
+  <si>
+    <t>PEMBROLIZUMAB IV SOLN 100 MG/4ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>KEYTRUDA     INJ QLEX</t>
+  </si>
+  <si>
+    <t>PEMBROLIZUMAB-BERAHYALURON-PMPH INJ</t>
+  </si>
+  <si>
+    <t>J2998</t>
+  </si>
+  <si>
+    <t>DC-0144</t>
+  </si>
+  <si>
+    <t>RYPLAZIM     SOL 68.8MG</t>
+  </si>
+  <si>
+    <t>PLASMINOGEN, HUMAN-TVMH FOR IV SOLN 68.8 MG</t>
+  </si>
+  <si>
+    <t>J9309</t>
+  </si>
+  <si>
+    <t>POLIVY       INJ</t>
+  </si>
+  <si>
+    <t>POLATUZUMAB VEDOTIN-PIIQ FOR IV SOLUTION</t>
+  </si>
+  <si>
+    <t>J9376</t>
+  </si>
+  <si>
+    <t>DC-0117</t>
+  </si>
+  <si>
+    <t>VEOPOZ       INJ 400/2ML</t>
+  </si>
+  <si>
+    <t>POZELIMAB-BBFG INJ SOLN 400 MG/2ML</t>
+  </si>
+  <si>
+    <t>JEUVEAU      INJ 100UNIT</t>
+  </si>
+  <si>
+    <t>PRABOTULINUMTOXINA-XVFS (COSMETIC) FOR INJ 100 UNIT</t>
+  </si>
+  <si>
+    <t>Not Covered-Benefit Exclusion, Billed with a miscellaneous code</t>
+  </si>
+  <si>
+    <t>J3389</t>
+  </si>
+  <si>
+    <t>DC-0164</t>
+  </si>
+  <si>
+    <t>ZEVASKYN MIS</t>
+  </si>
+  <si>
+    <t>PRADEMAGENE ZAMIKERACEL SHEET</t>
+  </si>
+  <si>
+    <t>J1303</t>
+  </si>
+  <si>
+    <t>DC-0137</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS    INJ 100MG/ML</t>
+  </si>
+  <si>
+    <t>RAVULIZUMAB-CWVZ IV SOLN</t>
+  </si>
+  <si>
+    <t>J3402</t>
+  </si>
+  <si>
+    <t>DC-0159</t>
+  </si>
+  <si>
+    <t>RYONCIL      KIT</t>
+  </si>
+  <si>
+    <t>REMESTEMCEL-L-RKND SUSP FOR IV INFUSION KIT</t>
+  </si>
+  <si>
+    <t>J2786</t>
+  </si>
+  <si>
+    <t>DC-0103</t>
+  </si>
+  <si>
+    <t>CINQAIR      INJ</t>
+  </si>
+  <si>
+    <t>RESLIZUMAB IV INFUSION SOLN 100 MG/10ML (10 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9345</t>
+  </si>
+  <si>
+    <t>ZYNYZ        INJ 500/20ML</t>
+  </si>
+  <si>
+    <t>RETIFANLIMAB-DLWR IV SOLN 500 MG/20ML (25 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3403</t>
+  </si>
+  <si>
+    <t>DC-0167</t>
+  </si>
+  <si>
+    <t>ENCELTO</t>
+  </si>
+  <si>
+    <t>REVAKINAGENE TARORETCEL-LWEY,  PER IMPLANT</t>
+  </si>
+  <si>
+    <t>J2793</t>
+  </si>
+  <si>
+    <t>DC-0062</t>
+  </si>
+  <si>
+    <t>ARCALYST     INJ 220MG</t>
+  </si>
+  <si>
+    <t>RILONACEPT FOR INJ 220 MG</t>
+  </si>
+  <si>
+    <t>J0587</t>
+  </si>
+  <si>
+    <t>MYOBLOC      INJ</t>
+  </si>
+  <si>
+    <t>RIMABOTULINUMTOXINB IM INJ</t>
+  </si>
+  <si>
+    <t>J2327</t>
+  </si>
+  <si>
+    <t>DB-0073</t>
+  </si>
+  <si>
+    <t>SKYRIZI IV INFUSION</t>
+  </si>
+  <si>
+    <t>RISANKIZUMAB</t>
+  </si>
+  <si>
+    <t>DC-0083</t>
+  </si>
+  <si>
+    <t>SKYRIZI      SOL 60MG/ML</t>
+  </si>
+  <si>
+    <t>RISANKIZUMAB-RZAA IV SOLN 600 MG/10ML (60 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9312</t>
+  </si>
+  <si>
+    <t>RITUXAN      INJ</t>
+  </si>
+  <si>
+    <t>RITUXIMAB IV SOLN</t>
+  </si>
+  <si>
+    <t>J2802</t>
+  </si>
+  <si>
+    <t>DC-0145</t>
+  </si>
+  <si>
+    <t>NPLATE       INJ</t>
+  </si>
+  <si>
+    <t>ROMIPLOSTIM FOR INJ 500 MCG</t>
+  </si>
+  <si>
+    <t>J3111</t>
+  </si>
+  <si>
+    <t>DC-0064</t>
+  </si>
+  <si>
+    <t>EVENITY      INJ 105MG</t>
+  </si>
+  <si>
+    <t>ROMOSOZUMAB-AQQG INJ SOLN PREFILLED SYRINGE 105 MG/1.17ML</t>
+  </si>
+  <si>
+    <t>J9333</t>
+  </si>
+  <si>
+    <t>DC-0118</t>
+  </si>
+  <si>
+    <t>RYSTIGGO     INJ</t>
+  </si>
+  <si>
+    <t>ROZANOLIXIZUMAB-NOLI SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J2840</t>
+  </si>
+  <si>
+    <t>DC-0065</t>
+  </si>
+  <si>
+    <t>KANUMA       INJ 20/10ML</t>
+  </si>
+  <si>
+    <t>SEBELIPASE ALFA IV SOLN 20 MG/10ML (2 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3247</t>
+  </si>
+  <si>
+    <t>COSENTYX     INJ 125/5ML</t>
+  </si>
+  <si>
+    <t>SECUKINUMAB IV SOLN 125 MG/5ML</t>
+  </si>
+  <si>
+    <t>Not Covered - self-administered coverage may be available on the prescription drug benefit</t>
+  </si>
+  <si>
+    <t>J7294</t>
+  </si>
+  <si>
+    <t>ANNOVERA     MIS</t>
+  </si>
+  <si>
+    <t>SEGESTERONE ACE-ETHINYL ESTRADIOL VA RING 0.15-0.013 MG/24HR</t>
+  </si>
+  <si>
+    <t>UPTRAVI      INJ 1800MCG</t>
+  </si>
+  <si>
+    <t>SELEXIPAG FOR IV SOLN 1800 MCG</t>
+  </si>
+  <si>
+    <t>J2860</t>
+  </si>
+  <si>
+    <t>SYLVANT      SOL</t>
+  </si>
+  <si>
+    <t>SILTUXIMAB FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>Q2043</t>
+  </si>
+  <si>
+    <t>PROVENGE     INJ</t>
+  </si>
+  <si>
+    <t>SIPULEUCEL-T IV SUSP 50,000,000 CELLS</t>
+  </si>
+  <si>
+    <t>Not Covered-benefit exclusion except for self-funded and state of WI ETF-sponsored plans</t>
+  </si>
+  <si>
+    <t>J9331</t>
+  </si>
+  <si>
+    <t>FYARRO       SUS 100MG</t>
+  </si>
+  <si>
+    <t>SIROLIMUS PROTEIN-BOUND PARTICLES FOR IV SUSP 100 MG</t>
+  </si>
+  <si>
+    <t>J7318</t>
+  </si>
+  <si>
+    <t>DUROLANE     INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR GEL PREF SYR</t>
+  </si>
+  <si>
+    <t>J7321</t>
+  </si>
+  <si>
+    <t>HYALGAN      INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR INJ</t>
+  </si>
+  <si>
+    <t>J7320</t>
+  </si>
+  <si>
+    <t>GENVISC 850  INJ</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR</t>
+  </si>
+  <si>
+    <t>SUPARTZ FX   INJ</t>
+  </si>
+  <si>
+    <t>J7329</t>
+  </si>
+  <si>
+    <t>TRIVISC      INJ</t>
+  </si>
+  <si>
+    <t>J7333</t>
+  </si>
+  <si>
+    <t>VISCO-3      INJ</t>
+  </si>
+  <si>
+    <t>J7328</t>
+  </si>
+  <si>
+    <t>GELSYN-3     INJ 16.8/2ML</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR 16.8 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7331</t>
+  </si>
+  <si>
+    <t>SYNOJOYNT    INJ 20MG/2ML</t>
+  </si>
+  <si>
+    <t>SODIUM HYALURONATE INTRA-ARTICULAR SOLN PREF SYR 20 MG/2ML</t>
+  </si>
+  <si>
+    <t>J7332</t>
+  </si>
+  <si>
+    <t>TRILURON     INJ 20MG/2ML</t>
+  </si>
+  <si>
+    <t>J0208</t>
+  </si>
+  <si>
+    <t>PEDMARK      INJ 12.5GM</t>
+  </si>
+  <si>
+    <t>SODIUM THIOSULFATE IV SOLN 125 MG/ML (12.5%)</t>
+  </si>
+  <si>
+    <t>J2941</t>
+  </si>
+  <si>
+    <t>SAIZEN       INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR INJ</t>
+  </si>
+  <si>
+    <t>SEROSTIM     INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>ZORBTIVE     INJ 8.8MG</t>
+  </si>
+  <si>
+    <t>SOMATROPIN (NON-REFRIGERATED) FOR SUBCUTANEOUS INJ 8.8 MG</t>
+  </si>
+  <si>
+    <t>ZOMACTON     INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR INJ</t>
+  </si>
+  <si>
+    <t>HUMATROPE    INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR INJ CARTRIDGE</t>
+  </si>
+  <si>
+    <t>GENOTROPIN   INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN FOR SUBCUTANEOUS INJ</t>
+  </si>
+  <si>
+    <t>OMNITROPE    INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN SOLUTION CARTRIDGE</t>
+  </si>
+  <si>
+    <t>NORDITROPIN  INJ</t>
+  </si>
+  <si>
+    <t>SOMATROPIN SOLUTION PEN-INJECTOR</t>
+  </si>
+  <si>
+    <t>NUTROPIN AQ  INJ</t>
+  </si>
+  <si>
+    <t>J1747</t>
+  </si>
+  <si>
+    <t>DC-009</t>
+  </si>
+  <si>
+    <t>SPEVIGO      INJ 450/7.5</t>
+  </si>
+  <si>
+    <t>SPESOLIMAB-SBZO IV SOLN 450 MG/7.5ML (60 MG/ML)</t>
+  </si>
+  <si>
+    <t>J1302</t>
+  </si>
+  <si>
+    <t>DC-0070</t>
+  </si>
+  <si>
+    <t>ENJAYMO      SOL</t>
+  </si>
+  <si>
+    <t>SUTIMLIMAB-JOME IV SOLN 1100 MG/22ML (50 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9349</t>
+  </si>
+  <si>
+    <t>MONJUVI      INJ 200MG</t>
+  </si>
+  <si>
+    <t>TAFASITAMAB-CXIX FOR IV SOLN 200 MG</t>
+  </si>
+  <si>
+    <t>J9269</t>
+  </si>
+  <si>
+    <t>ELZONRIS     SOL 1000MCG</t>
+  </si>
+  <si>
+    <t>TAGRAXOFUSP-ERZS IV SOLN 1000 MCG/ML</t>
+  </si>
+  <si>
+    <t>J3060</t>
+  </si>
+  <si>
+    <t>ELELYSO</t>
+  </si>
+  <si>
+    <t>TALIGLUCERASE ALFA</t>
+  </si>
+  <si>
+    <t>J9325</t>
+  </si>
+  <si>
+    <t>IMLYGIC      INJ</t>
+  </si>
+  <si>
+    <t>TALIMOGENE LAHERPAREPVEC INTRALESIONAL INJ</t>
+  </si>
+  <si>
+    <t>J3055</t>
+  </si>
+  <si>
+    <t>TALVEY       INJ</t>
+  </si>
+  <si>
+    <t>TALQUETAMAB-TGVS SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9026</t>
+  </si>
+  <si>
+    <t>IMDELLTRA    INJ</t>
+  </si>
+  <si>
+    <t>TARLATAMAB-DLLE FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J9274</t>
+  </si>
+  <si>
+    <t>KIMMTRAK     SOL 100MCG</t>
+  </si>
+  <si>
+    <t>TEBENTAFUSP-TEBN IV SOLN 100 MCG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9380</t>
+  </si>
+  <si>
+    <t>TECVAYLI     INJ</t>
+  </si>
+  <si>
+    <t>TECLISTAMAB-CQYV SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J9326</t>
+  </si>
+  <si>
+    <t>EMRELIS</t>
+  </si>
+  <si>
+    <t>TELISOTUZUMAB VEDOTIN-TLLV</t>
+  </si>
+  <si>
+    <t>J9381</t>
+  </si>
+  <si>
+    <t>DC-0102</t>
+  </si>
+  <si>
+    <t>TZIELD       INJ 2MG/2ML</t>
+  </si>
+  <si>
+    <t>TEPLIZUMAB-MZWV IV SOLN 2 MG/2ML (1 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3241</t>
+  </si>
+  <si>
+    <t>DC-0067</t>
+  </si>
+  <si>
+    <t>TEPEZZA      INJ 500MG</t>
+  </si>
+  <si>
+    <t>TEPROTUMUMAB-TRBW FOR IV SOLN 500 MG</t>
+  </si>
+  <si>
+    <t>J1071</t>
+  </si>
+  <si>
+    <t>DC-0085</t>
+  </si>
+  <si>
+    <t>DEPO-TESTOST INJ</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE CYPIONATE IM INJ IN OIL</t>
+  </si>
+  <si>
+    <t>Covered without PA for gender identity diagnoses for IL plans</t>
+  </si>
+  <si>
+    <t>J1072</t>
+  </si>
+  <si>
+    <t>AZMIRO</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE CYPIONATE, 1 MG</t>
+  </si>
+  <si>
+    <t>J3121</t>
+  </si>
+  <si>
+    <t>DELATESTRYL    INJ</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE ENANTHATE IM INJ IN OIL 200 MG/ML</t>
+  </si>
+  <si>
+    <t>J1073</t>
+  </si>
+  <si>
+    <t>TESTOPEL</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE PELLET, IMPLANT, 75 MG</t>
+  </si>
+  <si>
+    <t>J3145</t>
+  </si>
+  <si>
+    <t>AVEED        INJ 750/3ML</t>
+  </si>
+  <si>
+    <t>TESTOSTERONE UNDECANOATE IM INJ IN OIL 750 MG/3ML (250MG/ML)</t>
+  </si>
+  <si>
+    <t>J2356</t>
+  </si>
+  <si>
+    <t>DC-0098</t>
+  </si>
+  <si>
+    <t>TEZSPIRE     INJ</t>
+  </si>
+  <si>
+    <t>TEZEPELUMAB-EKKO SUBCUTANEOUS SOLN</t>
+  </si>
+  <si>
+    <t>J3245</t>
+  </si>
+  <si>
+    <t>DC-0094</t>
+  </si>
+  <si>
+    <t>ILUMYA       INJ 100MG/ML</t>
+  </si>
+  <si>
+    <t>TILDRAKIZUMAB-ASMN SUBCUTANEOUS SOLN PREF SYRINGE 100 MG/ML</t>
+  </si>
+  <si>
+    <t>J9329</t>
+  </si>
+  <si>
+    <t>TEVIMBRA     INJ 100/10ML</t>
+  </si>
+  <si>
+    <t>TISLELIZUMAB-JSGR IV SOLN 100 MG/10ML</t>
+  </si>
+  <si>
+    <t>J9273</t>
+  </si>
+  <si>
+    <t>TIVDAK       INJ 40MG</t>
+  </si>
+  <si>
+    <t>TISOTUMAB VEDOTIN-TFTV FOR IV SOLUTION 40 MG</t>
+  </si>
+  <si>
+    <t>J3262</t>
+  </si>
+  <si>
+    <t>DC-0082</t>
+  </si>
+  <si>
+    <t>ACTEMRA      INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB IV INJ</t>
+  </si>
+  <si>
+    <t>Q5135</t>
+  </si>
+  <si>
+    <t>TYENNE       INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-AAZG IV INJ</t>
+  </si>
+  <si>
+    <t>Q5156</t>
+  </si>
+  <si>
+    <t>AVTOZMA INJECTION</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-ANOH, 1 MG</t>
+  </si>
+  <si>
+    <t>Q5133</t>
+  </si>
+  <si>
+    <t>TOFIDENCE    INJ</t>
+  </si>
+  <si>
+    <t>TOCILIZUMAB-BAVI IV INJ</t>
+  </si>
+  <si>
+    <t>J1304</t>
+  </si>
+  <si>
+    <t>DC-109</t>
+  </si>
+  <si>
+    <t>QALSODY      SOL 100/15ML</t>
+  </si>
+  <si>
+    <t>TOFERSEN INTRATHECAL SOLN 100 MG/15ML (6.7 MG/ML)</t>
+  </si>
+  <si>
+    <t>J3263</t>
+  </si>
+  <si>
+    <t>LOQTORZI     INJ 240/6ML</t>
+  </si>
+  <si>
+    <t>TORIPALIMAB-TPZI IV SOLN 240 MG/6ML (40 MG/ML)</t>
+  </si>
+  <si>
+    <t>J9352</t>
+  </si>
+  <si>
+    <t>YONDELIS     INJ 1MG</t>
+  </si>
+  <si>
+    <t>TRABECTEDIN FOR INJ 1 MG</t>
+  </si>
+  <si>
+    <t>J9355</t>
+  </si>
+  <si>
+    <t>HERCEPTIN    INJ 150MG</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB FOR IV SOLN 150 MG</t>
+  </si>
+  <si>
+    <t>Not Covered - Kanjiniti and Trazimera biosimilars covered without PA</t>
+  </si>
+  <si>
+    <t>Q5114</t>
+  </si>
+  <si>
+    <t>OGIVRI       INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-DKST FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5112</t>
+  </si>
+  <si>
+    <t>ONTRUZANT    INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-DTTB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5113</t>
+  </si>
+  <si>
+    <t>HERZUMA      INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-PKRB FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>Q5146</t>
+  </si>
+  <si>
+    <t>HERCESSI     INJ</t>
+  </si>
+  <si>
+    <t>TRASTUZUMAB-STRF FOR IV SOLN</t>
+  </si>
+  <si>
+    <t>J9347</t>
+  </si>
+  <si>
+    <t>IMJUDO       INJ</t>
+  </si>
+  <si>
+    <t>TREMELIMUMAB-ACTL SOLN FOR IV INFUSION</t>
+  </si>
+  <si>
+    <t>J3285</t>
+  </si>
+  <si>
+    <t>REMODULIN    INJ</t>
+  </si>
+  <si>
+    <t>TREPROSTINIL INJ SOLN</t>
+  </si>
+  <si>
+    <t>J1448</t>
+  </si>
+  <si>
+    <t>DC-0146</t>
+  </si>
+  <si>
+    <t>COSELA       INJ 300MG</t>
+  </si>
+  <si>
+    <t>TRILACICLIB DIHYDROCHLORIDE FOR IV SOLN 300 MG</t>
+  </si>
+  <si>
+    <t>J2329</t>
+  </si>
+  <si>
+    <t>DC-0097</t>
+  </si>
+  <si>
+    <t>BRIUMVI      INJ 150/6ML</t>
+  </si>
+  <si>
+    <t>UBLITUXIMAB-XIIY SOLN FOR IV INFUSION 150 MG/6ML</t>
+  </si>
+  <si>
+    <t>Q5098</t>
+  </si>
+  <si>
+    <t>DB-0074</t>
+  </si>
+  <si>
+    <t>IMULDOSA IV INFUSION</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB</t>
+  </si>
+  <si>
+    <t>Q5099</t>
+  </si>
+  <si>
+    <t>STEQEYMA</t>
+  </si>
+  <si>
+    <t>Q5100</t>
+  </si>
+  <si>
+    <t>YESINTEK</t>
+  </si>
+  <si>
+    <t>Q5138</t>
+  </si>
+  <si>
+    <t>WEZLANA</t>
+  </si>
+  <si>
+    <t>Q9997</t>
+  </si>
+  <si>
+    <t>PYZCHIVA</t>
+  </si>
+  <si>
+    <t>Q9998</t>
+  </si>
+  <si>
+    <t>SELARSDI</t>
+  </si>
+  <si>
+    <t>Q9999</t>
+  </si>
+  <si>
+    <t>OTULFI</t>
+  </si>
+  <si>
+    <t>J3358</t>
+  </si>
+  <si>
+    <t>STELARA      INJ 5MG/ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INFUSION)</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilars covered with PA, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>J3357</t>
+  </si>
+  <si>
+    <t>STELARA      INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>Not Covered - biosimilar coverage may be available on the prescription drug benefit, Vendor Solutions</t>
+  </si>
+  <si>
+    <t>DC-0081</t>
+  </si>
+  <si>
+    <t>OTULFI       INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AAUZ IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>SELARSDI     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AEKN IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>WEZLANA      INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AUUB IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q5137</t>
+  </si>
+  <si>
+    <t>WEZLANA      INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-AUUB SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>STARJEMZA    INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-HMNY IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Billed with a miscellaneous code, Medicaid criteria</t>
+  </si>
+  <si>
+    <t>YESINTEK INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-KFCE INJ</t>
+  </si>
+  <si>
+    <t>IMULDOSA INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-SRLF INJ</t>
+  </si>
+  <si>
+    <t>IMULDOSA     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-SRLF IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>STEQEYMA INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-STBA, 1 MG</t>
+  </si>
+  <si>
+    <t>PYZCHIVA     INJ 130/26ML</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-TTWE IV SOLN 130 MG/26ML (5 MG/ML) (FOR IV INF)</t>
+  </si>
+  <si>
+    <t>Q9996</t>
+  </si>
+  <si>
+    <t>PYZCHIVA     INJ</t>
+  </si>
+  <si>
+    <t>USTEKINUMAB-TTWE SOLN PREFILLED SYRINGE</t>
+  </si>
+  <si>
+    <t>J0901</t>
+  </si>
+  <si>
+    <t>DC-0151</t>
+  </si>
+  <si>
+    <t>VAFSEO</t>
+  </si>
+  <si>
+    <t>VADADUSTAT</t>
+  </si>
+  <si>
+    <t>J1412</t>
+  </si>
+  <si>
+    <t>DC-0119</t>
+  </si>
+  <si>
+    <t>ROCTAVIAN    INJ</t>
+  </si>
+  <si>
+    <t>VALOCTOCOGENE ROXAPARVOVEC-RVOX IV SUSP 20000000000000 VG/ML</t>
+  </si>
+  <si>
+    <t>J3380</t>
+  </si>
+  <si>
+    <t>DC-0093</t>
+  </si>
+  <si>
+    <t>ENTYVIO      INJ 300MG</t>
+  </si>
+  <si>
+    <t>VEDOLIZUMAB FOR IV SOLUTION 300 MG</t>
+  </si>
+  <si>
+    <t>J3385</t>
+  </si>
+  <si>
+    <t>VPRIV</t>
+  </si>
+  <si>
+    <t>VELAGLUCERASE ALFA</t>
+  </si>
+  <si>
+    <t>Medicaid Coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J0217</t>
+  </si>
+  <si>
+    <t>DC-0123</t>
+  </si>
+  <si>
+    <t>LAMZEDE      INJ 10MG</t>
+  </si>
+  <si>
+    <t>VELMANASE ALFA-TYCV FOR IV SOLN 10 MG</t>
+  </si>
+  <si>
+    <t>J1427</t>
+  </si>
+  <si>
+    <t>VILTEPSO     SOL</t>
+  </si>
+  <si>
+    <t>VILTOLARSEN IV SOLN 250 MG/5ML (50 MG/ML)</t>
+  </si>
+  <si>
+    <t>Not Covered - Benefit Exclusion, Medicaid coverage through Forward Health RX</t>
+  </si>
+  <si>
+    <t>J7179</t>
+  </si>
+  <si>
+    <t>VONVENDI     INJ</t>
+  </si>
+  <si>
+    <t>VON WILLEBRAND FACTOR (RECOMBINANT) FOR INJ</t>
+  </si>
+  <si>
+    <t>J3398</t>
+  </si>
+  <si>
+    <t>DC-0148</t>
+  </si>
+  <si>
+    <t>LUXTURNA     SUS</t>
+  </si>
+  <si>
+    <t>VORETIGENE NEPARVOVEC-RZYL 5000000000000 VG/ML INTRAOC SUSP</t>
+  </si>
+  <si>
+    <t>J0225</t>
+  </si>
+  <si>
+    <t>AMVUTTRA     SOL 25/0.5ML</t>
+  </si>
+  <si>
+    <t>VUTRISIRAN SODIUM SOLN PREFILLED SYRINGE 25 MG/0.5ML</t>
+  </si>
+  <si>
+    <t>J9276</t>
+  </si>
+  <si>
+    <t>ZIIHERA INJ</t>
+  </si>
+  <si>
+    <t>ZANIDATAMAB-HRII, 2 mg</t>
+  </si>
+  <si>
+    <t>J9382</t>
+  </si>
+  <si>
+    <t>BIZENGRI     INJ 750 DOSE</t>
+  </si>
+  <si>
+    <t>ZENOCUTUZUMAB-ZBCO IV SOLN PACK 375 MG/18.75ML (750 MG DOSE)</t>
+  </si>
+  <si>
+    <t>J1326</t>
+  </si>
+  <si>
+    <t>VYLOY</t>
+  </si>
+  <si>
+    <t>ZOLBETUXIMAB-CLZB, 2 mg</t>
+  </si>
+  <si>
+    <t>PAPZIMEOS    INJ</t>
+  </si>
+  <si>
+    <t>ZOPAPOGENE IMADENOVEC-DRBA</t>
+  </si>
+  <si>
+    <t>90750</t>
+  </si>
+  <si>
+    <t>SHINGRIX     INJ 50/0.5ML</t>
+  </si>
+  <si>
+    <t>ZOSTER VAC RECOMBINANT ADJUVANTED FOR IM INJ 50 MCG/0.5ML</t>
+  </si>
+  <si>
+    <t>Covered for age 19 years and older without PA and no PA for BadgerCare effective 1/1/2026</t>
+  </si>
+  <si>
     <r>
-      <t>Date Posted to the Website:</t>
+      <t>Date Posted to the Website: 3/1/2026</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
-      <t xml:space="preserve">  1/1/2026</t>
+      <t xml:space="preserve">  </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
       <t xml:space="preserve">
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">•This list includes drugs that are typically given in a clinic, prescriber's office, infusion center, or other setting by a healthcare professional and are billed to a person's medical benefit with Quartz.  The listed products require an approved prior authorization for coverage.  
 •Drugs listed as Not Covered require an approved medical necessity exception for coverage.  
 •Drugs that are typically filled at the pharmacy and are self-administred (given by the person or a family member) are </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
       <t xml:space="preserve">not covered </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t xml:space="preserve">if given in a clinic or other place by a healthcare professional and billed to a person's medical benefit.  
 •Some medical benefit drugs do not have a unique billing code and are submitted using a non-specific miscellanous (can be used for any product) drug code.  </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins SemiBold"/>
       </rPr>
       <t xml:space="preserve">All drug claims billed with a miscellaneous code such as C9399, J0220, J0256, J1566, J1599, J1729, J3490, J3535, J3590, J3591, J7192, J7195, J7199, J7599, J7699, J7799, J7999, J8499, J8597, J8999, or J9999 require an approved prior authorization for coverage if the submitted charge for the drug is $2500.00 or more or if included in the listing below as MISC.   
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Poppins"/>
       </rPr>
       <t>•Chimeric antigen receptor T-cell (CAR-T) cell therapies are not listed as drugs but do require prior authorization for coverage.  Please contact Quartz Customer Success at (800) 897-1923 with questions related to CAR-T treatment.</t>
     </r>
-  </si>
-[...3451 lines deleted...]
-    <t>INFLIXIMAB-QBTX FOR IV INJ 100 MG</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="23" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
@@ -4162,221 +4287,242 @@
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="8">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="11" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="13" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="centerContinuous" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40% - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40% - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40% - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40% - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40% - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60% - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60% - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60% - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60% - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60% - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60% - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Accent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Accent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Bad" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Calculation" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Check Cell" xfId="13" builtinId="23" customBuiltin="1"/>
     <cellStyle name="Explanatory Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Good" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Heading 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Heading 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Heading 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Heading 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Input" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Output" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="2">
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FF9C0006"/>
+      </font>
+      <fill>
+        <patternFill>
+          <bgColor rgb="FFFFC7CE"/>
+        </patternFill>
+      </fill>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FF9ADCD2"/>
       <color rgb="FF45BFB0"/>
-      <color rgb="FF9ADCD2"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
-      <xdr:colOff>133350</xdr:colOff>
+      <xdr:colOff>9525</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>1</xdr:col>
-      <xdr:colOff>323850</xdr:colOff>
+      <xdr:colOff>200025</xdr:colOff>
       <xdr:row>1</xdr:row>
-      <xdr:rowOff>65420</xdr:rowOff>
+      <xdr:rowOff>71770</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Quartz Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{210B9E95-B4F3-4B48-9C87-517428521EDD}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="133350" y="0"/>
+          <a:off x="9525" y="0"/>
           <a:ext cx="1666875" cy="852820"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>257176</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>1638300</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>749300</xdr:rowOff>
+      <xdr:rowOff>752475</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="Quartz Logo">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{273C0106-89C2-40FC-9B8A-D486CE57B4C7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
@@ -4710,7399 +4856,7748 @@
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:F362"/>
+  <dimension ref="A1:F381"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <pane ySplit="3" topLeftCell="A347" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C1" sqref="C1:F1"/>
+      <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="22.1796875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="18.453125" style="1" customWidth="1"/>
+    <col min="1" max="1" width="22.140625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="18.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="28" style="1" customWidth="1"/>
     <col min="4" max="4" width="42" style="1" customWidth="1"/>
-    <col min="5" max="5" width="65.81640625" style="1" bestFit="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="16384" width="9.1796875" style="1"/>
+    <col min="5" max="5" width="65.85546875" style="1" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="81.140625" style="1" customWidth="1"/>
+    <col min="7" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1.5">
-[...2 lines deleted...]
-      <c r="C1" s="4" t="s">
+    <row r="1" spans="1:6" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D1" s="4"/>
-[...13 lines deleted...]
-    <row r="3" spans="1:6" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="D1" s="7"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+    </row>
+    <row r="2" spans="1:6" ht="232.5" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="5"/>
+    </row>
+    <row r="3" spans="1:6" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A3" s="2" t="s">
         <v>5</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>14</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
         <v>15</v>
       </c>
-      <c r="F4" t="s">
+    </row>
+    <row r="5" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
         <v>16</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>17</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>18</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>19</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
         <v>20</v>
       </c>
-      <c r="F5" t="s">
+    </row>
+    <row r="6" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" t="s">
         <v>21</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C6" t="s">
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>19</v>
+      </c>
+      <c r="F6" t="s">
         <v>22</v>
       </c>
-      <c r="D6" t="s">
-[...5 lines deleted...]
-      <c r="F6" t="s">
+    </row>
+    <row r="7" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
         <v>23</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      </c>
       <c r="C7" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" t="s">
         <v>25</v>
       </c>
-      <c r="D7" t="s">
+      <c r="E7" t="s">
+        <v>25</v>
+      </c>
+      <c r="F7" t="s">
         <v>26</v>
       </c>
-      <c r="E7" t="s">
+    </row>
+    <row r="8" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
+        <v>28</v>
+      </c>
+      <c r="E8" t="s">
+        <v>29</v>
+      </c>
+      <c r="F8" t="s">
         <v>26</v>
       </c>
-      <c r="F7" t="s">
-[...16 lines deleted...]
-      <c r="E8" t="s">
+    </row>
+    <row r="9" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
         <v>30</v>
       </c>
-      <c r="F8" t="s">
-[...7 lines deleted...]
-      <c r="B9" t="s">
+      <c r="C9" t="s">
+        <v>24</v>
+      </c>
+      <c r="D9" t="s">
         <v>31</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>32</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
         <v>33</v>
       </c>
-      <c r="F9" t="s">
-[...7 lines deleted...]
-      <c r="B10" t="s">
+      <c r="C10" t="s">
+        <v>24</v>
+      </c>
+      <c r="D10" t="s">
         <v>34</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>35</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
         <v>36</v>
       </c>
-      <c r="F10" t="s">
-[...7 lines deleted...]
-      <c r="B11" t="s">
+      <c r="C11" t="s">
+        <v>24</v>
+      </c>
+      <c r="D11" t="s">
         <v>37</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>38</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
         <v>39</v>
       </c>
-      <c r="F11" t="s">
-[...7 lines deleted...]
-      <c r="B12" t="s">
+      <c r="C12" t="s">
+        <v>24</v>
+      </c>
+      <c r="D12" t="s">
         <v>40</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>41</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
         <v>42</v>
       </c>
-      <c r="F12" t="s">
-[...7 lines deleted...]
-      <c r="B13" t="s">
+      <c r="C13" t="s">
+        <v>24</v>
+      </c>
+      <c r="D13" t="s">
         <v>43</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>44</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
         <v>45</v>
       </c>
-      <c r="F13" t="s">
-[...7 lines deleted...]
-      <c r="B14" t="s">
+      <c r="C14" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" t="s">
         <v>46</v>
       </c>
-      <c r="C14" t="s">
-[...2 lines deleted...]
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>47</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
         <v>48</v>
       </c>
-      <c r="F14" t="s">
-[...7 lines deleted...]
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>49</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>50</v>
       </c>
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>51</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
         <v>52</v>
       </c>
-      <c r="F15" t="s">
-[...7 lines deleted...]
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>53</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>54</v>
       </c>
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>55</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
         <v>56</v>
       </c>
-      <c r="F16" t="s">
-[...4 lines deleted...]
-      <c r="A17" t="s">
+      <c r="B17" t="s">
         <v>57</v>
       </c>
-      <c r="B17" t="s">
+      <c r="C17" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>59</v>
       </c>
       <c r="E17" t="s">
         <v>60</v>
       </c>
       <c r="F17" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="18" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B18" t="s">
         <v>62</v>
       </c>
       <c r="C18" t="s">
         <v>63</v>
       </c>
       <c r="D18" t="s">
         <v>64</v>
       </c>
       <c r="E18" t="s">
         <v>65</v>
       </c>
       <c r="F18" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>66</v>
       </c>
       <c r="C19" t="s">
         <v>67</v>
       </c>
       <c r="D19" t="s">
         <v>68</v>
       </c>
       <c r="E19" t="s">
         <v>69</v>
       </c>
       <c r="F19" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="20" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>70</v>
       </c>
       <c r="C20" t="s">
         <v>71</v>
       </c>
       <c r="D20" t="s">
         <v>72</v>
       </c>
       <c r="E20" t="s">
         <v>73</v>
       </c>
       <c r="F20" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="21" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>74</v>
       </c>
       <c r="B21" t="s">
         <v>75</v>
       </c>
       <c r="C21" t="s">
         <v>76</v>
       </c>
       <c r="D21" t="s">
         <v>77</v>
       </c>
       <c r="E21" t="s">
         <v>78</v>
       </c>
       <c r="F21" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="22" spans="1:6" x14ac:dyDescent="0.35">
+    <row r="22" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>80</v>
       </c>
       <c r="C22" t="s">
         <v>81</v>
       </c>
       <c r="D22" t="s">
         <v>82</v>
       </c>
       <c r="E22" t="s">
         <v>83</v>
       </c>
       <c r="F22" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="23" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>80</v>
       </c>
       <c r="C23" t="s">
         <v>81</v>
       </c>
       <c r="D23" t="s">
         <v>84</v>
       </c>
       <c r="E23" t="s">
         <v>83</v>
       </c>
       <c r="F23" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="24" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B24" t="s">
         <v>80</v>
       </c>
       <c r="C24" t="s">
         <v>81</v>
       </c>
       <c r="D24" t="s">
         <v>85</v>
       </c>
       <c r="E24" t="s">
         <v>86</v>
       </c>
       <c r="F24" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B25" t="s">
         <v>87</v>
       </c>
       <c r="C25" t="s">
         <v>81</v>
       </c>
       <c r="D25" t="s">
         <v>88</v>
       </c>
       <c r="E25" t="s">
         <v>89</v>
       </c>
       <c r="F25" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="B26" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="C26" t="s">
         <v>91</v>
       </c>
       <c r="D26" t="s">
         <v>92</v>
       </c>
       <c r="E26" t="s">
         <v>93</v>
       </c>
       <c r="F26" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:6" x14ac:dyDescent="0.35">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B27" t="s">
         <v>94</v>
       </c>
       <c r="C27" t="s">
+        <v>91</v>
+      </c>
+      <c r="D27" t="s">
         <v>95</v>
       </c>
-      <c r="D27" t="s">
+      <c r="E27" t="s">
         <v>96</v>
       </c>
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
         <v>97</v>
       </c>
-      <c r="F27" t="s">
-[...7 lines deleted...]
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>98</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>99</v>
       </c>
-      <c r="D28" t="s">
+      <c r="E28" t="s">
         <v>100</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
         <v>101</v>
       </c>
-      <c r="F28" t="s">
+      <c r="C29" t="s">
         <v>102</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B29" t="s">
+      <c r="D29" t="s">
         <v>103</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>104</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
         <v>105</v>
       </c>
-      <c r="F29" t="s">
-[...3 lines deleted...]
-    <row r="30" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B30" t="s">
         <v>106</v>
       </c>
       <c r="C30" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D30" t="s">
         <v>107</v>
       </c>
       <c r="E30" t="s">
         <v>108</v>
       </c>
       <c r="F30" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B31" t="s">
         <v>109</v>
       </c>
       <c r="C31" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D31" t="s">
         <v>110</v>
       </c>
       <c r="E31" t="s">
         <v>111</v>
       </c>
       <c r="F31" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B32" t="s">
         <v>112</v>
       </c>
       <c r="C32" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D32" t="s">
         <v>113</v>
       </c>
       <c r="E32" t="s">
         <v>114</v>
       </c>
       <c r="F32" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B33" t="s">
         <v>115</v>
       </c>
       <c r="C33" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D33" t="s">
         <v>116</v>
       </c>
       <c r="E33" t="s">
         <v>117</v>
       </c>
       <c r="F33" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="34" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B34" t="s">
         <v>118</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D34" t="s">
         <v>119</v>
       </c>
       <c r="E34" t="s">
         <v>120</v>
       </c>
       <c r="F34" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>121</v>
+      </c>
+      <c r="C35" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D35" t="s">
+        <v>122</v>
+      </c>
+      <c r="E35" t="s">
+        <v>123</v>
+      </c>
+      <c r="F35" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="36" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
         <v>121</v>
       </c>
-      <c r="E35" t="s">
-[...2 lines deleted...]
-      <c r="F35" t="s">
+      <c r="C36" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D36" t="s">
+        <v>124</v>
+      </c>
+      <c r="E36" t="s">
         <v>123</v>
       </c>
-      <c r="E36" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F36" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="37" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B37" t="s">
         <v>125</v>
       </c>
       <c r="C37" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D37" t="s">
         <v>126</v>
       </c>
       <c r="E37" t="s">
         <v>127</v>
       </c>
       <c r="F37" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="38" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B38" t="s">
         <v>128</v>
       </c>
       <c r="C38" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D38" t="s">
         <v>129</v>
       </c>
       <c r="E38" t="s">
         <v>130</v>
       </c>
       <c r="F38" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="39" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B39" t="s">
         <v>131</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D39" t="s">
         <v>132</v>
       </c>
       <c r="E39" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="F39" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="40" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>134</v>
+      </c>
+      <c r="C40" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D40" t="s">
+        <v>135</v>
+      </c>
+      <c r="E40" t="s">
         <v>133</v>
       </c>
-      <c r="E40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F40" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="41" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>131</v>
+      </c>
+      <c r="C41" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D41" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="E41" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F41" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="42" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>131</v>
+      </c>
+      <c r="C42" t="s">
         <v>102</v>
-      </c>
-[...9 lines deleted...]
-        <v>99</v>
       </c>
       <c r="D42" t="s">
         <v>138</v>
       </c>
       <c r="E42" t="s">
         <v>139</v>
       </c>
       <c r="F42" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="43" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="43" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B43" t="s">
         <v>140</v>
       </c>
       <c r="C43" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D43" t="s">
         <v>141</v>
       </c>
       <c r="E43" t="s">
         <v>142</v>
       </c>
       <c r="F43" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="44" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B44" t="s">
         <v>143</v>
       </c>
       <c r="C44" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D44" t="s">
         <v>144</v>
       </c>
       <c r="E44" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F44" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="45" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>146</v>
+      </c>
+      <c r="C45" t="s">
         <v>102</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B45" t="s">
+      <c r="D45" t="s">
+        <v>147</v>
+      </c>
+      <c r="E45" t="s">
         <v>145</v>
       </c>
-      <c r="C45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="46" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>148</v>
+      </c>
+      <c r="C46" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D46" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E46" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F46" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="47" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B47" t="s">
         <v>150</v>
       </c>
       <c r="C47" t="s">
+        <v>102</v>
+      </c>
+      <c r="D47" t="s">
         <v>151</v>
       </c>
-      <c r="D47" t="s">
+      <c r="E47" t="s">
         <v>152</v>
       </c>
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="48" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>90</v>
+      </c>
+      <c r="B48" t="s">
         <v>153</v>
       </c>
-      <c r="F47" t="s">
-[...7 lines deleted...]
-      <c r="B48" t="s">
+      <c r="C48" t="s">
+        <v>91</v>
+      </c>
+      <c r="D48" t="s">
         <v>154</v>
       </c>
-      <c r="C48" t="s">
+      <c r="E48" t="s">
         <v>155</v>
       </c>
-      <c r="D48" t="s">
+      <c r="F48" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="49" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>90</v>
+      </c>
+      <c r="B49" t="s">
         <v>156</v>
       </c>
-      <c r="E48" t="s">
+      <c r="C49" t="s">
+        <v>91</v>
+      </c>
+      <c r="D49" t="s">
         <v>157</v>
       </c>
-      <c r="F48" t="s">
-[...7 lines deleted...]
-      <c r="B49" t="s">
+      <c r="E49" t="s">
         <v>158</v>
       </c>
-      <c r="C49" t="s">
-[...2 lines deleted...]
-      <c r="D49" t="s">
+      <c r="F49" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="50" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
         <v>159</v>
       </c>
-      <c r="E49" t="s">
+      <c r="C50" t="s">
         <v>160</v>
       </c>
-      <c r="F49" t="s">
-[...7 lines deleted...]
-      <c r="B50" t="s">
+      <c r="D50" t="s">
         <v>161</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>162</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="51" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
         <v>163</v>
       </c>
-      <c r="F50" t="s">
-[...7 lines deleted...]
-      <c r="B51" t="s">
+      <c r="C51" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D51" t="s">
         <v>165</v>
       </c>
       <c r="E51" t="s">
         <v>166</v>
       </c>
       <c r="F51" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="52" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B52" t="s">
         <v>167</v>
       </c>
       <c r="C52" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="D52" t="s">
         <v>168</v>
       </c>
       <c r="E52" t="s">
         <v>169</v>
       </c>
       <c r="F52" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="53" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>74</v>
+      </c>
+      <c r="B53" t="s">
         <v>170</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B53" t="s">
+      <c r="C53" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" t="s">
         <v>171</v>
       </c>
-      <c r="C53" t="s">
+      <c r="E53" t="s">
         <v>172</v>
       </c>
-      <c r="D53" t="s">
+      <c r="F53" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>90</v>
+      </c>
+      <c r="B54" t="s">
+        <v>75</v>
+      </c>
+      <c r="C54" t="s">
+        <v>91</v>
+      </c>
+      <c r="D54" t="s">
         <v>173</v>
       </c>
-      <c r="E53" t="s">
+      <c r="E54" t="s">
         <v>174</v>
       </c>
-      <c r="F53" t="s">
-[...7 lines deleted...]
-      <c r="B54" t="s">
+      <c r="F54" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
         <v>175</v>
       </c>
-      <c r="C54" t="s">
+      <c r="C55" t="s">
+        <v>98</v>
+      </c>
+      <c r="D55" t="s">
         <v>176</v>
       </c>
-      <c r="D54" t="s">
+      <c r="E55" t="s">
         <v>177</v>
       </c>
-      <c r="E54" t="s">
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
         <v>178</v>
       </c>
-      <c r="F54" t="s">
-[...7 lines deleted...]
-      <c r="B55" t="s">
+      <c r="C56" t="s">
+        <v>24</v>
+      </c>
+      <c r="D56" t="s">
         <v>179</v>
       </c>
-      <c r="C55" t="s">
-[...2 lines deleted...]
-      <c r="D55" t="s">
+      <c r="E56" t="s">
         <v>180</v>
       </c>
-      <c r="E55" t="s">
+      <c r="F56" t="s">
         <v>181</v>
       </c>
-      <c r="F55" t="s">
+    </row>
+    <row r="57" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
         <v>182</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B56" t="s">
+      <c r="C57" t="s">
         <v>183</v>
       </c>
-      <c r="C56" t="s">
+      <c r="D57" t="s">
         <v>184</v>
       </c>
-      <c r="D56" t="s">
+      <c r="E57" t="s">
         <v>185</v>
       </c>
-      <c r="E56" t="s">
+      <c r="F57" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="58" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
         <v>186</v>
       </c>
-      <c r="F56" t="s">
-[...7 lines deleted...]
-      <c r="B57" t="s">
+      <c r="C58" t="s">
         <v>187</v>
       </c>
-      <c r="C57" t="s">
+      <c r="D58" t="s">
         <v>188</v>
       </c>
-      <c r="D57" t="s">
+      <c r="E58" t="s">
         <v>189</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F58" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="59" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
         <v>190</v>
       </c>
-      <c r="F57" t="s">
-[...7 lines deleted...]
-      <c r="B58" t="s">
+      <c r="C59" t="s">
+        <v>24</v>
+      </c>
+      <c r="D59" t="s">
         <v>191</v>
       </c>
-      <c r="C58" t="s">
+      <c r="E59" t="s">
         <v>192</v>
       </c>
-      <c r="D58" t="s">
+      <c r="F59" t="s">
         <v>193</v>
       </c>
-      <c r="E58" t="s">
+    </row>
+    <row r="60" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
         <v>194</v>
       </c>
-      <c r="F58" t="s">
+      <c r="C60" t="s">
         <v>195</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B59" t="s">
+      <c r="D60" t="s">
         <v>196</v>
       </c>
-      <c r="C59" t="s">
+      <c r="E60" t="s">
         <v>197</v>
       </c>
-      <c r="D59" t="s">
+      <c r="F60" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="61" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
         <v>198</v>
       </c>
-      <c r="E59" t="s">
+      <c r="C61" t="s">
         <v>199</v>
       </c>
-      <c r="F59" t="s">
-[...7 lines deleted...]
-      <c r="B60" t="s">
+      <c r="D61" t="s">
         <v>200</v>
       </c>
-      <c r="C60" t="s">
-[...2 lines deleted...]
-      <c r="D60" t="s">
+      <c r="E61" t="s">
         <v>201</v>
       </c>
-      <c r="E60" t="s">
-[...10 lines deleted...]
-      <c r="B61" t="s">
+      <c r="F61" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="62" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
         <v>202</v>
       </c>
-      <c r="C61" t="s">
-[...2 lines deleted...]
-      <c r="D61" t="s">
+      <c r="C62" t="s">
         <v>203</v>
       </c>
-      <c r="E61" t="s">
+      <c r="D62" t="s">
         <v>204</v>
       </c>
-      <c r="F61" t="s">
-[...7 lines deleted...]
-      <c r="B62" t="s">
+      <c r="E62" t="s">
         <v>205</v>
       </c>
-      <c r="C62" t="s">
-[...2 lines deleted...]
-      <c r="D62" t="s">
+      <c r="F62" t="s">
         <v>206</v>
       </c>
-      <c r="E62" t="s">
+    </row>
+    <row r="63" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
         <v>207</v>
       </c>
-      <c r="F62" t="s">
-[...7 lines deleted...]
-      <c r="B63" t="s">
+      <c r="C63" t="s">
         <v>208</v>
       </c>
-      <c r="C63" t="s">
+      <c r="D63" t="s">
         <v>209</v>
       </c>
-      <c r="D63" t="s">
+      <c r="E63" t="s">
         <v>210</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="64" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
         <v>211</v>
       </c>
-      <c r="F63" t="s">
+      <c r="C64" t="s">
+        <v>208</v>
+      </c>
+      <c r="D64" t="s">
         <v>212</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B64" t="s">
+      <c r="E64" t="s">
+        <v>210</v>
+      </c>
+      <c r="F64" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="65" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
         <v>213</v>
       </c>
-      <c r="C64" t="s">
+      <c r="C65" t="s">
+        <v>208</v>
+      </c>
+      <c r="D65" t="s">
         <v>214</v>
       </c>
-      <c r="D64" t="s">
+      <c r="E65" t="s">
         <v>215</v>
       </c>
-      <c r="E64" t="s">
+      <c r="F65" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="66" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
         <v>216</v>
       </c>
-      <c r="F64" t="s">
-[...7 lines deleted...]
-      <c r="B65" t="s">
+      <c r="C66" t="s">
+        <v>208</v>
+      </c>
+      <c r="D66" t="s">
         <v>217</v>
       </c>
-      <c r="C65" t="s">
+      <c r="E66" t="s">
         <v>218</v>
       </c>
-      <c r="D65" t="s">
+      <c r="F66" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="67" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
         <v>219</v>
       </c>
-      <c r="E65" t="s">
+      <c r="C67" t="s">
         <v>220</v>
       </c>
-      <c r="F65" t="s">
-[...7 lines deleted...]
-      <c r="B66" t="s">
+      <c r="D67" t="s">
         <v>221</v>
       </c>
-      <c r="C66" t="s">
-[...2 lines deleted...]
-      <c r="D66" t="s">
+      <c r="E67" t="s">
         <v>222</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F67" t="s">
         <v>223</v>
       </c>
-      <c r="F66" t="s">
+    </row>
+    <row r="68" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
         <v>224</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B67" t="s">
+      <c r="C68" t="s">
         <v>225</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D68" t="s">
+        <v>226</v>
+      </c>
+      <c r="E68" t="s">
+        <v>227</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="69" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>228</v>
+      </c>
+      <c r="C69" t="s">
+        <v>229</v>
+      </c>
+      <c r="D69" t="s">
+        <v>230</v>
+      </c>
+      <c r="E69" t="s">
+        <v>231</v>
+      </c>
+      <c r="F69" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="70" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>232</v>
+      </c>
+      <c r="C70" t="s">
+        <v>24</v>
+      </c>
+      <c r="D70" t="s">
+        <v>233</v>
+      </c>
+      <c r="E70" t="s">
+        <v>234</v>
+      </c>
+      <c r="F70" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="71" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>236</v>
+      </c>
+      <c r="C71" t="s">
         <v>91</v>
       </c>
-      <c r="D67" t="s">
-[...62 lines deleted...]
-      <c r="E70" t="s">
+      <c r="D71" t="s">
         <v>237</v>
       </c>
-      <c r="F70" t="s">
+      <c r="E71" t="s">
         <v>238</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B71" t="s">
+      <c r="F71" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="72" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
         <v>239</v>
       </c>
-      <c r="C71" t="s">
-[...2 lines deleted...]
-      <c r="D71" t="s">
+      <c r="C72" t="s">
         <v>240</v>
       </c>
-      <c r="E71" t="s">
+      <c r="D72" t="s">
         <v>241</v>
       </c>
-      <c r="F71" t="s">
-[...7 lines deleted...]
-      <c r="B72" t="s">
+      <c r="E72" t="s">
         <v>242</v>
       </c>
-      <c r="C72" t="s">
-[...2 lines deleted...]
-      <c r="D72" t="s">
+      <c r="F72" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="73" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
         <v>243</v>
       </c>
-      <c r="E72" t="s">
+      <c r="C73" t="s">
+        <v>24</v>
+      </c>
+      <c r="D73" t="s">
         <v>244</v>
       </c>
-      <c r="F72" t="s">
-[...7 lines deleted...]
-      <c r="B73" t="s">
+      <c r="E73" t="s">
         <v>245</v>
       </c>
-      <c r="C73" t="s">
-[...2 lines deleted...]
-      <c r="D73" t="s">
+      <c r="F73" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="74" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
         <v>246</v>
       </c>
-      <c r="E73" t="s">
+      <c r="C74" t="s">
+        <v>24</v>
+      </c>
+      <c r="D74" t="s">
         <v>247</v>
       </c>
-      <c r="F73" t="s">
-[...7 lines deleted...]
-      <c r="B74" t="s">
+      <c r="E74" t="s">
         <v>248</v>
       </c>
-      <c r="C74" t="s">
-[...2 lines deleted...]
-      <c r="D74" t="s">
+      <c r="F74" t="s">
         <v>249</v>
       </c>
-      <c r="E74" t="s">
-[...6 lines deleted...]
-    <row r="75" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="75" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B75" t="s">
         <v>250</v>
       </c>
       <c r="C75" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D75" t="s">
         <v>251</v>
       </c>
       <c r="E75" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F75" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="76" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>253</v>
+      </c>
+      <c r="C76" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D76" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E76" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F76" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="77" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A77" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" t="s">
+        <v>256</v>
+      </c>
+      <c r="C77" t="s">
         <v>102</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D77" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="E77" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="F77" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="78" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A78" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" t="s">
+        <v>259</v>
+      </c>
+      <c r="C78" t="s">
         <v>102</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B78" t="s">
+      <c r="D78" t="s">
+        <v>260</v>
+      </c>
+      <c r="E78" t="s">
         <v>258</v>
       </c>
-      <c r="C78" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F78" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="79" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="79" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B79" t="s">
         <v>261</v>
       </c>
       <c r="C79" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="D79" t="s">
         <v>262</v>
       </c>
       <c r="E79" t="s">
+        <v>258</v>
+      </c>
+      <c r="F79" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="80" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A80" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" t="s">
         <v>263</v>
       </c>
-      <c r="F79" t="s">
+      <c r="C80" t="s">
         <v>102</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B80" t="s">
+      <c r="D80" t="s">
         <v>264</v>
       </c>
-      <c r="C80" t="s">
-[...2 lines deleted...]
-      <c r="D80" t="s">
+      <c r="E80" t="s">
         <v>265</v>
       </c>
-      <c r="E80" t="s">
+      <c r="F80" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="81" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A81" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" t="s">
         <v>266</v>
       </c>
-      <c r="F80" t="s">
+      <c r="C81" t="s">
         <v>102</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B81" t="s">
+      <c r="D81" t="s">
         <v>267</v>
       </c>
-      <c r="C81" t="s">
-[...2 lines deleted...]
-      <c r="D81" t="s">
+      <c r="E81" t="s">
         <v>268</v>
       </c>
-      <c r="E81" t="s">
+      <c r="F81" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="82" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A82" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" t="s">
         <v>269</v>
       </c>
-      <c r="F81" t="s">
+      <c r="C82" t="s">
         <v>102</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A82" t="s">
+      <c r="D82" t="s">
         <v>270</v>
       </c>
-      <c r="B82" t="s">
+      <c r="E82" t="s">
         <v>271</v>
       </c>
-      <c r="C82" t="s">
-[...2 lines deleted...]
-      <c r="D82" t="s">
+      <c r="F82" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="83" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A83" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" t="s">
         <v>272</v>
       </c>
-      <c r="E82" t="s">
+      <c r="C83" t="s">
+        <v>102</v>
+      </c>
+      <c r="D83" t="s">
         <v>273</v>
       </c>
-      <c r="F82" t="s">
+      <c r="E83" t="s">
         <v>274</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B83" t="s">
+      <c r="F83" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="84" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" t="s">
         <v>275</v>
       </c>
-      <c r="C83" t="s">
+      <c r="C84" t="s">
+        <v>102</v>
+      </c>
+      <c r="D84" t="s">
         <v>276</v>
       </c>
-      <c r="D83" t="s">
+      <c r="E84" t="s">
         <v>277</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F84" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="85" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" t="s">
         <v>278</v>
       </c>
-      <c r="F83" t="s">
-[...7 lines deleted...]
-      <c r="B84" t="s">
+      <c r="C85" t="s">
+        <v>102</v>
+      </c>
+      <c r="D85" t="s">
         <v>279</v>
       </c>
-      <c r="C84" t="s">
+      <c r="E85" t="s">
+        <v>280</v>
+      </c>
+      <c r="F85" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="86" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A86" t="s">
+        <v>281</v>
+      </c>
+      <c r="B86" t="s">
+        <v>282</v>
+      </c>
+      <c r="C86" t="s">
+        <v>24</v>
+      </c>
+      <c r="D86" t="s">
+        <v>283</v>
+      </c>
+      <c r="E86" t="s">
+        <v>284</v>
+      </c>
+      <c r="F86" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="87" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A87" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" t="s">
+        <v>286</v>
+      </c>
+      <c r="C87" t="s">
+        <v>287</v>
+      </c>
+      <c r="D87" t="s">
+        <v>288</v>
+      </c>
+      <c r="E87" t="s">
+        <v>289</v>
+      </c>
+      <c r="F87" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="88" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A88" t="s">
+        <v>281</v>
+      </c>
+      <c r="B88" t="s">
+        <v>290</v>
+      </c>
+      <c r="C88" t="s">
         <v>91</v>
       </c>
-      <c r="D84" t="s">
-[...16 lines deleted...]
-      <c r="C85" t="s">
+      <c r="D88" t="s">
+        <v>291</v>
+      </c>
+      <c r="E88" t="s">
+        <v>292</v>
+      </c>
+      <c r="F88" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="89" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" t="s">
+        <v>290</v>
+      </c>
+      <c r="C89" t="s">
         <v>91</v>
       </c>
-      <c r="D85" t="s">
-[...50 lines deleted...]
-      <c r="A88" t="s">
+      <c r="D89" t="s">
+        <v>293</v>
+      </c>
+      <c r="E89" t="s">
+        <v>294</v>
+      </c>
+      <c r="F89" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="90" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" t="s">
+        <v>295</v>
+      </c>
+      <c r="C90" t="s">
+        <v>296</v>
+      </c>
+      <c r="D90" t="s">
+        <v>297</v>
+      </c>
+      <c r="E90" t="s">
+        <v>298</v>
+      </c>
+      <c r="F90" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="91" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A91" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" t="s">
+        <v>299</v>
+      </c>
+      <c r="C91" t="s">
+        <v>24</v>
+      </c>
+      <c r="D91" t="s">
+        <v>300</v>
+      </c>
+      <c r="E91" t="s">
+        <v>301</v>
+      </c>
+      <c r="F91" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="92" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A92" t="s">
         <v>74</v>
-      </c>
-[...78 lines deleted...]
-        <v>11</v>
       </c>
       <c r="B92" t="s">
         <v>303</v>
       </c>
       <c r="C92" t="s">
-        <v>22</v>
+        <v>304</v>
       </c>
       <c r="D92" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="E92" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F92" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-    <row r="93" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="93" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B93" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C93" t="s">
-        <v>25</v>
+        <v>308</v>
       </c>
       <c r="D93" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="E93" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F93" t="s">
-        <v>309</v>
-[...2 lines deleted...]
-    <row r="94" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="94" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="B94" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C94" t="s">
-        <v>311</v>
+        <v>91</v>
       </c>
       <c r="D94" t="s">
         <v>312</v>
       </c>
       <c r="E94" t="s">
         <v>313</v>
       </c>
       <c r="F94" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="95" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="95" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="B95" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="C95" t="s">
-        <v>311</v>
+        <v>91</v>
       </c>
       <c r="D95" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="E95" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F95" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="96" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="96" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="B96" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C96" t="s">
-        <v>311</v>
+        <v>91</v>
       </c>
       <c r="D96" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="E96" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="F96" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="97" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="97" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B97" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="C97" t="s">
-        <v>311</v>
+        <v>17</v>
       </c>
       <c r="D97" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="E97" t="s">
+        <v>322</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="98" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A98" t="s">
+        <v>10</v>
+      </c>
+      <c r="B98" t="s">
         <v>320</v>
       </c>
-      <c r="F97" t="s">
-[...7 lines deleted...]
-      <c r="B98" t="s">
+      <c r="C98" t="s">
+        <v>21</v>
+      </c>
+      <c r="D98" t="s">
         <v>321</v>
       </c>
-      <c r="C98" t="s">
-[...2 lines deleted...]
-      <c r="D98" t="s">
+      <c r="E98" t="s">
         <v>322</v>
       </c>
-      <c r="E98" t="s">
+      <c r="F98" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="99" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A99" t="s">
+        <v>10</v>
+      </c>
+      <c r="B99" t="s">
         <v>323</v>
       </c>
-      <c r="F98" t="s">
-[...7 lines deleted...]
-      <c r="B99" t="s">
+      <c r="C99" t="s">
+        <v>24</v>
+      </c>
+      <c r="D99" t="s">
         <v>324</v>
       </c>
-      <c r="C99" t="s">
-[...2 lines deleted...]
-      <c r="D99" t="s">
+      <c r="E99" t="s">
         <v>325</v>
       </c>
-      <c r="E99" t="s">
+      <c r="F99" t="s">
         <v>326</v>
       </c>
-      <c r="F99" t="s">
-[...3 lines deleted...]
-    <row r="100" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="100" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>270</v>
+        <v>90</v>
       </c>
       <c r="B100" t="s">
         <v>327</v>
       </c>
       <c r="C100" t="s">
-        <v>311</v>
+        <v>91</v>
       </c>
       <c r="D100" t="s">
         <v>328</v>
       </c>
       <c r="E100" t="s">
         <v>329</v>
       </c>
       <c r="F100" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="101" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B101" t="s">
-        <v>75</v>
+        <v>330</v>
       </c>
       <c r="C101" t="s">
-        <v>311</v>
+        <v>24</v>
       </c>
       <c r="D101" t="s">
+        <v>331</v>
+      </c>
+      <c r="E101" t="s">
+        <v>332</v>
+      </c>
+      <c r="F101" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="102" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A102" t="s">
+        <v>56</v>
+      </c>
+      <c r="B102" t="s">
         <v>330</v>
       </c>
-      <c r="E101" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C102" t="s">
-        <v>311</v>
+        <v>24</v>
       </c>
       <c r="D102" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="E102" t="s">
+        <v>335</v>
+      </c>
+      <c r="F102" t="s">
         <v>333</v>
       </c>
-      <c r="F102" t="s">
-[...3 lines deleted...]
-    <row r="103" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="103" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B103" t="s">
-        <v>75</v>
+        <v>336</v>
       </c>
       <c r="C103" t="s">
-        <v>91</v>
+        <v>337</v>
       </c>
       <c r="D103" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="E103" t="s">
-        <v>335</v>
+        <v>339</v>
       </c>
       <c r="F103" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="104" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="104" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B104" t="s">
         <v>336</v>
       </c>
       <c r="C104" t="s">
         <v>337</v>
       </c>
       <c r="D104" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="E104" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F104" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="105" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="105" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>57</v>
+        <v>281</v>
       </c>
       <c r="B105" t="s">
+        <v>342</v>
+      </c>
+      <c r="C105" t="s">
+        <v>337</v>
+      </c>
+      <c r="D105" t="s">
+        <v>343</v>
+      </c>
+      <c r="E105" t="s">
+        <v>344</v>
+      </c>
+      <c r="F105" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="106" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A106" t="s">
+        <v>281</v>
+      </c>
+      <c r="B106" t="s">
+        <v>345</v>
+      </c>
+      <c r="C106" t="s">
+        <v>337</v>
+      </c>
+      <c r="D106" t="s">
+        <v>346</v>
+      </c>
+      <c r="E106" t="s">
+        <v>347</v>
+      </c>
+      <c r="F106" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="107" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A107" t="s">
+        <v>281</v>
+      </c>
+      <c r="B107" t="s">
+        <v>348</v>
+      </c>
+      <c r="C107" t="s">
+        <v>337</v>
+      </c>
+      <c r="D107" t="s">
+        <v>349</v>
+      </c>
+      <c r="E107" t="s">
+        <v>350</v>
+      </c>
+      <c r="F107" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="108" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A108" t="s">
+        <v>56</v>
+      </c>
+      <c r="B108" t="s">
         <v>75</v>
       </c>
-      <c r="C105" t="s">
-[...16 lines deleted...]
-      <c r="B106" t="s">
+      <c r="C108" t="s">
+        <v>337</v>
+      </c>
+      <c r="D108" t="s">
+        <v>351</v>
+      </c>
+      <c r="E108" t="s">
+        <v>352</v>
+      </c>
+      <c r="F108" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="109" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A109" t="s">
+        <v>56</v>
+      </c>
+      <c r="B109" t="s">
         <v>75</v>
       </c>
-      <c r="C106" t="s">
-[...8 lines deleted...]
-      <c r="F106" t="s">
+      <c r="C109" t="s">
+        <v>337</v>
+      </c>
+      <c r="D109" t="s">
+        <v>353</v>
+      </c>
+      <c r="E109" t="s">
+        <v>354</v>
+      </c>
+      <c r="F109" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="107" spans="1:6" x14ac:dyDescent="0.35">
-[...6 lines deleted...]
-      <c r="C107" t="s">
+    <row r="110" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A110" t="s">
+        <v>10</v>
+      </c>
+      <c r="B110" t="s">
+        <v>75</v>
+      </c>
+      <c r="C110" t="s">
         <v>91</v>
       </c>
-      <c r="D107" t="s">
-[...30 lines deleted...]
-      <c r="A109" t="s">
+      <c r="D110" t="s">
+        <v>355</v>
+      </c>
+      <c r="E110" t="s">
+        <v>356</v>
+      </c>
+      <c r="F110" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="111" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A111" t="s">
+        <v>10</v>
+      </c>
+      <c r="B111" t="s">
+        <v>357</v>
+      </c>
+      <c r="C111" t="s">
+        <v>358</v>
+      </c>
+      <c r="D111" t="s">
+        <v>359</v>
+      </c>
+      <c r="E111" t="s">
+        <v>360</v>
+      </c>
+      <c r="F111" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="112" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A112" t="s">
+        <v>56</v>
+      </c>
+      <c r="B112" t="s">
+        <v>75</v>
+      </c>
+      <c r="C112" t="s">
+        <v>24</v>
+      </c>
+      <c r="D112" t="s">
+        <v>361</v>
+      </c>
+      <c r="E112" t="s">
+        <v>362</v>
+      </c>
+      <c r="F112" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="113" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A113" t="s">
+        <v>10</v>
+      </c>
+      <c r="B113" t="s">
+        <v>75</v>
+      </c>
+      <c r="C113" t="s">
+        <v>364</v>
+      </c>
+      <c r="D113" t="s">
+        <v>365</v>
+      </c>
+      <c r="E113" t="s">
+        <v>366</v>
+      </c>
+      <c r="F113" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="114" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A114" t="s">
+        <v>10</v>
+      </c>
+      <c r="B114" t="s">
+        <v>367</v>
+      </c>
+      <c r="C114" t="s">
+        <v>91</v>
+      </c>
+      <c r="D114" t="s">
+        <v>368</v>
+      </c>
+      <c r="E114" t="s">
+        <v>369</v>
+      </c>
+      <c r="F114" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="115" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A115" t="s">
+        <v>10</v>
+      </c>
+      <c r="B115" t="s">
+        <v>370</v>
+      </c>
+      <c r="C115" t="s">
+        <v>208</v>
+      </c>
+      <c r="D115" t="s">
+        <v>371</v>
+      </c>
+      <c r="E115" t="s">
+        <v>372</v>
+      </c>
+      <c r="F115" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="116" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A116" t="s">
         <v>74</v>
       </c>
-      <c r="B109" t="s">
-[...16 lines deleted...]
-      <c r="A110" t="s">
+      <c r="B116" t="s">
+        <v>373</v>
+      </c>
+      <c r="C116" t="s">
+        <v>374</v>
+      </c>
+      <c r="D116" t="s">
+        <v>375</v>
+      </c>
+      <c r="E116" t="s">
+        <v>376</v>
+      </c>
+      <c r="F116" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="117" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A117" t="s">
         <v>74</v>
       </c>
-      <c r="B110" t="s">
-[...16 lines deleted...]
-      <c r="A111" t="s">
+      <c r="B117" t="s">
+        <v>377</v>
+      </c>
+      <c r="C117" t="s">
+        <v>374</v>
+      </c>
+      <c r="D117" t="s">
+        <v>378</v>
+      </c>
+      <c r="E117" t="s">
+        <v>379</v>
+      </c>
+      <c r="F117" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="118" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A118" t="s">
         <v>74</v>
       </c>
-      <c r="B111" t="s">
-[...79 lines deleted...]
-      <c r="B115" t="s">
+      <c r="B118" t="s">
+        <v>380</v>
+      </c>
+      <c r="C118" t="s">
         <v>374</v>
       </c>
-      <c r="C115" t="s">
-[...45 lines deleted...]
-      <c r="E117" t="s">
+      <c r="D118" t="s">
         <v>381</v>
       </c>
-      <c r="F117" t="s">
-[...10 lines deleted...]
-      <c r="C118" t="s">
+      <c r="E118" t="s">
         <v>382</v>
       </c>
-      <c r="D118" t="s">
+      <c r="F118" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="119" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
         <v>383</v>
       </c>
-      <c r="E118" t="s">
+      <c r="C119" t="s">
         <v>384</v>
       </c>
-      <c r="F118" t="s">
-[...7 lines deleted...]
-      <c r="B119" t="s">
+      <c r="D119" t="s">
         <v>385</v>
       </c>
-      <c r="C119" t="s">
-[...2 lines deleted...]
-      <c r="D119" t="s">
+      <c r="E119" t="s">
         <v>386</v>
       </c>
-      <c r="E119" t="s">
+      <c r="F119" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="120" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
         <v>387</v>
       </c>
-      <c r="F119" t="s">
-[...7 lines deleted...]
-      <c r="B120" t="s">
+      <c r="C120" t="s">
+        <v>24</v>
+      </c>
+      <c r="D120" t="s">
         <v>388</v>
       </c>
-      <c r="C120" t="s">
-[...2 lines deleted...]
-      <c r="D120" t="s">
+      <c r="E120" t="s">
         <v>389</v>
       </c>
-      <c r="E120" t="s">
+      <c r="F120" t="s">
         <v>390</v>
       </c>
-      <c r="F120" t="s">
-[...3 lines deleted...]
-    <row r="121" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="121" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B121" t="s">
         <v>391</v>
       </c>
       <c r="C121" t="s">
-        <v>91</v>
+        <v>392</v>
       </c>
       <c r="D121" t="s">
+        <v>393</v>
+      </c>
+      <c r="E121" t="s">
+        <v>394</v>
+      </c>
+      <c r="F121" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="122" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A122" t="s">
+        <v>10</v>
+      </c>
+      <c r="B122" t="s">
+        <v>395</v>
+      </c>
+      <c r="C122" t="s">
         <v>392</v>
-      </c>
-[...15 lines deleted...]
-        <v>395</v>
       </c>
       <c r="D122" t="s">
         <v>396</v>
       </c>
       <c r="E122" t="s">
         <v>397</v>
       </c>
       <c r="F122" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="123" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="123" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B123" t="s">
         <v>398</v>
       </c>
       <c r="C123" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D123" t="s">
         <v>399</v>
       </c>
       <c r="E123" t="s">
         <v>400</v>
       </c>
       <c r="F123" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="124" spans="1:6" x14ac:dyDescent="0.35">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="124" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="B124" t="s">
+        <v>75</v>
+      </c>
+      <c r="C124" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D124" t="s">
         <v>402</v>
       </c>
       <c r="E124" t="s">
         <v>403</v>
       </c>
       <c r="F124" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="125" spans="1:6" x14ac:dyDescent="0.35">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="125" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B125" t="s">
+        <v>75</v>
+      </c>
+      <c r="C125" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>91</v>
       </c>
       <c r="D125" t="s">
         <v>405</v>
       </c>
       <c r="E125" t="s">
         <v>406</v>
       </c>
       <c r="F125" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="126" spans="1:6" x14ac:dyDescent="0.35">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="126" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="B126" t="s">
         <v>407</v>
       </c>
       <c r="C126" t="s">
-        <v>25</v>
+        <v>408</v>
       </c>
       <c r="D126" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E126" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F126" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="127" spans="1:6" x14ac:dyDescent="0.35">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="127" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B127" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="C127" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D127" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E127" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="F127" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-    <row r="128" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="128" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B128" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="C128" t="s">
-        <v>413</v>
+        <v>91</v>
       </c>
       <c r="D128" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E128" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F128" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="129" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="129" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B129" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C129" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="D129" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="E129" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F129" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="130" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B130" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C130" t="s">
-        <v>421</v>
+        <v>24</v>
       </c>
       <c r="D130" t="s">
         <v>422</v>
       </c>
       <c r="E130" t="s">
         <v>423</v>
       </c>
       <c r="F130" t="s">
-        <v>1151</v>
-[...2 lines deleted...]
-    <row r="131" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="131" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B131" t="s">
         <v>424</v>
       </c>
       <c r="C131" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D131" t="s">
         <v>425</v>
       </c>
       <c r="E131" t="s">
         <v>426</v>
       </c>
       <c r="F131" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="132" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="132" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B132" t="s">
         <v>427</v>
       </c>
       <c r="C132" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D132" t="s">
         <v>428</v>
       </c>
       <c r="E132" t="s">
         <v>429</v>
       </c>
       <c r="F132" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="133" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="133" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B133" t="s">
         <v>430</v>
       </c>
       <c r="C133" t="s">
+        <v>24</v>
+      </c>
+      <c r="D133" t="s">
         <v>431</v>
       </c>
-      <c r="D133" t="s">
+      <c r="E133" t="s">
         <v>432</v>
       </c>
-      <c r="E133" t="s">
+      <c r="F133" t="s">
         <v>433</v>
       </c>
-      <c r="F133" t="s">
-[...3 lines deleted...]
-    <row r="134" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="134" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B134" t="s">
+        <v>430</v>
+      </c>
+      <c r="C134" t="s">
+        <v>24</v>
+      </c>
+      <c r="D134" t="s">
         <v>434</v>
       </c>
-      <c r="C134" t="s">
+      <c r="E134" t="s">
+        <v>432</v>
+      </c>
+      <c r="F134" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A135" t="s">
+        <v>10</v>
+      </c>
+      <c r="B135" t="s">
         <v>435</v>
       </c>
-      <c r="D134" t="s">
+      <c r="C135" t="s">
         <v>436</v>
       </c>
-      <c r="E134" t="s">
+      <c r="D135" t="s">
         <v>437</v>
       </c>
-      <c r="F134" t="s">
-[...7 lines deleted...]
-      <c r="B135" t="s">
+      <c r="E135" t="s">
         <v>438</v>
       </c>
-      <c r="C135" t="s">
+      <c r="F135" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="136" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A136" t="s">
+        <v>10</v>
+      </c>
+      <c r="B136" t="s">
         <v>439</v>
       </c>
-      <c r="D135" t="s">
+      <c r="C136" t="s">
         <v>440</v>
       </c>
-      <c r="E135" t="s">
+      <c r="D136" t="s">
         <v>441</v>
       </c>
-      <c r="F135" t="s">
+      <c r="E136" t="s">
         <v>442</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D136" t="s">
+      <c r="F136" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="137" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A137" t="s">
+        <v>56</v>
+      </c>
+      <c r="B137" t="s">
         <v>443</v>
       </c>
-      <c r="E136" t="s">
+      <c r="C137" t="s">
         <v>444</v>
       </c>
-      <c r="F136" t="s">
-[...7 lines deleted...]
-      <c r="B137" t="s">
+      <c r="D137" t="s">
         <v>445</v>
       </c>
-      <c r="C137" t="s">
-[...2 lines deleted...]
-      <c r="D137" t="s">
+      <c r="E137" t="s">
         <v>446</v>
       </c>
-      <c r="E137" t="s">
+      <c r="F137" t="s">
         <v>447</v>
       </c>
-      <c r="F137" t="s">
-[...3 lines deleted...]
-    <row r="138" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="138" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B138" t="s">
         <v>448</v>
       </c>
       <c r="C138" t="s">
-        <v>99</v>
+        <v>24</v>
       </c>
       <c r="D138" t="s">
         <v>449</v>
       </c>
       <c r="E138" t="s">
         <v>450</v>
       </c>
       <c r="F138" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="139" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="139" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B139" t="s">
         <v>451</v>
       </c>
       <c r="C139" t="s">
+        <v>24</v>
+      </c>
+      <c r="D139" t="s">
         <v>452</v>
       </c>
-      <c r="D139" t="s">
+      <c r="E139" t="s">
         <v>453</v>
       </c>
-      <c r="E139" t="s">
+      <c r="F139" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="140" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A140" t="s">
+        <v>56</v>
+      </c>
+      <c r="B140" t="s">
         <v>454</v>
       </c>
-      <c r="F139" t="s">
-[...7 lines deleted...]
-      <c r="B140" t="s">
+      <c r="C140" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>456</v>
       </c>
       <c r="E140" t="s">
         <v>457</v>
       </c>
       <c r="F140" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A141" t="s">
+        <v>10</v>
+      </c>
+      <c r="B141" t="s">
         <v>458</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B141" t="s">
+      <c r="C141" t="s">
         <v>459</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>460</v>
       </c>
       <c r="E141" t="s">
         <v>461</v>
       </c>
       <c r="F141" t="s">
-        <v>274</v>
-[...2 lines deleted...]
-    <row r="142" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B142" t="s">
         <v>462</v>
       </c>
       <c r="C142" t="s">
         <v>463</v>
       </c>
       <c r="D142" t="s">
         <v>464</v>
       </c>
       <c r="E142" t="s">
         <v>465</v>
       </c>
       <c r="F142" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="143" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B143" t="s">
+        <v>263</v>
+      </c>
+      <c r="C143" t="s">
+        <v>102</v>
+      </c>
+      <c r="D143" t="s">
         <v>466</v>
       </c>
-      <c r="C143" t="s">
-[...2 lines deleted...]
-      <c r="D143" t="s">
+      <c r="E143" t="s">
         <v>467</v>
       </c>
-      <c r="E143" t="s">
+      <c r="F143" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A144" t="s">
+        <v>10</v>
+      </c>
+      <c r="B144" t="s">
         <v>468</v>
       </c>
-      <c r="F143" t="s">
-[...7 lines deleted...]
-      <c r="B144" t="s">
+      <c r="C144" t="s">
+        <v>102</v>
+      </c>
+      <c r="D144" t="s">
         <v>469</v>
       </c>
-      <c r="C144" t="s">
+      <c r="E144" t="s">
         <v>470</v>
       </c>
-      <c r="D144" t="s">
+      <c r="F144" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A145" t="s">
+        <v>10</v>
+      </c>
+      <c r="B145" t="s">
         <v>471</v>
       </c>
-      <c r="E144" t="s">
+      <c r="C145" t="s">
+        <v>102</v>
+      </c>
+      <c r="D145" t="s">
         <v>472</v>
       </c>
-      <c r="F144" t="s">
-[...13 lines deleted...]
-      <c r="D145" t="s">
+      <c r="E145" t="s">
         <v>473</v>
       </c>
-      <c r="E145" t="s">
+      <c r="F145" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A146" t="s">
+        <v>10</v>
+      </c>
+      <c r="B146" t="s">
         <v>474</v>
       </c>
-      <c r="F145" t="s">
-[...7 lines deleted...]
-      <c r="B146" t="s">
+      <c r="C146" t="s">
         <v>475</v>
       </c>
-      <c r="C146" t="s">
+      <c r="D146" t="s">
         <v>476</v>
       </c>
-      <c r="D146" t="s">
+      <c r="E146" t="s">
         <v>477</v>
       </c>
-      <c r="E146" t="s">
+      <c r="F146" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="147" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A147" t="s">
+        <v>10</v>
+      </c>
+      <c r="B147" t="s">
         <v>478</v>
       </c>
-      <c r="F146" t="s">
-[...7 lines deleted...]
-      <c r="B147" t="s">
+      <c r="C147" t="s">
+        <v>24</v>
+      </c>
+      <c r="D147" t="s">
         <v>479</v>
       </c>
-      <c r="C147" t="s">
-[...2 lines deleted...]
-      <c r="D147" t="s">
+      <c r="E147" t="s">
         <v>480</v>
       </c>
-      <c r="E147" t="s">
+      <c r="F147" t="s">
         <v>481</v>
       </c>
-      <c r="F147" t="s">
-[...3 lines deleted...]
-    <row r="148" spans="1:6" x14ac:dyDescent="0.35">
+    </row>
+    <row r="148" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="B148" t="s">
         <v>482</v>
       </c>
       <c r="C148" t="s">
+        <v>24</v>
+      </c>
+      <c r="D148" t="s">
         <v>483</v>
       </c>
-      <c r="D148" t="s">
+      <c r="E148" t="s">
         <v>484</v>
       </c>
-      <c r="E148" t="s">
+      <c r="F148" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="149" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A149" t="s">
+        <v>10</v>
+      </c>
+      <c r="B149" t="s">
         <v>485</v>
       </c>
-      <c r="F148" t="s">
-[...7 lines deleted...]
-      <c r="B149" t="s">
+      <c r="C149" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>487</v>
       </c>
       <c r="E149" t="s">
         <v>488</v>
       </c>
       <c r="F149" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="150" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="150" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B150" t="s">
         <v>489</v>
       </c>
       <c r="C150" t="s">
+        <v>24</v>
+      </c>
+      <c r="D150" t="s">
         <v>490</v>
       </c>
-      <c r="D150" t="s">
+      <c r="E150" t="s">
         <v>491</v>
       </c>
-      <c r="E150" t="s">
+      <c r="F150" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="151" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A151" t="s">
+        <v>10</v>
+      </c>
+      <c r="B151" t="s">
         <v>492</v>
       </c>
-      <c r="F150" t="s">
-[...7 lines deleted...]
-      <c r="B151" t="s">
+      <c r="C151" t="s">
         <v>493</v>
       </c>
-      <c r="C151" t="s">
+      <c r="D151" t="s">
         <v>494</v>
       </c>
-      <c r="D151" t="s">
+      <c r="E151" t="s">
         <v>495</v>
       </c>
-      <c r="E151" t="s">
+      <c r="F151" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="152" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A152" t="s">
+        <v>56</v>
+      </c>
+      <c r="B152" t="s">
+        <v>75</v>
+      </c>
+      <c r="C152" t="s">
+        <v>91</v>
+      </c>
+      <c r="D152" t="s">
         <v>496</v>
       </c>
-      <c r="F151" t="s">
-[...7 lines deleted...]
-      <c r="B152" t="s">
+      <c r="E152" t="s">
         <v>497</v>
       </c>
-      <c r="C152" t="s">
-[...5 lines deleted...]
-      <c r="E152" t="s">
+      <c r="F152" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="153" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A153" t="s">
+        <v>10</v>
+      </c>
+      <c r="B153" t="s">
         <v>498</v>
       </c>
-      <c r="F152" t="s">
-[...7 lines deleted...]
-      <c r="B153" t="s">
+      <c r="C153" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>500</v>
       </c>
       <c r="E153" t="s">
         <v>501</v>
       </c>
       <c r="F153" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="154" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A154" t="s">
+        <v>10</v>
+      </c>
+      <c r="B154" t="s">
         <v>502</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B154" t="s">
+      <c r="C154" t="s">
+        <v>91</v>
+      </c>
+      <c r="D154" t="s">
         <v>503</v>
       </c>
-      <c r="C154" t="s">
-[...2 lines deleted...]
-      <c r="D154" t="s">
+      <c r="E154" t="s">
         <v>504</v>
       </c>
-      <c r="E154" t="s">
+      <c r="F154" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="155" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A155" t="s">
+        <v>10</v>
+      </c>
+      <c r="B155" t="s">
         <v>505</v>
       </c>
-      <c r="F154" t="s">
-[...7 lines deleted...]
-      <c r="B155" t="s">
+      <c r="C155" t="s">
         <v>506</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>507</v>
       </c>
       <c r="E155" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="F155" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="156" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="156" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B156" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C156" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D156" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="E156" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="F156" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="157" spans="1:6" x14ac:dyDescent="0.35">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="157" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="B157" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C157" t="s">
-        <v>25</v>
+        <v>513</v>
       </c>
       <c r="D157" t="s">
+        <v>514</v>
+      </c>
+      <c r="E157" t="s">
+        <v>515</v>
+      </c>
+      <c r="F157" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="158" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A158" t="s">
+        <v>10</v>
+      </c>
+      <c r="B158" t="s">
         <v>512</v>
       </c>
-      <c r="E157" t="s">
-[...10 lines deleted...]
-      <c r="B158" t="s">
+      <c r="C158" t="s">
+        <v>517</v>
+      </c>
+      <c r="D158" t="s">
+        <v>518</v>
+      </c>
+      <c r="E158" t="s">
         <v>515</v>
       </c>
-      <c r="C158" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F158" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="159" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="159" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="B159" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="C159" t="s">
-        <v>197</v>
+        <v>520</v>
       </c>
       <c r="D159" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="E159" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="F159" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="160" spans="1:6" x14ac:dyDescent="0.35">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="160" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>11</v>
+        <v>281</v>
       </c>
       <c r="B160" t="s">
+        <v>523</v>
+      </c>
+      <c r="C160" t="s">
         <v>520</v>
       </c>
-      <c r="C160" t="s">
+      <c r="D160" t="s">
         <v>521</v>
       </c>
-      <c r="D160" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E160" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F160" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="161" spans="1:6" x14ac:dyDescent="0.35">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="161" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B161" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C161" t="s">
-        <v>525</v>
+        <v>24</v>
       </c>
       <c r="D161" t="s">
         <v>526</v>
       </c>
       <c r="E161" t="s">
         <v>527</v>
       </c>
       <c r="F161" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:6" x14ac:dyDescent="0.35">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="162" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B162" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="C162" t="s">
-        <v>529</v>
+        <v>24</v>
       </c>
       <c r="D162" t="s">
         <v>530</v>
       </c>
       <c r="E162" t="s">
         <v>531</v>
       </c>
       <c r="F162" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="163" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="163" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B163" t="s">
         <v>532</v>
       </c>
       <c r="C163" t="s">
-        <v>529</v>
+        <v>24</v>
       </c>
       <c r="D163" t="s">
         <v>533</v>
       </c>
       <c r="E163" t="s">
+        <v>531</v>
+      </c>
+      <c r="F163" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="164" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A164" t="s">
+        <v>10</v>
+      </c>
+      <c r="B164" t="s">
         <v>534</v>
       </c>
-      <c r="F163" t="s">
-[...7 lines deleted...]
-      <c r="B164" t="s">
+      <c r="C164" t="s">
+        <v>24</v>
+      </c>
+      <c r="D164" t="s">
         <v>535</v>
       </c>
-      <c r="C164" t="s">
-[...2 lines deleted...]
-      <c r="D164" t="s">
+      <c r="E164" t="s">
         <v>536</v>
       </c>
-      <c r="E164" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F164" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="165" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="165" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B165" t="s">
         <v>537</v>
       </c>
       <c r="C165" t="s">
-        <v>529</v>
+        <v>24</v>
       </c>
       <c r="D165" t="s">
         <v>538</v>
       </c>
       <c r="E165" t="s">
         <v>539</v>
       </c>
       <c r="F165" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:6" x14ac:dyDescent="0.35">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="166" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B166" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C166" t="s">
-        <v>529</v>
+        <v>542</v>
       </c>
       <c r="D166" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="E166" t="s">
-        <v>542</v>
+        <v>539</v>
       </c>
       <c r="F166" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="167" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>11</v>
+        <v>90</v>
       </c>
       <c r="B167" t="s">
-        <v>540</v>
+        <v>543</v>
       </c>
       <c r="C167" t="s">
-        <v>529</v>
+        <v>208</v>
       </c>
       <c r="D167" t="s">
+        <v>544</v>
+      </c>
+      <c r="E167" t="s">
+        <v>545</v>
+      </c>
+      <c r="F167" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="168" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A168" t="s">
+        <v>10</v>
+      </c>
+      <c r="B168" t="s">
         <v>543</v>
       </c>
-      <c r="E167" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="C168" t="s">
-        <v>529</v>
+        <v>208</v>
       </c>
       <c r="D168" t="s">
+        <v>546</v>
+      </c>
+      <c r="E168" t="s">
         <v>545</v>
       </c>
-      <c r="E168" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F168" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="169" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="169" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B169" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="C169" t="s">
-        <v>529</v>
+        <v>548</v>
       </c>
       <c r="D169" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="E169" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="F169" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="170" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="170" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B170" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="C170" t="s">
-        <v>529</v>
+        <v>552</v>
       </c>
       <c r="D170" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="E170" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="F170" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="171" spans="1:6" x14ac:dyDescent="0.35">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="171" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B171" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
       <c r="C171" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D171" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="E171" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="F171" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="172" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="172" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B172" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="C172" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D172" t="s">
+        <v>560</v>
+      </c>
+      <c r="E172" t="s">
+        <v>561</v>
+      </c>
+      <c r="F172" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="173" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A173" t="s">
+        <v>10</v>
+      </c>
+      <c r="B173" t="s">
+        <v>562</v>
+      </c>
+      <c r="C173" t="s">
         <v>556</v>
       </c>
-      <c r="E172" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="D173" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="E173" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="F173" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="174" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="174" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B174" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
       <c r="C174" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D174" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="E174" t="s">
-        <v>560</v>
+        <v>566</v>
       </c>
       <c r="F174" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="175" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="175" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B175" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C175" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D175" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="E175" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="F175" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="176" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="176" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B176" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="C176" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D176" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="E176" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="F176" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="177" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B177" t="s">
+        <v>571</v>
+      </c>
+      <c r="C177" t="s">
+        <v>556</v>
+      </c>
+      <c r="D177" t="s">
+        <v>572</v>
+      </c>
+      <c r="E177" t="s">
         <v>569</v>
       </c>
-      <c r="C177" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F177" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="178" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B178" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C178" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D178" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="E178" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F178" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="179" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B179" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="C179" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D179" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="E179" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F179" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="180" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B180" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C180" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D180" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="E180" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="F180" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="181" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>74</v>
+        <v>10</v>
       </c>
       <c r="B181" t="s">
-        <v>75</v>
+        <v>582</v>
       </c>
       <c r="C181" t="s">
-        <v>529</v>
+        <v>556</v>
       </c>
       <c r="D181" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="E181" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="F181" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="182" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B182" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C182" t="s">
-        <v>582</v>
+        <v>556</v>
       </c>
       <c r="D182" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="E182" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="F182" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="183" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>585</v>
+        <v>10</v>
       </c>
       <c r="B183" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="C183" t="s">
-        <v>586</v>
+        <v>556</v>
       </c>
       <c r="D183" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="E183" t="s">
         <v>587</v>
       </c>
       <c r="F183" t="s">
-        <v>588</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="184" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B184" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C184" t="s">
-        <v>18</v>
+        <v>556</v>
       </c>
       <c r="D184" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="E184" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="F184" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="185" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A185" t="s">
+        <v>10</v>
+      </c>
+      <c r="B185" t="s">
+        <v>593</v>
+      </c>
+      <c r="C185" t="s">
+        <v>556</v>
+      </c>
+      <c r="D185" t="s">
+        <v>594</v>
+      </c>
+      <c r="E185" t="s">
+        <v>595</v>
+      </c>
+      <c r="F185" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="186" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A186" t="s">
+        <v>10</v>
+      </c>
+      <c r="B186" t="s">
+        <v>596</v>
+      </c>
+      <c r="C186" t="s">
+        <v>556</v>
+      </c>
+      <c r="D186" t="s">
+        <v>597</v>
+      </c>
+      <c r="E186" t="s">
+        <v>598</v>
+      </c>
+      <c r="F186" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="187" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A187" t="s">
+        <v>10</v>
+      </c>
+      <c r="B187" t="s">
+        <v>599</v>
+      </c>
+      <c r="C187" t="s">
+        <v>556</v>
+      </c>
+      <c r="D187" t="s">
+        <v>600</v>
+      </c>
+      <c r="E187" t="s">
+        <v>601</v>
+      </c>
+      <c r="F187" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="188" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A188" t="s">
+        <v>10</v>
+      </c>
+      <c r="B188" t="s">
+        <v>602</v>
+      </c>
+      <c r="C188" t="s">
+        <v>556</v>
+      </c>
+      <c r="D188" t="s">
+        <v>603</v>
+      </c>
+      <c r="E188" t="s">
+        <v>604</v>
+      </c>
+      <c r="F188" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="189" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A189" t="s">
+        <v>10</v>
+      </c>
+      <c r="B189" t="s">
+        <v>605</v>
+      </c>
+      <c r="C189" t="s">
+        <v>556</v>
+      </c>
+      <c r="D189" t="s">
+        <v>603</v>
+      </c>
+      <c r="E189" t="s">
+        <v>604</v>
+      </c>
+      <c r="F189" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="190" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A190" t="s">
+        <v>74</v>
+      </c>
+      <c r="B190" t="s">
+        <v>75</v>
+      </c>
+      <c r="C190" t="s">
+        <v>556</v>
+      </c>
+      <c r="D190" t="s">
+        <v>606</v>
+      </c>
+      <c r="E190" t="s">
+        <v>607</v>
+      </c>
+      <c r="F190" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="191" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A191" t="s">
+        <v>10</v>
+      </c>
+      <c r="B191" t="s">
+        <v>608</v>
+      </c>
+      <c r="C191" t="s">
+        <v>609</v>
+      </c>
+      <c r="D191" t="s">
+        <v>610</v>
+      </c>
+      <c r="E191" t="s">
+        <v>611</v>
+      </c>
+      <c r="F191" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="192" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A192" t="s">
+        <v>612</v>
+      </c>
+      <c r="B192" t="s">
+        <v>608</v>
+      </c>
+      <c r="C192" t="s">
+        <v>613</v>
+      </c>
+      <c r="D192" t="s">
+        <v>610</v>
+      </c>
+      <c r="E192" t="s">
+        <v>614</v>
+      </c>
+      <c r="F192" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="193" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A193" t="s">
+        <v>10</v>
+      </c>
+      <c r="B193" t="s">
+        <v>615</v>
+      </c>
+      <c r="C193" t="s">
+        <v>17</v>
+      </c>
+      <c r="D193" t="s">
+        <v>616</v>
+      </c>
+      <c r="E193" t="s">
+        <v>617</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="194" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A194" t="s">
+        <v>10</v>
+      </c>
+      <c r="B194" t="s">
+        <v>615</v>
+      </c>
+      <c r="C194" t="s">
         <v>21</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C185" t="s">
+      <c r="D194" t="s">
+        <v>616</v>
+      </c>
+      <c r="E194" t="s">
+        <v>617</v>
+      </c>
+      <c r="F194" t="s">
         <v>22</v>
       </c>
-      <c r="D185" t="s">
-[...153 lines deleted...]
-      <c r="B193" t="s">
+    </row>
+    <row r="195" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A195" t="s">
+        <v>10</v>
+      </c>
+      <c r="B195" t="s">
         <v>618</v>
       </c>
-      <c r="C193" t="s">
-[...2 lines deleted...]
-      <c r="D193" t="s">
+      <c r="C195" t="s">
         <v>619</v>
       </c>
-      <c r="E193" t="s">
+      <c r="D195" t="s">
         <v>620</v>
       </c>
-      <c r="F193" t="s">
-[...7 lines deleted...]
-      <c r="B194" t="s">
+      <c r="E195" t="s">
         <v>621</v>
       </c>
-      <c r="C194" t="s">
-[...2 lines deleted...]
-      <c r="D194" t="s">
+      <c r="F195" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="196" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A196" t="s">
+        <v>10</v>
+      </c>
+      <c r="B196" t="s">
         <v>622</v>
       </c>
-      <c r="E194" t="s">
+      <c r="C196" t="s">
+        <v>24</v>
+      </c>
+      <c r="D196" t="s">
         <v>623</v>
       </c>
-      <c r="F194" t="s">
-[...7 lines deleted...]
-      <c r="B195" t="s">
+      <c r="E196" t="s">
         <v>624</v>
       </c>
-      <c r="C195" t="s">
+      <c r="F196" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="197" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A197" t="s">
+        <v>10</v>
+      </c>
+      <c r="B197" t="s">
+        <v>626</v>
+      </c>
+      <c r="C197" t="s">
+        <v>24</v>
+      </c>
+      <c r="D197" t="s">
+        <v>627</v>
+      </c>
+      <c r="E197" t="s">
+        <v>628</v>
+      </c>
+      <c r="F197" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="198" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A198" t="s">
+        <v>281</v>
+      </c>
+      <c r="B198" t="s">
+        <v>629</v>
+      </c>
+      <c r="C198" t="s">
+        <v>630</v>
+      </c>
+      <c r="D198" t="s">
+        <v>631</v>
+      </c>
+      <c r="E198" t="s">
+        <v>632</v>
+      </c>
+      <c r="F198" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="199" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A199" t="s">
+        <v>10</v>
+      </c>
+      <c r="B199" t="s">
+        <v>633</v>
+      </c>
+      <c r="C199" t="s">
+        <v>634</v>
+      </c>
+      <c r="D199" t="s">
+        <v>635</v>
+      </c>
+      <c r="E199" t="s">
+        <v>636</v>
+      </c>
+      <c r="F199" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="200" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A200" t="s">
+        <v>10</v>
+      </c>
+      <c r="B200" t="s">
+        <v>637</v>
+      </c>
+      <c r="C200" t="s">
+        <v>24</v>
+      </c>
+      <c r="D200" t="s">
+        <v>638</v>
+      </c>
+      <c r="E200" t="s">
+        <v>639</v>
+      </c>
+      <c r="F200" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="201" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A201" t="s">
+        <v>10</v>
+      </c>
+      <c r="B201" t="s">
+        <v>640</v>
+      </c>
+      <c r="C201" t="s">
+        <v>24</v>
+      </c>
+      <c r="D201" t="s">
+        <v>641</v>
+      </c>
+      <c r="E201" t="s">
+        <v>642</v>
+      </c>
+      <c r="F201" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="202" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A202" t="s">
+        <v>10</v>
+      </c>
+      <c r="B202" t="s">
+        <v>643</v>
+      </c>
+      <c r="C202" t="s">
+        <v>24</v>
+      </c>
+      <c r="D202" t="s">
+        <v>644</v>
+      </c>
+      <c r="E202" t="s">
+        <v>645</v>
+      </c>
+      <c r="F202" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="203" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A203" t="s">
+        <v>10</v>
+      </c>
+      <c r="B203" t="s">
+        <v>646</v>
+      </c>
+      <c r="C203" t="s">
+        <v>24</v>
+      </c>
+      <c r="D203" t="s">
+        <v>647</v>
+      </c>
+      <c r="E203" t="s">
+        <v>648</v>
+      </c>
+      <c r="F203" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="204" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A204" t="s">
+        <v>56</v>
+      </c>
+      <c r="B204" t="s">
+        <v>649</v>
+      </c>
+      <c r="C204" t="s">
         <v>91</v>
       </c>
-      <c r="D195" t="s">
-[...13 lines deleted...]
-      <c r="B196" t="s">
+      <c r="D204" t="s">
+        <v>650</v>
+      </c>
+      <c r="E204" t="s">
+        <v>651</v>
+      </c>
+      <c r="F204" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="205" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A205" t="s">
+        <v>281</v>
+      </c>
+      <c r="B205" t="s">
         <v>75</v>
       </c>
-      <c r="C196" t="s">
-[...8 lines deleted...]
-      <c r="F196" t="s">
+      <c r="C205" t="s">
+        <v>652</v>
+      </c>
+      <c r="D205" t="s">
+        <v>653</v>
+      </c>
+      <c r="E205" t="s">
+        <v>654</v>
+      </c>
+      <c r="F205" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="197" spans="1:6" x14ac:dyDescent="0.35">
-[...43 lines deleted...]
-      <c r="B199" t="s">
+    <row r="206" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A206" t="s">
+        <v>10</v>
+      </c>
+      <c r="B206" t="s">
+        <v>655</v>
+      </c>
+      <c r="C206" t="s">
+        <v>208</v>
+      </c>
+      <c r="D206" t="s">
+        <v>656</v>
+      </c>
+      <c r="E206" t="s">
+        <v>657</v>
+      </c>
+      <c r="F206" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="207" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A207" t="s">
+        <v>10</v>
+      </c>
+      <c r="B207" t="s">
+        <v>658</v>
+      </c>
+      <c r="C207" t="s">
+        <v>358</v>
+      </c>
+      <c r="D207" t="s">
+        <v>659</v>
+      </c>
+      <c r="E207" t="s">
+        <v>660</v>
+      </c>
+      <c r="F207" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="208" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A208" t="s">
+        <v>10</v>
+      </c>
+      <c r="B208" t="s">
         <v>75</v>
       </c>
-      <c r="C199" t="s">
-[...8 lines deleted...]
-      <c r="F199" t="s">
+      <c r="C208" t="s">
+        <v>661</v>
+      </c>
+      <c r="D208" t="s">
+        <v>662</v>
+      </c>
+      <c r="E208" t="s">
+        <v>663</v>
+      </c>
+      <c r="F208" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="200" spans="1:6" x14ac:dyDescent="0.35">
-[...23 lines deleted...]
-      <c r="B201" t="s">
+    <row r="209" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A209" t="s">
+        <v>10</v>
+      </c>
+      <c r="B209" t="s">
+        <v>664</v>
+      </c>
+      <c r="C209" t="s">
+        <v>24</v>
+      </c>
+      <c r="D209" t="s">
+        <v>665</v>
+      </c>
+      <c r="E209" t="s">
+        <v>666</v>
+      </c>
+      <c r="F209" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="210" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A210" t="s">
+        <v>10</v>
+      </c>
+      <c r="B210" t="s">
         <v>75</v>
       </c>
-      <c r="C201" t="s">
-[...19 lines deleted...]
-      <c r="C202" t="s">
+      <c r="C210" t="s">
+        <v>668</v>
+      </c>
+      <c r="D210" t="s">
+        <v>669</v>
+      </c>
+      <c r="E210" t="s">
+        <v>670</v>
+      </c>
+      <c r="F210" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="211" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A211" t="s">
+        <v>56</v>
+      </c>
+      <c r="B211" t="s">
+        <v>672</v>
+      </c>
+      <c r="C211" t="s">
         <v>91</v>
       </c>
-      <c r="D202" t="s">
-[...16 lines deleted...]
-      <c r="C203" t="s">
+      <c r="D211" t="s">
+        <v>673</v>
+      </c>
+      <c r="E211" t="s">
+        <v>674</v>
+      </c>
+      <c r="F211" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="212" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A212" t="s">
+        <v>10</v>
+      </c>
+      <c r="B212" t="s">
+        <v>675</v>
+      </c>
+      <c r="C212" t="s">
         <v>91</v>
       </c>
-      <c r="D203" t="s">
-[...159 lines deleted...]
-      <c r="D211" t="s">
+      <c r="D212" t="s">
         <v>676</v>
       </c>
-      <c r="E211" t="s">
+      <c r="E212" t="s">
         <v>677</v>
       </c>
-      <c r="F211" t="s">
-[...7 lines deleted...]
-      <c r="B212" t="s">
+      <c r="F212" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="213" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A213" t="s">
+        <v>10</v>
+      </c>
+      <c r="B213" t="s">
         <v>678</v>
       </c>
-      <c r="C212" t="s">
+      <c r="C213" t="s">
+        <v>24</v>
+      </c>
+      <c r="D213" t="s">
         <v>679</v>
       </c>
-      <c r="D212" t="s">
+      <c r="E213" t="s">
         <v>680</v>
       </c>
-      <c r="E212" t="s">
+      <c r="F213" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="214" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A214" t="s">
+        <v>10</v>
+      </c>
+      <c r="B214" t="s">
         <v>681</v>
       </c>
-      <c r="F212" t="s">
-[...7 lines deleted...]
-      <c r="B213" t="s">
+      <c r="C214" t="s">
         <v>682</v>
       </c>
-      <c r="C213" t="s">
-[...2 lines deleted...]
-      <c r="D213" t="s">
+      <c r="D214" t="s">
         <v>683</v>
       </c>
-      <c r="E213" t="s">
+      <c r="E214" t="s">
         <v>684</v>
       </c>
-      <c r="F213" t="s">
-[...7 lines deleted...]
-      <c r="B214" t="s">
+      <c r="F214" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A215" t="s">
+        <v>10</v>
+      </c>
+      <c r="B215" t="s">
         <v>685</v>
-      </c>
-[...18 lines deleted...]
-        <v>688</v>
       </c>
       <c r="C215" t="s">
         <v>91</v>
       </c>
       <c r="D215" t="s">
+        <v>686</v>
+      </c>
+      <c r="E215" t="s">
+        <v>687</v>
+      </c>
+      <c r="F215" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A216" t="s">
+        <v>10</v>
+      </c>
+      <c r="B216" t="s">
+        <v>688</v>
+      </c>
+      <c r="C216" t="s">
         <v>689</v>
       </c>
-      <c r="E215" t="s">
+      <c r="D216" t="s">
         <v>690</v>
       </c>
-      <c r="F215" t="s">
-[...7 lines deleted...]
-      <c r="B216" t="s">
+      <c r="E216" t="s">
         <v>691</v>
       </c>
-      <c r="C216" t="s">
+      <c r="F216" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A217" t="s">
+        <v>10</v>
+      </c>
+      <c r="B217" t="s">
+        <v>692</v>
+      </c>
+      <c r="C217" t="s">
         <v>91</v>
       </c>
-      <c r="D216" t="s">
-[...2 lines deleted...]
-      <c r="E216" t="s">
+      <c r="D217" t="s">
         <v>693</v>
       </c>
-      <c r="F216" t="s">
-[...7 lines deleted...]
-      <c r="B217" t="s">
+      <c r="E217" t="s">
         <v>694</v>
       </c>
-      <c r="C217" t="s">
-[...2 lines deleted...]
-      <c r="D217" t="s">
+      <c r="F217" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="218" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A218" t="s">
+        <v>10</v>
+      </c>
+      <c r="B218" t="s">
         <v>695</v>
       </c>
-      <c r="E217" t="s">
+      <c r="C218" t="s">
+        <v>24</v>
+      </c>
+      <c r="D218" t="s">
         <v>696</v>
       </c>
-      <c r="F217" t="s">
-[...7 lines deleted...]
-      <c r="B218" t="s">
+      <c r="E218" t="s">
         <v>697</v>
       </c>
-      <c r="C218" t="s">
+      <c r="F218" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="219" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A219" t="s">
+        <v>10</v>
+      </c>
+      <c r="B219" t="s">
         <v>698</v>
       </c>
-      <c r="D218" t="s">
+      <c r="C219" t="s">
+        <v>91</v>
+      </c>
+      <c r="D219" t="s">
         <v>699</v>
       </c>
-      <c r="E218" t="s">
+      <c r="E219" t="s">
         <v>700</v>
       </c>
-      <c r="F218" t="s">
-[...7 lines deleted...]
-      <c r="B219" t="s">
+      <c r="F219" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="220" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A220" t="s">
+        <v>10</v>
+      </c>
+      <c r="B220" t="s">
         <v>701</v>
       </c>
-      <c r="C219" t="s">
-[...2 lines deleted...]
-      <c r="D219" t="s">
+      <c r="C220" t="s">
+        <v>24</v>
+      </c>
+      <c r="D220" t="s">
         <v>702</v>
       </c>
-      <c r="E219" t="s">
+      <c r="E220" t="s">
         <v>703</v>
       </c>
-      <c r="F219" t="s">
-[...7 lines deleted...]
-      <c r="B220" t="s">
+      <c r="F220" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="221" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A221" t="s">
+        <v>90</v>
+      </c>
+      <c r="B221" t="s">
         <v>704</v>
       </c>
-      <c r="C220" t="s">
+      <c r="C221" t="s">
+        <v>705</v>
+      </c>
+      <c r="D221" t="s">
+        <v>706</v>
+      </c>
+      <c r="E221" t="s">
+        <v>707</v>
+      </c>
+      <c r="F221" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="222" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A222" t="s">
+        <v>10</v>
+      </c>
+      <c r="B222" t="s">
+        <v>704</v>
+      </c>
+      <c r="C222" t="s">
+        <v>708</v>
+      </c>
+      <c r="D222" t="s">
+        <v>709</v>
+      </c>
+      <c r="E222" t="s">
+        <v>707</v>
+      </c>
+      <c r="F222" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="223" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A223" t="s">
+        <v>10</v>
+      </c>
+      <c r="B223" t="s">
+        <v>710</v>
+      </c>
+      <c r="C223" t="s">
         <v>91</v>
       </c>
-      <c r="D220" t="s">
-[...42 lines deleted...]
-      <c r="E222" t="s">
+      <c r="D223" t="s">
         <v>711</v>
       </c>
-      <c r="F222" t="s">
+      <c r="E223" t="s">
         <v>712</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B223" t="s">
+      <c r="F223" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="224" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A224" t="s">
+        <v>90</v>
+      </c>
+      <c r="B224" t="s">
         <v>713</v>
-      </c>
-[...18 lines deleted...]
-        <v>717</v>
       </c>
       <c r="C224" t="s">
         <v>91</v>
       </c>
       <c r="D224" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="E224" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="F224" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="225" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="225" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B225" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="C225" t="s">
         <v>91</v>
       </c>
       <c r="D225" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="E225" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="F225" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="226" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="226" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B226" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="C226" t="s">
         <v>91</v>
       </c>
       <c r="D226" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="E226" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
       <c r="F226" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="227" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="227" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B227" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="C227" t="s">
         <v>91</v>
       </c>
       <c r="D227" t="s">
+        <v>723</v>
+      </c>
+      <c r="E227" t="s">
+        <v>724</v>
+      </c>
+      <c r="F227" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="228" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A228" t="s">
+        <v>56</v>
+      </c>
+      <c r="B228" t="s">
+        <v>725</v>
+      </c>
+      <c r="C228" t="s">
+        <v>726</v>
+      </c>
+      <c r="D228" t="s">
         <v>727</v>
       </c>
-      <c r="E227" t="s">
+      <c r="E228" t="s">
         <v>728</v>
       </c>
-      <c r="F227" t="s">
-[...7 lines deleted...]
-      <c r="B228" t="s">
+      <c r="F228" t="s">
         <v>729</v>
       </c>
-      <c r="C228" t="s">
+    </row>
+    <row r="229" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A229" t="s">
+        <v>10</v>
+      </c>
+      <c r="B229" t="s">
         <v>730</v>
       </c>
-      <c r="D228" t="s">
+      <c r="C229" t="s">
         <v>731</v>
       </c>
-      <c r="E228" t="s">
+      <c r="D229" t="s">
         <v>732</v>
       </c>
-      <c r="F228" t="s">
-[...7 lines deleted...]
-      <c r="B229" t="s">
+      <c r="E229" t="s">
         <v>733</v>
       </c>
-      <c r="C229" t="s">
+      <c r="F229" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="230" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A230" t="s">
+        <v>10</v>
+      </c>
+      <c r="B230" t="s">
         <v>734</v>
       </c>
-      <c r="D229" t="s">
+      <c r="C230" t="s">
+        <v>731</v>
+      </c>
+      <c r="D230" t="s">
         <v>735</v>
       </c>
-      <c r="E229" t="s">
+      <c r="E230" t="s">
         <v>736</v>
       </c>
-      <c r="F229" t="s">
-[...7 lines deleted...]
-      <c r="B230" t="s">
+      <c r="F230" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="231" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A231" t="s">
+        <v>10</v>
+      </c>
+      <c r="B231" t="s">
         <v>737</v>
       </c>
-      <c r="C230" t="s">
-[...2 lines deleted...]
-      <c r="D230" t="s">
+      <c r="C231" t="s">
+        <v>91</v>
+      </c>
+      <c r="D231" t="s">
         <v>738</v>
       </c>
-      <c r="E230" t="s">
+      <c r="E231" t="s">
         <v>739</v>
       </c>
-      <c r="F230" t="s">
-[...7 lines deleted...]
-      <c r="B231" t="s">
+      <c r="F231" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="232" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A232" t="s">
+        <v>10</v>
+      </c>
+      <c r="B232" t="s">
         <v>740</v>
       </c>
-      <c r="C231" t="s">
+      <c r="C232" t="s">
+        <v>91</v>
+      </c>
+      <c r="D232" t="s">
         <v>741</v>
       </c>
-      <c r="D231" t="s">
+      <c r="E232" t="s">
         <v>742</v>
       </c>
-      <c r="E231" t="s">
+      <c r="F232" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="233" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A233" t="s">
+        <v>10</v>
+      </c>
+      <c r="B233" t="s">
+        <v>75</v>
+      </c>
+      <c r="C233" t="s">
+        <v>24</v>
+      </c>
+      <c r="D233" t="s">
         <v>743</v>
       </c>
-      <c r="F231" t="s">
-[...7 lines deleted...]
-      <c r="B232" t="s">
+      <c r="E233" t="s">
         <v>744</v>
       </c>
-      <c r="C232" t="s">
+      <c r="F233" t="s">
         <v>745</v>
       </c>
-      <c r="D232" t="s">
+    </row>
+    <row r="234" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A234" t="s">
+        <v>56</v>
+      </c>
+      <c r="B234" t="s">
         <v>746</v>
       </c>
-      <c r="E232" t="s">
+      <c r="C234" t="s">
         <v>747</v>
       </c>
-      <c r="F232" t="s">
-[...7 lines deleted...]
-      <c r="B233" t="s">
+      <c r="D234" t="s">
         <v>748</v>
       </c>
-      <c r="C233" t="s">
-[...2 lines deleted...]
-      <c r="D233" t="s">
+      <c r="E234" t="s">
         <v>749</v>
       </c>
-      <c r="E233" t="s">
+      <c r="F234" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="235" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A235" t="s">
+        <v>56</v>
+      </c>
+      <c r="B235" t="s">
         <v>750</v>
       </c>
-      <c r="F233" t="s">
-[...7 lines deleted...]
-      <c r="B234" t="s">
+      <c r="C235" t="s">
+        <v>91</v>
+      </c>
+      <c r="D235" t="s">
         <v>751</v>
       </c>
-      <c r="C234" t="s">
-[...2 lines deleted...]
-      <c r="D234" t="s">
+      <c r="E235" t="s">
         <v>752</v>
       </c>
-      <c r="E234" t="s">
+      <c r="F235" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="236" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A236" t="s">
+        <v>56</v>
+      </c>
+      <c r="B236" t="s">
         <v>753</v>
       </c>
-      <c r="F234" t="s">
+      <c r="C236" t="s">
+        <v>91</v>
+      </c>
+      <c r="D236" t="s">
+        <v>754</v>
+      </c>
+      <c r="E236" t="s">
+        <v>755</v>
+      </c>
+      <c r="F236" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="237" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A237" t="s">
+        <v>10</v>
+      </c>
+      <c r="B237" t="s">
+        <v>756</v>
+      </c>
+      <c r="C237" t="s">
+        <v>91</v>
+      </c>
+      <c r="D237" t="s">
+        <v>757</v>
+      </c>
+      <c r="E237" t="s">
+        <v>758</v>
+      </c>
+      <c r="F237" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="238" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A238" t="s">
+        <v>10</v>
+      </c>
+      <c r="B238" t="s">
+        <v>759</v>
+      </c>
+      <c r="C238" t="s">
+        <v>91</v>
+      </c>
+      <c r="D238" t="s">
+        <v>760</v>
+      </c>
+      <c r="E238" t="s">
+        <v>761</v>
+      </c>
+      <c r="F238" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="239" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A239" t="s">
+        <v>10</v>
+      </c>
+      <c r="B239" t="s">
+        <v>762</v>
+      </c>
+      <c r="C239" t="s">
+        <v>763</v>
+      </c>
+      <c r="D239" t="s">
+        <v>764</v>
+      </c>
+      <c r="E239" t="s">
+        <v>765</v>
+      </c>
+      <c r="F239" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="240" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A240" t="s">
+        <v>10</v>
+      </c>
+      <c r="B240" t="s">
+        <v>766</v>
+      </c>
+      <c r="C240" t="s">
+        <v>767</v>
+      </c>
+      <c r="D240" t="s">
+        <v>768</v>
+      </c>
+      <c r="E240" t="s">
+        <v>769</v>
+      </c>
+      <c r="F240" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="241" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A241" t="s">
+        <v>10</v>
+      </c>
+      <c r="B241" t="s">
+        <v>770</v>
+      </c>
+      <c r="C241" t="s">
+        <v>767</v>
+      </c>
+      <c r="D241" t="s">
+        <v>771</v>
+      </c>
+      <c r="E241" t="s">
+        <v>772</v>
+      </c>
+      <c r="F241" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="242" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A242" t="s">
+        <v>10</v>
+      </c>
+      <c r="B242" t="s">
+        <v>773</v>
+      </c>
+      <c r="C242" t="s">
+        <v>774</v>
+      </c>
+      <c r="D242" t="s">
+        <v>775</v>
+      </c>
+      <c r="E242" t="s">
+        <v>776</v>
+      </c>
+      <c r="F242" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="243" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A243" t="s">
+        <v>10</v>
+      </c>
+      <c r="B243" t="s">
+        <v>777</v>
+      </c>
+      <c r="C243" t="s">
+        <v>778</v>
+      </c>
+      <c r="D243" t="s">
+        <v>779</v>
+      </c>
+      <c r="E243" t="s">
+        <v>780</v>
+      </c>
+      <c r="F243" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="244" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A244" t="s">
+        <v>281</v>
+      </c>
+      <c r="B244" t="s">
+        <v>781</v>
+      </c>
+      <c r="C244" t="s">
+        <v>778</v>
+      </c>
+      <c r="D244" t="s">
+        <v>782</v>
+      </c>
+      <c r="E244" t="s">
+        <v>783</v>
+      </c>
+      <c r="F244" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="245" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A245" t="s">
+        <v>10</v>
+      </c>
+      <c r="B245" t="s">
+        <v>784</v>
+      </c>
+      <c r="C245" t="s">
+        <v>17</v>
+      </c>
+      <c r="D245" t="s">
+        <v>785</v>
+      </c>
+      <c r="E245" t="s">
+        <v>786</v>
+      </c>
+      <c r="F245" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="246" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A246" t="s">
+        <v>10</v>
+      </c>
+      <c r="B246" t="s">
+        <v>784</v>
+      </c>
+      <c r="C246" t="s">
         <v>21</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C235" t="s">
+      <c r="D246" t="s">
+        <v>785</v>
+      </c>
+      <c r="E246" t="s">
+        <v>786</v>
+      </c>
+      <c r="F246" t="s">
         <v>22</v>
       </c>
-      <c r="D235" t="s">
-[...93 lines deleted...]
-      <c r="B240" t="s">
+    </row>
+    <row r="247" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A247" t="s">
+        <v>90</v>
+      </c>
+      <c r="B247" t="s">
         <v>75</v>
       </c>
-      <c r="C240" t="s">
-[...8 lines deleted...]
-      <c r="F240" t="s">
+      <c r="C247" t="s">
+        <v>787</v>
+      </c>
+      <c r="D247" t="s">
+        <v>788</v>
+      </c>
+      <c r="E247" t="s">
+        <v>789</v>
+      </c>
+      <c r="F247" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="241" spans="1:6" x14ac:dyDescent="0.35">
-[...109 lines deleted...]
-      <c r="D246" t="s">
+    <row r="248" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A248" t="s">
+        <v>10</v>
+      </c>
+      <c r="B248" t="s">
         <v>790</v>
       </c>
-      <c r="E246" t="s">
+      <c r="C248" t="s">
         <v>791</v>
       </c>
-      <c r="F246" t="s">
+      <c r="D248" t="s">
         <v>792</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B247" t="s">
+      <c r="E248" t="s">
         <v>793</v>
       </c>
-      <c r="C247" t="s">
-[...2 lines deleted...]
-      <c r="D247" t="s">
+      <c r="F248" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="249" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A249" t="s">
+        <v>10</v>
+      </c>
+      <c r="B249" t="s">
         <v>794</v>
       </c>
-      <c r="E247" t="s">
+      <c r="C249" t="s">
         <v>795</v>
       </c>
-      <c r="F247" t="s">
-[...7 lines deleted...]
-      <c r="B248" t="s">
+      <c r="D249" t="s">
         <v>796</v>
       </c>
-      <c r="C248" t="s">
+      <c r="E249" t="s">
         <v>797</v>
       </c>
-      <c r="D248" t="s">
+      <c r="F249" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="250" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A250" t="s">
+        <v>56</v>
+      </c>
+      <c r="B250" t="s">
         <v>798</v>
       </c>
-      <c r="E248" t="s">
+      <c r="C250" t="s">
+        <v>24</v>
+      </c>
+      <c r="D250" t="s">
         <v>799</v>
       </c>
-      <c r="F248" t="s">
-[...7 lines deleted...]
-      <c r="B249" t="s">
+      <c r="E250" t="s">
         <v>800</v>
       </c>
-      <c r="C249" t="s">
+      <c r="F250" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="251" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A251" t="s">
+        <v>10</v>
+      </c>
+      <c r="B251" t="s">
         <v>801</v>
       </c>
-      <c r="D249" t="s">
+      <c r="C251" t="s">
         <v>802</v>
       </c>
-      <c r="E249" t="s">
+      <c r="D251" t="s">
         <v>803</v>
       </c>
-      <c r="F249" t="s">
-[...7 lines deleted...]
-      <c r="B250" t="s">
+      <c r="E251" t="s">
         <v>804</v>
       </c>
-      <c r="C250" t="s">
+      <c r="F251" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="252" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A252" t="s">
+        <v>10</v>
+      </c>
+      <c r="B252" t="s">
+        <v>75</v>
+      </c>
+      <c r="C252" t="s">
+        <v>805</v>
+      </c>
+      <c r="D252" t="s">
+        <v>806</v>
+      </c>
+      <c r="E252" t="s">
+        <v>807</v>
+      </c>
+      <c r="F252" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="253" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A253" t="s">
+        <v>10</v>
+      </c>
+      <c r="B253" t="s">
+        <v>808</v>
+      </c>
+      <c r="C253" t="s">
+        <v>809</v>
+      </c>
+      <c r="D253" t="s">
+        <v>810</v>
+      </c>
+      <c r="E253" t="s">
+        <v>811</v>
+      </c>
+      <c r="F253" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="254" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A254" t="s">
+        <v>10</v>
+      </c>
+      <c r="B254" t="s">
+        <v>812</v>
+      </c>
+      <c r="C254" t="s">
+        <v>556</v>
+      </c>
+      <c r="D254" t="s">
+        <v>813</v>
+      </c>
+      <c r="E254" t="s">
+        <v>814</v>
+      </c>
+      <c r="F254" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="255" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A255" t="s">
+        <v>10</v>
+      </c>
+      <c r="B255" t="s">
+        <v>815</v>
+      </c>
+      <c r="C255" t="s">
+        <v>24</v>
+      </c>
+      <c r="D255" t="s">
+        <v>816</v>
+      </c>
+      <c r="E255" t="s">
+        <v>817</v>
+      </c>
+      <c r="F255" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="256" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A256" t="s">
+        <v>10</v>
+      </c>
+      <c r="B256" t="s">
+        <v>819</v>
+      </c>
+      <c r="C256" t="s">
+        <v>24</v>
+      </c>
+      <c r="D256" t="s">
+        <v>820</v>
+      </c>
+      <c r="E256" t="s">
+        <v>821</v>
+      </c>
+      <c r="F256" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="257" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A257" t="s">
+        <v>10</v>
+      </c>
+      <c r="B257" t="s">
+        <v>822</v>
+      </c>
+      <c r="C257" t="s">
+        <v>24</v>
+      </c>
+      <c r="D257" t="s">
+        <v>823</v>
+      </c>
+      <c r="E257" t="s">
+        <v>824</v>
+      </c>
+      <c r="F257" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="258" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A258" t="s">
+        <v>10</v>
+      </c>
+      <c r="B258" t="s">
+        <v>825</v>
+      </c>
+      <c r="C258" t="s">
+        <v>24</v>
+      </c>
+      <c r="D258" t="s">
+        <v>826</v>
+      </c>
+      <c r="E258" t="s">
+        <v>827</v>
+      </c>
+      <c r="F258" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="259" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A259" t="s">
+        <v>10</v>
+      </c>
+      <c r="B259" t="s">
+        <v>829</v>
+      </c>
+      <c r="C259" t="s">
+        <v>24</v>
+      </c>
+      <c r="D259" t="s">
+        <v>830</v>
+      </c>
+      <c r="E259" t="s">
+        <v>831</v>
+      </c>
+      <c r="F259" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="260" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A260" t="s">
+        <v>10</v>
+      </c>
+      <c r="B260" t="s">
+        <v>832</v>
+      </c>
+      <c r="C260" t="s">
+        <v>833</v>
+      </c>
+      <c r="D260" t="s">
+        <v>834</v>
+      </c>
+      <c r="E260" t="s">
+        <v>835</v>
+      </c>
+      <c r="F260" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="261" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A261" t="s">
+        <v>10</v>
+      </c>
+      <c r="B261" t="s">
+        <v>836</v>
+      </c>
+      <c r="C261" t="s">
+        <v>837</v>
+      </c>
+      <c r="D261" t="s">
+        <v>838</v>
+      </c>
+      <c r="E261" t="s">
+        <v>839</v>
+      </c>
+      <c r="F261" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="262" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A262" t="s">
+        <v>10</v>
+      </c>
+      <c r="B262" t="s">
+        <v>840</v>
+      </c>
+      <c r="C262" t="s">
         <v>91</v>
       </c>
-      <c r="D250" t="s">
-[...13 lines deleted...]
-      <c r="B251" t="s">
+      <c r="D262" t="s">
+        <v>841</v>
+      </c>
+      <c r="E262" t="s">
+        <v>842</v>
+      </c>
+      <c r="F262" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="263" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A263" t="s">
+        <v>56</v>
+      </c>
+      <c r="B263" t="s">
         <v>75</v>
       </c>
-      <c r="C251" t="s">
+      <c r="C263" t="s">
         <v>91</v>
       </c>
-      <c r="D251" t="s">
-[...5 lines deleted...]
-      <c r="F251" t="s">
+      <c r="D263" t="s">
+        <v>843</v>
+      </c>
+      <c r="E263" t="s">
+        <v>844</v>
+      </c>
+      <c r="F263" t="s">
         <v>79</v>
       </c>
     </row>
-    <row r="252" spans="1:6" x14ac:dyDescent="0.35">
-[...26 lines deleted...]
-      <c r="C253" t="s">
+    <row r="264" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A264" t="s">
+        <v>10</v>
+      </c>
+      <c r="B264" t="s">
+        <v>845</v>
+      </c>
+      <c r="C264" t="s">
+        <v>846</v>
+      </c>
+      <c r="D264" t="s">
+        <v>847</v>
+      </c>
+      <c r="E264" t="s">
+        <v>848</v>
+      </c>
+      <c r="F264" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="265" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A265" t="s">
+        <v>10</v>
+      </c>
+      <c r="B265" t="s">
+        <v>849</v>
+      </c>
+      <c r="C265" t="s">
         <v>91</v>
       </c>
-      <c r="D253" t="s">
-[...33 lines deleted...]
-      <c r="B255" t="s">
+      <c r="D265" t="s">
+        <v>850</v>
+      </c>
+      <c r="E265" t="s">
+        <v>851</v>
+      </c>
+      <c r="F265" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="266" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A266" t="s">
+        <v>10</v>
+      </c>
+      <c r="B266" t="s">
+        <v>852</v>
+      </c>
+      <c r="C266" t="s">
+        <v>853</v>
+      </c>
+      <c r="D266" t="s">
+        <v>854</v>
+      </c>
+      <c r="E266" t="s">
+        <v>855</v>
+      </c>
+      <c r="F266" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="267" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A267" t="s">
+        <v>10</v>
+      </c>
+      <c r="B267" t="s">
         <v>75</v>
       </c>
-      <c r="C255" t="s">
-[...68 lines deleted...]
-      <c r="F258" t="s">
+      <c r="C267" t="s">
+        <v>24</v>
+      </c>
+      <c r="D267" t="s">
+        <v>856</v>
+      </c>
+      <c r="E267" t="s">
+        <v>857</v>
+      </c>
+      <c r="F267" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="268" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A268" t="s">
+        <v>56</v>
+      </c>
+      <c r="B268" t="s">
+        <v>859</v>
+      </c>
+      <c r="C268" t="s">
+        <v>860</v>
+      </c>
+      <c r="D268" t="s">
+        <v>861</v>
+      </c>
+      <c r="E268" t="s">
+        <v>862</v>
+      </c>
+      <c r="F268" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="269" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A269" t="s">
+        <v>10</v>
+      </c>
+      <c r="B269" t="s">
+        <v>863</v>
+      </c>
+      <c r="C269" t="s">
+        <v>864</v>
+      </c>
+      <c r="D269" t="s">
+        <v>865</v>
+      </c>
+      <c r="E269" t="s">
+        <v>866</v>
+      </c>
+      <c r="F269" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="270" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A270" t="s">
+        <v>56</v>
+      </c>
+      <c r="B270" t="s">
+        <v>867</v>
+      </c>
+      <c r="C270" t="s">
+        <v>868</v>
+      </c>
+      <c r="D270" t="s">
+        <v>869</v>
+      </c>
+      <c r="E270" t="s">
+        <v>870</v>
+      </c>
+      <c r="F270" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="259" spans="1:6" x14ac:dyDescent="0.35">
-[...26 lines deleted...]
-      <c r="C260" t="s">
+    <row r="271" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A271" t="s">
+        <v>10</v>
+      </c>
+      <c r="B271" t="s">
+        <v>871</v>
+      </c>
+      <c r="C271" t="s">
+        <v>872</v>
+      </c>
+      <c r="D271" t="s">
+        <v>873</v>
+      </c>
+      <c r="E271" t="s">
+        <v>874</v>
+      </c>
+      <c r="F271" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="272" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A272" t="s">
+        <v>10</v>
+      </c>
+      <c r="B272" t="s">
+        <v>875</v>
+      </c>
+      <c r="C272" t="s">
         <v>91</v>
       </c>
-      <c r="D260" t="s">
-[...65 lines deleted...]
-      <c r="F263" t="s">
+      <c r="D272" t="s">
+        <v>876</v>
+      </c>
+      <c r="E272" t="s">
+        <v>877</v>
+      </c>
+      <c r="F272" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="273" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A273" t="s">
+        <v>281</v>
+      </c>
+      <c r="B273" t="s">
+        <v>878</v>
+      </c>
+      <c r="C273" t="s">
+        <v>879</v>
+      </c>
+      <c r="D273" t="s">
+        <v>880</v>
+      </c>
+      <c r="E273" t="s">
+        <v>881</v>
+      </c>
+      <c r="F273" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="274" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A274" t="s">
+        <v>10</v>
+      </c>
+      <c r="B274" t="s">
+        <v>882</v>
+      </c>
+      <c r="C274" t="s">
+        <v>883</v>
+      </c>
+      <c r="D274" t="s">
+        <v>884</v>
+      </c>
+      <c r="E274" t="s">
+        <v>885</v>
+      </c>
+      <c r="F274" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="275" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A275" t="s">
+        <v>10</v>
+      </c>
+      <c r="B275" t="s">
+        <v>886</v>
+      </c>
+      <c r="C275" t="s">
+        <v>17</v>
+      </c>
+      <c r="D275" t="s">
+        <v>887</v>
+      </c>
+      <c r="E275" t="s">
+        <v>888</v>
+      </c>
+      <c r="F275" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="276" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A276" t="s">
+        <v>10</v>
+      </c>
+      <c r="B276" t="s">
+        <v>886</v>
+      </c>
+      <c r="C276" t="s">
         <v>21</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C264" t="s">
+      <c r="D276" t="s">
+        <v>887</v>
+      </c>
+      <c r="E276" t="s">
+        <v>888</v>
+      </c>
+      <c r="F276" t="s">
         <v>22</v>
       </c>
-      <c r="D264" t="s">
-[...222 lines deleted...]
-      <c r="E275" t="s">
+    </row>
+    <row r="277" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A277" t="s">
+        <v>90</v>
+      </c>
+      <c r="B277" t="s">
         <v>889</v>
       </c>
-      <c r="F275" t="s">
+      <c r="C277" t="s">
         <v>890</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B276" t="s">
+      <c r="D277" t="s">
         <v>891</v>
       </c>
-      <c r="C276" t="s">
-[...2 lines deleted...]
-      <c r="D276" t="s">
+      <c r="E277" t="s">
         <v>892</v>
       </c>
-      <c r="E276" t="s">
+      <c r="F277" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="278" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A278" t="s">
+        <v>10</v>
+      </c>
+      <c r="B278" t="s">
+        <v>889</v>
+      </c>
+      <c r="C278" t="s">
         <v>893</v>
       </c>
-      <c r="F276" t="s">
-[...7 lines deleted...]
-      <c r="B277" t="s">
+      <c r="D278" t="s">
         <v>894</v>
       </c>
-      <c r="C277" t="s">
-[...2 lines deleted...]
-      <c r="D277" t="s">
+      <c r="E278" t="s">
         <v>895</v>
       </c>
-      <c r="E277" t="s">
+      <c r="F278" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="279" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A279" t="s">
+        <v>10</v>
+      </c>
+      <c r="B279" t="s">
         <v>896</v>
       </c>
-      <c r="F277" t="s">
-[...7 lines deleted...]
-      <c r="B278" t="s">
+      <c r="C279" t="s">
+        <v>24</v>
+      </c>
+      <c r="D279" t="s">
         <v>897</v>
       </c>
-      <c r="C278" t="s">
-[...2 lines deleted...]
-      <c r="D278" t="s">
+      <c r="E279" t="s">
         <v>898</v>
       </c>
-      <c r="E278" t="s">
+      <c r="F279" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="280" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A280" t="s">
+        <v>10</v>
+      </c>
+      <c r="B280" t="s">
         <v>899</v>
       </c>
-      <c r="F278" t="s">
-[...7 lines deleted...]
-      <c r="B279" t="s">
+      <c r="C280" t="s">
         <v>900</v>
       </c>
-      <c r="C279" t="s">
-[...2 lines deleted...]
-      <c r="D279" t="s">
+      <c r="D280" t="s">
         <v>901</v>
-      </c>
-[...18 lines deleted...]
-        <v>903</v>
       </c>
       <c r="E280" t="s">
         <v>902</v>
       </c>
       <c r="F280" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="281" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="281" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B281" t="s">
+        <v>903</v>
+      </c>
+      <c r="C281" t="s">
         <v>904</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>905</v>
       </c>
       <c r="E281" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="F281" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="282" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="282" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B282" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C282" t="s">
-        <v>25</v>
+        <v>908</v>
       </c>
       <c r="D282" t="s">
-        <v>907</v>
+        <v>909</v>
       </c>
       <c r="E282" t="s">
-        <v>902</v>
+        <v>910</v>
       </c>
       <c r="F282" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="283" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="283" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B283" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="C283" t="s">
-        <v>25</v>
+        <v>912</v>
       </c>
       <c r="D283" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="E283" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="F283" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="284" spans="1:6" x14ac:dyDescent="0.35">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="284" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B284" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C284" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D284" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="E284" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
       <c r="F284" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="285" spans="1:6" x14ac:dyDescent="0.35">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="285" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B285" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="C285" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D285" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="E285" t="s">
-        <v>913</v>
+        <v>921</v>
       </c>
       <c r="F285" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-    <row r="286" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="286" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B286" t="s">
-        <v>916</v>
+        <v>75</v>
       </c>
       <c r="C286" t="s">
+        <v>436</v>
+      </c>
+      <c r="D286" t="s">
+        <v>922</v>
+      </c>
+      <c r="E286" t="s">
+        <v>923</v>
+      </c>
+      <c r="F286" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="287" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A287" t="s">
+        <v>10</v>
+      </c>
+      <c r="B287" t="s">
+        <v>924</v>
+      </c>
+      <c r="C287" t="s">
         <v>91</v>
       </c>
-      <c r="D286" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="D287" t="s">
-        <v>920</v>
+        <v>925</v>
       </c>
       <c r="E287" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="F287" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="288" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="288" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="B288" t="s">
-        <v>919</v>
+        <v>927</v>
       </c>
       <c r="C288" t="s">
-        <v>25</v>
+        <v>726</v>
       </c>
       <c r="D288" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="E288" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="F288" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:6" x14ac:dyDescent="0.35">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="289" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B289" t="s">
-        <v>919</v>
+        <v>931</v>
       </c>
       <c r="C289" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D289" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="E289" t="s">
-        <v>925</v>
+        <v>933</v>
       </c>
       <c r="F289" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="290" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B290" t="s">
-        <v>919</v>
+        <v>934</v>
       </c>
       <c r="C290" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D290" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="E290" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="F290" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="291" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B291" t="s">
-        <v>919</v>
+        <v>937</v>
       </c>
       <c r="C291" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D291" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="E291" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="F291" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="292" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B292" t="s">
-        <v>919</v>
+        <v>940</v>
       </c>
       <c r="C292" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D292" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="E292" t="s">
-        <v>931</v>
+        <v>942</v>
       </c>
       <c r="F292" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="293" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="293" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B293" t="s">
-        <v>919</v>
+        <v>937</v>
       </c>
       <c r="C293" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D293" t="s">
-        <v>932</v>
+        <v>943</v>
       </c>
       <c r="E293" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="F293" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="294" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="294" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B294" t="s">
-        <v>919</v>
+        <v>944</v>
       </c>
       <c r="C294" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D294" t="s">
-        <v>934</v>
+        <v>945</v>
       </c>
       <c r="E294" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="F294" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="295" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="295" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B295" t="s">
-        <v>919</v>
+        <v>946</v>
       </c>
       <c r="C295" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D295" t="s">
-        <v>936</v>
+        <v>947</v>
       </c>
       <c r="E295" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="F295" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-    <row r="296" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="296" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B296" t="s">
-        <v>937</v>
+        <v>948</v>
       </c>
       <c r="C296" t="s">
-        <v>938</v>
+        <v>24</v>
       </c>
       <c r="D296" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="E296" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="F296" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="297" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="297" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B297" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="C297" t="s">
-        <v>942</v>
+        <v>24</v>
       </c>
       <c r="D297" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="E297" t="s">
-        <v>944</v>
+        <v>953</v>
       </c>
       <c r="F297" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="298" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="298" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B298" t="s">
-        <v>945</v>
+        <v>954</v>
       </c>
       <c r="C298" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D298" t="s">
-        <v>946</v>
+        <v>955</v>
       </c>
       <c r="E298" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="F298" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="299" spans="1:6" x14ac:dyDescent="0.35">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="299" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B299" t="s">
-        <v>948</v>
+        <v>956</v>
       </c>
       <c r="C299" t="s">
         <v>91</v>
       </c>
       <c r="D299" t="s">
-        <v>949</v>
+        <v>957</v>
       </c>
       <c r="E299" t="s">
-        <v>950</v>
+        <v>958</v>
       </c>
       <c r="F299" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="300" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="300" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B300" t="s">
-        <v>951</v>
+        <v>959</v>
       </c>
       <c r="C300" t="s">
-        <v>525</v>
+        <v>24</v>
       </c>
       <c r="D300" t="s">
-        <v>952</v>
+        <v>960</v>
       </c>
       <c r="E300" t="s">
-        <v>953</v>
+        <v>961</v>
       </c>
       <c r="F300" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-    <row r="301" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="301" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B301" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="C301" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D301" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="E301" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="F301" t="s">
-        <v>224</v>
-[...2 lines deleted...]
-    <row r="302" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="302" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B302" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
       <c r="C302" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D302" t="s">
-        <v>958</v>
+        <v>964</v>
       </c>
       <c r="E302" t="s">
+        <v>965</v>
+      </c>
+      <c r="F302" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="303" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A303" t="s">
+        <v>10</v>
+      </c>
+      <c r="B303" t="s">
         <v>959</v>
       </c>
-      <c r="F302" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="C303" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D303" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="E303" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="F303" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="304" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="304" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B304" t="s">
-        <v>963</v>
+        <v>959</v>
       </c>
       <c r="C304" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D304" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="E304" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="F304" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="305" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="305" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B305" t="s">
-        <v>966</v>
+        <v>959</v>
       </c>
       <c r="C305" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D305" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="E305" t="s">
-        <v>968</v>
+        <v>971</v>
       </c>
       <c r="F305" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="306" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="306" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>57</v>
+        <v>10</v>
       </c>
       <c r="B306" t="s">
-        <v>969</v>
+        <v>959</v>
       </c>
       <c r="C306" t="s">
-        <v>91</v>
+        <v>24</v>
       </c>
       <c r="D306" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="E306" t="s">
-        <v>971</v>
+        <v>973</v>
       </c>
       <c r="F306" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="307" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="307" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B307" t="s">
-        <v>972</v>
+        <v>959</v>
       </c>
       <c r="C307" t="s">
-        <v>973</v>
+        <v>24</v>
       </c>
       <c r="D307" t="s">
         <v>974</v>
       </c>
       <c r="E307" t="s">
         <v>975</v>
       </c>
       <c r="F307" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="308" spans="1:6" x14ac:dyDescent="0.35">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="308" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B308" t="s">
+        <v>959</v>
+      </c>
+      <c r="C308" t="s">
+        <v>24</v>
+      </c>
+      <c r="D308" t="s">
         <v>976</v>
       </c>
-      <c r="C308" t="s">
+      <c r="E308" t="s">
+        <v>975</v>
+      </c>
+      <c r="F308" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="309" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A309" t="s">
+        <v>10</v>
+      </c>
+      <c r="B309" t="s">
         <v>977</v>
       </c>
-      <c r="D308" t="s">
+      <c r="C309" t="s">
         <v>978</v>
       </c>
-      <c r="E308" t="s">
+      <c r="D309" t="s">
         <v>979</v>
       </c>
-      <c r="F308" t="s">
-[...7 lines deleted...]
-      <c r="B309" t="s">
+      <c r="E309" t="s">
         <v>980</v>
       </c>
-      <c r="C309" t="s">
+      <c r="F309" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="310" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A310" t="s">
+        <v>10</v>
+      </c>
+      <c r="B310" t="s">
         <v>981</v>
       </c>
-      <c r="D309" t="s">
+      <c r="C310" t="s">
         <v>982</v>
       </c>
-      <c r="E309" t="s">
+      <c r="D310" t="s">
         <v>983</v>
       </c>
-      <c r="F309" t="s">
+      <c r="E310" t="s">
         <v>984</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B310" t="s">
+      <c r="F310" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="311" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A311" t="s">
+        <v>10</v>
+      </c>
+      <c r="B311" t="s">
         <v>985</v>
       </c>
-      <c r="C310" t="s">
-[...2 lines deleted...]
-      <c r="D310" t="s">
+      <c r="C311" t="s">
+        <v>91</v>
+      </c>
+      <c r="D311" t="s">
         <v>986</v>
       </c>
-      <c r="E310" t="s">
+      <c r="E311" t="s">
         <v>987</v>
       </c>
-      <c r="F310" t="s">
-[...7 lines deleted...]
-      <c r="B311" t="s">
+      <c r="F311" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="312" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A312" t="s">
+        <v>10</v>
+      </c>
+      <c r="B312" t="s">
         <v>988</v>
       </c>
-      <c r="C311" t="s">
-[...2 lines deleted...]
-      <c r="D311" t="s">
+      <c r="C312" t="s">
+        <v>91</v>
+      </c>
+      <c r="D312" t="s">
         <v>989</v>
       </c>
-      <c r="E311" t="s">
+      <c r="E312" t="s">
         <v>990</v>
       </c>
-      <c r="F311" t="s">
-[...7 lines deleted...]
-      <c r="B312" t="s">
+      <c r="F312" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="313" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A313" t="s">
+        <v>10</v>
+      </c>
+      <c r="B313" t="s">
         <v>991</v>
       </c>
-      <c r="C312" t="s">
-[...2 lines deleted...]
-      <c r="D312" t="s">
+      <c r="C313" t="s">
+        <v>552</v>
+      </c>
+      <c r="D313" t="s">
         <v>992</v>
       </c>
-      <c r="E312" t="s">
+      <c r="E313" t="s">
         <v>993</v>
       </c>
-      <c r="F312" t="s">
-[...7 lines deleted...]
-      <c r="B313" t="s">
+      <c r="F313" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="314" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A314" t="s">
+        <v>56</v>
+      </c>
+      <c r="B314" t="s">
         <v>994</v>
       </c>
-      <c r="C313" t="s">
-[...2 lines deleted...]
-      <c r="D313" t="s">
+      <c r="C314" t="s">
+        <v>726</v>
+      </c>
+      <c r="D314" t="s">
         <v>995</v>
       </c>
-      <c r="E313" t="s">
+      <c r="E314" t="s">
         <v>996</v>
       </c>
-      <c r="F313" t="s">
-[...7 lines deleted...]
-      <c r="B314" t="s">
+      <c r="F314" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="315" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A315" t="s">
+        <v>10</v>
+      </c>
+      <c r="B315" t="s">
         <v>997</v>
       </c>
-      <c r="C314" t="s">
+      <c r="C315" t="s">
+        <v>91</v>
+      </c>
+      <c r="D315" t="s">
         <v>998</v>
       </c>
-      <c r="D314" t="s">
+      <c r="E315" t="s">
         <v>999</v>
       </c>
-      <c r="E314" t="s">
+      <c r="F315" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="316" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A316" t="s">
+        <v>10</v>
+      </c>
+      <c r="B316" t="s">
         <v>1000</v>
-      </c>
-[...29 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="C316" t="s">
         <v>91</v>
       </c>
       <c r="D316" t="s">
-        <v>1006</v>
+        <v>1001</v>
       </c>
       <c r="E316" t="s">
-        <v>1007</v>
+        <v>1002</v>
       </c>
       <c r="F316" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-    <row r="317" spans="1:6" x14ac:dyDescent="0.35">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="317" spans="1:6" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B317" t="s">
-        <v>1008</v>
+        <v>1003</v>
       </c>
       <c r="C317" t="s">
         <v>91</v>
       </c>
       <c r="D317" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E317" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F317" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="318" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A318" t="s">
+        <v>10</v>
+      </c>
+      <c r="B318" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C318" t="s">
+        <v>91</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1007</v>
+      </c>
+      <c r="E318" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F318" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="319" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A319" t="s">
+        <v>56</v>
+      </c>
+      <c r="B319" t="s">
         <v>1009</v>
       </c>
-      <c r="E317" t="s">
+      <c r="C319" t="s">
+        <v>91</v>
+      </c>
+      <c r="D319" t="s">
         <v>1010</v>
       </c>
-      <c r="F317" t="s">
-[...7 lines deleted...]
-      <c r="B318" t="s">
+      <c r="E319" t="s">
         <v>1011</v>
       </c>
-      <c r="C318" t="s">
+      <c r="F319" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="320" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A320" t="s">
+        <v>10</v>
+      </c>
+      <c r="B320" t="s">
         <v>1012</v>
       </c>
-      <c r="D318" t="s">
+      <c r="C320" t="s">
         <v>1013</v>
       </c>
-      <c r="E318" t="s">
+      <c r="D320" t="s">
         <v>1014</v>
       </c>
-      <c r="F318" t="s">
-[...7 lines deleted...]
-      <c r="B319" t="s">
+      <c r="E320" t="s">
         <v>1015</v>
       </c>
-      <c r="C319" t="s">
-[...2 lines deleted...]
-      <c r="D319" t="s">
+      <c r="F320" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="321" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A321" t="s">
+        <v>10</v>
+      </c>
+      <c r="B321" t="s">
         <v>1016</v>
       </c>
-      <c r="E319" t="s">
+      <c r="C321" t="s">
         <v>1017</v>
       </c>
-      <c r="F319" t="s">
-[...7 lines deleted...]
-      <c r="B320" t="s">
+      <c r="D321" t="s">
         <v>1018</v>
       </c>
-      <c r="C320" t="s">
-[...2 lines deleted...]
-      <c r="D320" t="s">
+      <c r="E321" t="s">
         <v>1019</v>
       </c>
-      <c r="E320" t="s">
+      <c r="F321" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="322" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A322" t="s">
+        <v>10</v>
+      </c>
+      <c r="B322" t="s">
         <v>1020</v>
       </c>
-      <c r="F320" t="s">
-[...7 lines deleted...]
-      <c r="B321" t="s">
+      <c r="C322" t="s">
         <v>1021</v>
       </c>
-      <c r="C321" t="s">
-[...2 lines deleted...]
-      <c r="D321" t="s">
+      <c r="D322" t="s">
         <v>1022</v>
       </c>
-      <c r="E321" t="s">
+      <c r="E322" t="s">
         <v>1023</v>
       </c>
-      <c r="F321" t="s">
-[...7 lines deleted...]
-      <c r="B322" t="s">
+      <c r="F322" t="s">
         <v>1024</v>
       </c>
-      <c r="C322" t="s">
+    </row>
+    <row r="323" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A323" t="s">
+        <v>74</v>
+      </c>
+      <c r="B323" t="s">
         <v>1025</v>
       </c>
-      <c r="D322" t="s">
+      <c r="C323" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D323" t="s">
         <v>1026</v>
       </c>
-      <c r="E322" t="s">
+      <c r="E323" t="s">
         <v>1027</v>
       </c>
-      <c r="F322" t="s">
-[...7 lines deleted...]
-      <c r="B323" t="s">
+      <c r="F323" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="324" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A324" t="s">
+        <v>10</v>
+      </c>
+      <c r="B324" t="s">
         <v>1028</v>
       </c>
-      <c r="C323" t="s">
+      <c r="C324" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1029</v>
+      </c>
+      <c r="E324" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F324" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="325" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A325" t="s">
+        <v>56</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1032</v>
+      </c>
+      <c r="E325" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F325" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="326" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A326" t="s">
+        <v>10</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1021</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E326" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F326" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="327" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A327" t="s">
+        <v>10</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E327" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F327" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="328" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A328" t="s">
+        <v>10</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F328" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="329" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A329" t="s">
+        <v>10</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C329" t="s">
         <v>91</v>
       </c>
-      <c r="D323" t="s">
-[...102 lines deleted...]
-      <c r="E328" t="s">
+      <c r="D329" t="s">
         <v>1046</v>
       </c>
-      <c r="F328" t="s">
-[...7 lines deleted...]
-      <c r="B329" t="s">
+      <c r="E329" t="s">
         <v>1047</v>
       </c>
-      <c r="C329" t="s">
-[...2 lines deleted...]
-      <c r="D329" t="s">
+      <c r="F329" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="330" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A330" t="s">
+        <v>10</v>
+      </c>
+      <c r="B330" t="s">
         <v>1048</v>
-      </c>
-[...12 lines deleted...]
-        <v>1050</v>
       </c>
       <c r="C330" t="s">
         <v>91</v>
       </c>
       <c r="D330" t="s">
+        <v>1049</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F330" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="331" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A331" t="s">
+        <v>10</v>
+      </c>
+      <c r="B331" t="s">
         <v>1051</v>
       </c>
-      <c r="E330" t="s">
+      <c r="C331" t="s">
         <v>1052</v>
       </c>
-      <c r="F330" t="s">
-[...7 lines deleted...]
-      <c r="B331" t="s">
+      <c r="D331" t="s">
         <v>1053</v>
       </c>
-      <c r="C331" t="s">
-[...2 lines deleted...]
-      <c r="D331" t="s">
+      <c r="E331" t="s">
         <v>1054</v>
       </c>
-      <c r="E331" t="s">
+      <c r="F331" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="332" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A332" t="s">
+        <v>10</v>
+      </c>
+      <c r="B332" t="s">
         <v>1055</v>
       </c>
-      <c r="F331" t="s">
-[...7 lines deleted...]
-      <c r="B332" t="s">
+      <c r="C332" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D332" t="s">
         <v>1056</v>
       </c>
-      <c r="C332" t="s">
+      <c r="E332" t="s">
         <v>1057</v>
       </c>
-      <c r="D332" t="s">
+      <c r="F332" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="333" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A333" t="s">
+        <v>281</v>
+      </c>
+      <c r="B333" t="s">
         <v>1058</v>
       </c>
-      <c r="E332" t="s">
+      <c r="C333" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D333" t="s">
         <v>1059</v>
       </c>
-      <c r="F332" t="s">
-[...7 lines deleted...]
-      <c r="B333" t="s">
+      <c r="E333" t="s">
         <v>1060</v>
       </c>
-      <c r="C333" t="s">
+      <c r="F333" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="334" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A334" t="s">
+        <v>10</v>
+      </c>
+      <c r="B334" t="s">
         <v>1061</v>
       </c>
-      <c r="D333" t="s">
+      <c r="C334" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D334" t="s">
         <v>1062</v>
       </c>
-      <c r="E333" t="s">
+      <c r="E334" t="s">
         <v>1063</v>
       </c>
-      <c r="F333" t="s">
-[...7 lines deleted...]
-      <c r="B334" t="s">
+      <c r="F334" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="335" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A335" t="s">
+        <v>10</v>
+      </c>
+      <c r="B335" t="s">
         <v>1064</v>
       </c>
-      <c r="C334" t="s">
-[...2 lines deleted...]
-      <c r="D334" t="s">
+      <c r="C335" t="s">
         <v>1065</v>
       </c>
-      <c r="E334" t="s">
+      <c r="D335" t="s">
         <v>1066</v>
       </c>
-      <c r="F334" t="s">
+      <c r="E335" t="s">
         <v>1067</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B335" t="s">
+      <c r="F335" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="336" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A336" t="s">
+        <v>10</v>
+      </c>
+      <c r="B336" t="s">
         <v>1068</v>
       </c>
-      <c r="C335" t="s">
-[...2 lines deleted...]
-      <c r="D335" t="s">
+      <c r="C336" t="s">
+        <v>91</v>
+      </c>
+      <c r="D336" t="s">
         <v>1069</v>
       </c>
-      <c r="E335" t="s">
+      <c r="E336" t="s">
         <v>1070</v>
       </c>
-      <c r="F335" t="s">
+      <c r="F336" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="337" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A337" t="s">
+        <v>10</v>
+      </c>
+      <c r="B337" t="s">
         <v>1071</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B336" t="s">
+      <c r="C337" t="s">
+        <v>91</v>
+      </c>
+      <c r="D337" t="s">
         <v>1072</v>
       </c>
-      <c r="C336" t="s">
+      <c r="E337" t="s">
         <v>1073</v>
       </c>
-      <c r="D336" t="s">
+      <c r="F337" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="338" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A338" t="s">
+        <v>10</v>
+      </c>
+      <c r="B338" t="s">
         <v>1074</v>
       </c>
-      <c r="E336" t="s">
+      <c r="C338" t="s">
+        <v>24</v>
+      </c>
+      <c r="D338" t="s">
         <v>1075</v>
       </c>
-      <c r="F336" t="s">
-[...7 lines deleted...]
-      <c r="B337" t="s">
+      <c r="E338" t="s">
         <v>1076</v>
       </c>
-      <c r="C337" t="s">
-[...2 lines deleted...]
-      <c r="D337" t="s">
+      <c r="F338" t="s">
         <v>1077</v>
       </c>
-      <c r="E337" t="s">
+    </row>
+    <row r="339" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A339" t="s">
+        <v>10</v>
+      </c>
+      <c r="B339" t="s">
         <v>1078</v>
       </c>
-      <c r="F337" t="s">
-[...4 lines deleted...]
-      <c r="A338" t="s">
+      <c r="C339" t="s">
+        <v>24</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="340" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A340" t="s">
+        <v>10</v>
+      </c>
+      <c r="B340" t="s">
+        <v>1081</v>
+      </c>
+      <c r="C340" t="s">
+        <v>24</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="341" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A341" t="s">
+        <v>10</v>
+      </c>
+      <c r="B341" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C341" t="s">
+        <v>24</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F341" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="342" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A342" t="s">
+        <v>10</v>
+      </c>
+      <c r="B342" t="s">
+        <v>1087</v>
+      </c>
+      <c r="C342" t="s">
+        <v>24</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1088</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1089</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="343" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A343" t="s">
+        <v>10</v>
+      </c>
+      <c r="B343" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C343" t="s">
+        <v>91</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F343" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="344" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A344" t="s">
+        <v>10</v>
+      </c>
+      <c r="B344" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C344" t="s">
+        <v>436</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1094</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1095</v>
+      </c>
+      <c r="F344" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="345" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A345" t="s">
+        <v>10</v>
+      </c>
+      <c r="B345" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C345" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F345" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="346" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A346" t="s">
+        <v>10</v>
+      </c>
+      <c r="B346" t="s">
+        <v>1100</v>
+      </c>
+      <c r="C346" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F346" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="347" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A347" t="s">
+        <v>90</v>
+      </c>
+      <c r="B347" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C347" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F347" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="348" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A348" t="s">
+        <v>90</v>
+      </c>
+      <c r="B348" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C348" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F348" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="349" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A349" t="s">
+        <v>90</v>
+      </c>
+      <c r="B349" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C349" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F349" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="350" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A350" t="s">
+        <v>90</v>
+      </c>
+      <c r="B350" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C350" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1113</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F350" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="351" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A351" t="s">
+        <v>90</v>
+      </c>
+      <c r="B351" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C351" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F351" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="352" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A352" t="s">
+        <v>90</v>
+      </c>
+      <c r="B352" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C352" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F352" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="353" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A353" t="s">
+        <v>90</v>
+      </c>
+      <c r="B353" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C353" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1119</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F353" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="354" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A354" t="s">
+        <v>10</v>
+      </c>
+      <c r="B354" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C354" t="s">
+        <v>24</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1121</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1122</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="355" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A355" t="s">
+        <v>10</v>
+      </c>
+      <c r="B355" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C355" t="s">
+        <v>24</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1125</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="356" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A356" t="s">
+        <v>10</v>
+      </c>
+      <c r="B356" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C356" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1130</v>
+      </c>
+      <c r="F356" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="357" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A357" t="s">
+        <v>10</v>
+      </c>
+      <c r="B357" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C357" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F357" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="358" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A358" t="s">
         <v>74</v>
       </c>
-      <c r="B338" t="s">
-[...156 lines deleted...]
-      <c r="A346" t="s">
+      <c r="B358" t="s">
+        <v>1112</v>
+      </c>
+      <c r="C358" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F358" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="359" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A359" t="s">
+        <v>10</v>
+      </c>
+      <c r="B359" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C359" t="s">
+        <v>24</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1136</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F359" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A360" t="s">
+        <v>90</v>
+      </c>
+      <c r="B360" t="s">
+        <v>75</v>
+      </c>
+      <c r="C360" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A361" t="s">
+        <v>90</v>
+      </c>
+      <c r="B361" t="s">
+        <v>75</v>
+      </c>
+      <c r="C361" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1138</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F361" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A362" t="s">
+        <v>10</v>
+      </c>
+      <c r="B362" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C362" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1141</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F362" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A363" t="s">
+        <v>10</v>
+      </c>
+      <c r="B363" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C363" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F363" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A364" t="s">
+        <v>281</v>
+      </c>
+      <c r="B364" t="s">
+        <v>1104</v>
+      </c>
+      <c r="C364" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1145</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F364" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A365" t="s">
+        <v>10</v>
+      </c>
+      <c r="B365" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C365" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1147</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F365" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A366" t="s">
+        <v>10</v>
+      </c>
+      <c r="B366" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C366" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F366" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A367" t="s">
+        <v>10</v>
+      </c>
+      <c r="B367" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C367" t="s">
+        <v>24</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F367" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A368" t="s">
         <v>74</v>
       </c>
-      <c r="B346" t="s">
-[...31 lines deleted...]
-      <c r="F347" t="s">
+      <c r="B368" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C368" t="s">
+        <v>1155</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1156</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F368" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A369" t="s">
+        <v>10</v>
+      </c>
+      <c r="B369" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C369" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F369" t="s">
         <v>61</v>
       </c>
     </row>
-    <row r="348" spans="1:6" x14ac:dyDescent="0.35">
-[...95 lines deleted...]
-      <c r="F352" t="s">
+    <row r="370" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A370" t="s">
+        <v>10</v>
+      </c>
+      <c r="B370" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C370" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1164</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F370" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A371" t="s">
+        <v>10</v>
+      </c>
+      <c r="B371" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C371" t="s">
+        <v>552</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1168</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A372" t="s">
+        <v>10</v>
+      </c>
+      <c r="B372" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C372" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F372" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A373" t="s">
+        <v>10</v>
+      </c>
+      <c r="B373" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C373" t="s">
+        <v>24</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1175</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A374" t="s">
+        <v>10</v>
+      </c>
+      <c r="B374" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C374" t="s">
         <v>102</v>
       </c>
-    </row>
-[...47 lines deleted...]
-      <c r="C355" t="s">
+      <c r="D374" t="s">
+        <v>1179</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F374" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A375" t="s">
+        <v>10</v>
+      </c>
+      <c r="B375" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C375" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F375" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A376" t="s">
+        <v>10</v>
+      </c>
+      <c r="B376" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C376" t="s">
+        <v>802</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1187</v>
+      </c>
+      <c r="F376" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A377" t="s">
+        <v>10</v>
+      </c>
+      <c r="B377" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C377" t="s">
         <v>91</v>
       </c>
-      <c r="D355" t="s">
-[...16 lines deleted...]
-      <c r="C356" t="s">
+      <c r="D377" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F377" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A378" t="s">
+        <v>10</v>
+      </c>
+      <c r="B378" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C378" t="s">
         <v>91</v>
       </c>
-      <c r="D356" t="s">
-[...16 lines deleted...]
-      <c r="C357" t="s">
+      <c r="D378" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F378" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A379" t="s">
+        <v>10</v>
+      </c>
+      <c r="B379" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C379" t="s">
         <v>91</v>
       </c>
-      <c r="D357" t="s">
-[...59 lines deleted...]
-      <c r="F362"/>
+      <c r="D379" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F379" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A380" t="s">
+        <v>90</v>
+      </c>
+      <c r="B380" t="s">
+        <v>75</v>
+      </c>
+      <c r="C380" t="s">
+        <v>726</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F380" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="A381" t="s">
+        <v>56</v>
+      </c>
+      <c r="B381" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C381" t="s">
+        <v>24</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1200</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1201</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1202</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="A3:F360" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
-[...2 lines deleted...]
-    <sortCondition ref="A4:A495"/>
+  <autoFilter ref="A3:F381" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:O493">
+    <sortCondition ref="E4:E493"/>
+    <sortCondition ref="A4:A493"/>
   </sortState>
-  <mergeCells count="2">
+  <mergeCells count="3">
+    <mergeCell ref="A2:F2"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="1200" verticalDpi="1200" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{82DB6F30-940A-4906-B41A-BB4492CA8DF4}">
-  <dimension ref="A1:F7"/>
+  <dimension ref="A1:F4"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="3" topLeftCell="A4" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="D15" sqref="D15"/>
+      <selection pane="bottomLeft" activeCell="A4" sqref="A4:XFD4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="20.453125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultColWidth="20.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.54296875" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="6" max="6" width="75" customWidth="1"/>
+    <col min="1" max="1" width="29.5703125" customWidth="1"/>
+    <col min="3" max="3" width="30.28515625" customWidth="1"/>
+    <col min="4" max="4" width="38.7109375" customWidth="1"/>
+    <col min="5" max="5" width="58.5703125" customWidth="1"/>
+    <col min="6" max="6" width="60" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="1" customFormat="1" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1.5">
-[...2 lines deleted...]
-      <c r="C1" s="4" t="s">
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="61.5" customHeight="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="A1" s="6"/>
+      <c r="B1" s="6"/>
+      <c r="C1" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="D1" s="4"/>
-[...4 lines deleted...]
-      <c r="A2" s="5" t="s">
+      <c r="D1" s="7"/>
+      <c r="E1" s="6"/>
+      <c r="F1" s="6"/>
+    </row>
+    <row r="2" spans="1:6" s="1" customFormat="1" ht="102" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="A2" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="6"/>
-[...5 lines deleted...]
-    <row r="3" spans="1:6" s="1" customFormat="1" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="1">
+      <c r="B2" s="4"/>
+      <c r="C2" s="4"/>
+      <c r="D2" s="4"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="5"/>
+    </row>
+    <row r="3" spans="1:6" s="1" customFormat="1" ht="30" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.7">
       <c r="A3" s="2" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>4</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="E3" s="2" t="s">
         <v>2</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="4" spans="1:6" ht="15" thickTop="1" x14ac:dyDescent="0.35">
-[...78 lines deleted...]
-    </row>
+    <row r="4" spans="1:6" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A3:F3" xr:uid="{82DB6F30-940A-4906-B41A-BB4492CA8DF4}"/>
-  <mergeCells count="2">
+  <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="C1:F1"/>
+    <mergeCell ref="A2:F2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>PA Medical Benefit Drugs</vt:lpstr>
       <vt:lpstr>Termed PA Medical Benefit Drugs</vt:lpstr>